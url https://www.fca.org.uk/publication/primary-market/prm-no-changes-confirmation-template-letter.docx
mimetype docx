--- v0 (2025-11-29)
+++ v1 (2026-02-24)
@@ -610,255 +610,265 @@
         <w:t xml:space="preserve">With reference to </w:t>
       </w:r>
       <w:r w:rsidR="00533169">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>PRM 9.2.16R</w:t>
       </w:r>
       <w:r w:rsidRPr="0083705F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, we confirm there have been no changes made to the following previously submitted information: </w:t>
       </w:r>
       <w:r w:rsidRPr="0083705F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(Delete as applicable)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FD2E0BF" w14:textId="77777777" w:rsidR="00903646" w:rsidRPr="0083705F" w:rsidRDefault="00903646" w:rsidP="000F42F1">
+    <w:p w14:paraId="228A1CFE" w14:textId="39C68110" w:rsidR="000F42F1" w:rsidRPr="0083705F" w:rsidRDefault="000F42F1" w:rsidP="00C7731F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="0"/>
+          <w:numId w:val="8"/>
         </w:numPr>
-        <w:rPr>
-[...4 lines deleted...]
-      </w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0083705F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Form A</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7804C358" w14:textId="77777777" w:rsidR="000F42F1" w:rsidRPr="0083705F" w:rsidRDefault="000F42F1" w:rsidP="000F42F1">
+    <w:p w14:paraId="69C6FD81" w14:textId="69C65633" w:rsidR="002F7ACB" w:rsidRDefault="00957D9E" w:rsidP="00C7731F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0083705F">
-[...4 lines deleted...]
-        <w:t>Form A</w:t>
+      <w:r w:rsidRPr="248E742D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>List of cross-references</w:t>
+      </w:r>
+      <w:r w:rsidR="7B8F5FE8" w:rsidRPr="248E742D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00472BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="2E5C6BF6" w:rsidRPr="5F002C51">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="2E5C6BF6" w:rsidRPr="5E43DCA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">apart from the </w:t>
+      </w:r>
+      <w:r w:rsidR="6257F988" w:rsidRPr="5155E23B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">references to </w:t>
+      </w:r>
+      <w:r w:rsidR="0CC8F482" w:rsidRPr="5155E23B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>page</w:t>
+      </w:r>
+      <w:r w:rsidR="2E5C6BF6" w:rsidRPr="681A28F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> numbers)</w:t>
+      </w:r>
+      <w:r w:rsidR="00472BC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69C6FD81" w14:textId="77777777" w:rsidR="00957D9E" w:rsidRDefault="00957D9E" w:rsidP="004B50D6">
+    <w:p w14:paraId="11F8257E" w14:textId="77777777" w:rsidR="002F7ACB" w:rsidRDefault="000F42F1" w:rsidP="00C7731F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>List of cross-references</w:t>
+      <w:r w:rsidRPr="002F7ACB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Information incorporated by reference</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11F8257E" w14:textId="77777777" w:rsidR="001B01F8" w:rsidRPr="004B50D6" w:rsidRDefault="000F42F1" w:rsidP="004B50D6">
+    <w:p w14:paraId="77C30E43" w14:textId="1FF23904" w:rsidR="002F7ACB" w:rsidRDefault="00013581" w:rsidP="00C7731F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0083705F">
-[...4 lines deleted...]
-        <w:t>Information incorporated by reference</w:t>
+      <w:r w:rsidRPr="002F7ACB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Omission </w:t>
+      </w:r>
+      <w:r w:rsidR="001B01F8" w:rsidRPr="002F7ACB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">request letter (including the grounds for the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F7ACB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">omission </w:t>
+      </w:r>
+      <w:r w:rsidR="001B01F8" w:rsidRPr="002F7ACB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>request as set out in PR</w:t>
+      </w:r>
+      <w:r w:rsidR="00533169" w:rsidRPr="002F7ACB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>M 6.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00240D0A" w:rsidRPr="002F7ACB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00533169" w:rsidRPr="002F7ACB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>4R</w:t>
+      </w:r>
+      <w:r w:rsidR="001B01F8" w:rsidRPr="002F7ACB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77C30E43" w14:textId="1FF23904" w:rsidR="004A2D35" w:rsidRDefault="00013581" w:rsidP="004A2D35">
+    <w:p w14:paraId="11072916" w14:textId="77777777" w:rsidR="004A2D35" w:rsidRPr="002F7ACB" w:rsidRDefault="004A2D35" w:rsidP="00C7731F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...84 lines deleted...]
-      <w:r w:rsidRPr="00351715">
+      <w:r w:rsidRPr="002F7ACB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...17 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>(for a URD, please consider the information referred to in PRM 9.2.4R and add any additional information as applicable)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5ABFF780" w14:textId="77777777" w:rsidR="003306CB" w:rsidRPr="0083705F" w:rsidRDefault="003306CB" w:rsidP="001B01F8">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0083705F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
@@ -930,58 +940,58 @@
       <w:footerReference w:type="even" r:id="rId16"/>
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:headerReference w:type="first" r:id="rId18"/>
       <w:footerReference w:type="first" r:id="rId19"/>
       <w:footnotePr>
         <w:numFmt w:val="chicago"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11909" w:h="16834" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="2160" w:left="1440" w:header="706" w:footer="706" w:gutter="0"/>
       <w:paperSrc w:first="4"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="31DD3527" w14:textId="77777777" w:rsidR="00513A21" w:rsidRDefault="00513A21">
+    <w:p w14:paraId="3A881B84" w14:textId="77777777" w:rsidR="0076253C" w:rsidRDefault="0076253C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="366D03EC" w14:textId="77777777" w:rsidR="00513A21" w:rsidRDefault="00513A21">
+    <w:p w14:paraId="63FCEA50" w14:textId="77777777" w:rsidR="0076253C" w:rsidRDefault="0076253C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -997,57 +1007,57 @@
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos Display">
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos">
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="507DFE62" w14:textId="77777777" w:rsidR="000F42F1" w:rsidRDefault="000F42F1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4409722C" w14:textId="77777777" w:rsidR="000F42F1" w:rsidRDefault="000F42F1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
@@ -1058,100 +1068,564 @@
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="60101F7E" w14:textId="77777777" w:rsidR="000F42F1" w:rsidRDefault="000F42F1" w:rsidP="003D2BF9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="65951C22" w14:textId="77777777" w:rsidR="000F42F1" w:rsidRDefault="000F42F1" w:rsidP="003D2BF9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="24652BC1" w14:textId="77777777" w:rsidR="000F42F1" w:rsidRDefault="000F42F1" w:rsidP="003D2BF9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="35E0FB9E" w14:textId="77777777" w:rsidR="00513A21" w:rsidRDefault="00513A21">
+    <w:p w14:paraId="3142FFA4" w14:textId="77777777" w:rsidR="0076253C" w:rsidRDefault="0076253C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0BEF3B27" w14:textId="77777777" w:rsidR="00513A21" w:rsidRDefault="00513A21">
+    <w:p w14:paraId="6B1406CA" w14:textId="77777777" w:rsidR="0076253C" w:rsidRDefault="0076253C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2F6CABE4" w14:textId="77777777" w:rsidR="000F42F1" w:rsidRDefault="000F42F1">
+  <w:p w14:paraId="2F6CABE4" w14:textId="5064345C" w:rsidR="000F42F1" w:rsidRDefault="00C7653E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F3981F1" wp14:editId="2C2AAEE2">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>left</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="854710" cy="345440"/>
+              <wp:effectExtent l="0" t="0" r="2540" b="16510"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1204056363" name="Text Box 2" descr="FCA Public">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="854710" cy="345440"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="6A07F983" w14:textId="4EFBF633" w:rsidR="00C7653E" w:rsidRPr="00C7653E" w:rsidRDefault="00C7653E" w:rsidP="00C7653E">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00C7653E">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t>FCA Public</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="2F3981F1" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="FCA Public" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:67.3pt;height:27.2pt;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCQpIG4EQIAACEEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+xkydYZcYqsRYYB&#10;QVsgHXpWZCk2YImCxMTOfv0oOR9dt9Owi0yRND/ee5rf9qZlB+VDA7bk41HOmbISqsbuSv7jefXh&#10;hrOAwlaiBatKflSB3y7ev5t3rlATqKGtlGdUxIaicyWvEV2RZUHWyogwAqcsBTV4I5CufpdVXnRU&#10;3bTZJM8/ZR34ynmQKgTy3g9Bvkj1tVYSH7UOCllbcpoN0+nTuY1ntpiLYueFqxt5GkP8wxRGNJaa&#10;XkrdCxRs75s/SplGegigcSTBZKB1I1XagbYZ52+22dTCqbQLgRPcBabw/8rKh8PGPXmG/VfoicAI&#10;SOdCEcgZ9+m1N/FLkzKKE4THC2yqRybJeTObfh5TRFLo43Q2nSZYs+vPzgf8psCwaJTcEysJLHFY&#10;B6SGlHpOib0srJq2Tcy09jcHJUZPdp0wWthve9ZUr6bfQnWkpTwMfAcnVw21XouAT8ITwTQtiRYf&#10;6dAtdCWHk8VZDf7n3/wxn3CnKGcdCabklhTNWfvdEh+T2TTPo8DSbfwln8WbTzcytmfD7s0dkBbH&#10;9CycTGbMw/Zsag/mhTS9jN0oJKykniXHs3mHg3zpTUi1XKYk0pITuLYbJ2PpiFkE9Ll/Ed6dUEei&#10;6wHOkhLFG/CH3PhncMs9EgWJmYjvgOYJdtJhIuz0ZqLQX99T1vVlL34BAAD//wMAUEsDBBQABgAI&#10;AAAAIQBRSINX2gAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9PS8NAEMXvgt9hGcGb3ahpkZhN&#10;EUFQsEhr0es0O/mD2dmQ2TTx27v1opeBx3u895t8PbtOHWmQ1rOB60UCirj0tuXawP796eoOlARk&#10;i51nMvBNAuvi/CzHzPqJt3TchVrFEpYMDTQh9JnWUjbkUBa+J45e5QeHIcqh1nbAKZa7Tt8kyUo7&#10;bDkuNNjTY0Pl1250Bp5T+QxjVS1l87qZkpfJ7ce3D2MuL+aHe1CB5vAXhhN+RIciMh38yFZUZyA+&#10;En7vybtNV6AOBpZpCrrI9X/44gcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCQpIG4EQIA&#10;ACEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBRSINX&#10;2gAAAAQBAAAPAAAAAAAAAAAAAAAAAGsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;cgUAAAAA&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="6A07F983" w14:textId="4EFBF633" w:rsidR="00C7653E" w:rsidRPr="00C7653E" w:rsidRDefault="00C7653E" w:rsidP="00C7653E">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00C7653E">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t>FCA Public</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="00FCAD74" w14:textId="77777777" w:rsidR="000F42F1" w:rsidRDefault="000F42F1">
+  <w:p w14:paraId="00FCAD74" w14:textId="6988E809" w:rsidR="000F42F1" w:rsidRDefault="00C7653E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="443A8AFE" wp14:editId="6EA1129F">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>left</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="854710" cy="345440"/>
+              <wp:effectExtent l="0" t="0" r="2540" b="16510"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1202333190" name="Text Box 3" descr="FCA Public">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="854710" cy="345440"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="5EC5EE22" w14:textId="6A4D6EC8" w:rsidR="00C7653E" w:rsidRPr="00C7653E" w:rsidRDefault="00C7653E" w:rsidP="00C7653E">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00C7653E">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t>FCA Public</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="443A8AFE" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 3" o:spid="_x0000_s1027" type="#_x0000_t202" alt="FCA Public" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:67.3pt;height:27.2pt;z-index:251660288;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDBMnL6EwIAACEEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2jAQvVfqf7B8LwkU2m1EWNFdUVVC&#10;uyux1Z6NY5NIsceyBxL66zs2BLbbnqpenPHMZD7ee57f9qZlB+VDA7bk41HOmbISqsbuSv7jefXh&#10;hrOAwlaiBatKflSB3y7ev5t3rlATqKGtlGdUxIaicyWvEV2RZUHWyogwAqcsBTV4I5CufpdVXnRU&#10;3bTZJM8/ZR34ynmQKgTy3p+CfJHqa60kPmodFLK25DQbptOncxvPbDEXxc4LVzfyPIb4hymMaCw1&#10;vZS6FyjY3jd/lDKN9BBA40iCyUDrRqq0A20zzt9ss6mFU2kXAie4C0zh/5WVD4eNe/IM+6/QE4ER&#10;kM6FIpAz7tNrb+KXJmUUJwiPF9hUj0yS82Y2/TymiKTQx+lsOk2wZtefnQ/4TYFh0Si5J1YSWOKw&#10;DkgNKXVIib0srJq2Tcy09jcHJUZPdp0wWthve9ZUJZ8M02+hOtJSHk58BydXDbVei4BPwhPBNC2J&#10;Fh/p0C10JYezxVkN/uff/DGfcKcoZx0JpuSWFM1Z+90SH5PZNM+jwNJt/CWfxZtPNzK2g2H35g5I&#10;i2N6Fk4mM+ZhO5jag3khTS9jNwoJK6lnyXEw7/AkX3oTUi2XKYm05ASu7cbJWDpiFgF97l+Ed2fU&#10;keh6gEFSongD/ik3/hncco9EQWIm4ntC8ww76TARdn4zUeiv7ynr+rIXvwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhAFFIg1faAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj09Lw0AQxe+C32EZwZvdqGmR&#10;mE0RQVCwSGvR6zQ7+YPZ2ZDZNPHbu/Wil4HHe7z3m3w9u04daZDWs4HrRQKKuPS25drA/v3p6g6U&#10;BGSLnWcy8E0C6+L8LMfM+om3dNyFWsUSlgwNNCH0mdZSNuRQFr4njl7lB4chyqHWdsAplrtO3yTJ&#10;SjtsOS402NNjQ+XXbnQGnlP5DGNVLWXzupmSl8ntx7cPYy4v5od7UIHm8BeGE35EhyIyHfzIVlRn&#10;ID4Sfu/Ju01XoA4GlmkKusj1f/jiBwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMEycvoT&#10;AgAAIQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFFI&#10;g1faAAAABAEAAA8AAAAAAAAAAAAAAAAAbQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="5EC5EE22" w14:textId="6A4D6EC8" w:rsidR="00C7653E" w:rsidRPr="00C7653E" w:rsidRDefault="00C7653E" w:rsidP="00C7653E">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00C7653E">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t>FCA Public</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="44DC533E" w14:textId="77777777" w:rsidR="000F42F1" w:rsidRDefault="000F42F1" w:rsidP="00E33473">
+  <w:p w14:paraId="44DC533E" w14:textId="14E726EE" w:rsidR="000F42F1" w:rsidRDefault="00C7653E" w:rsidP="00E33473">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02CD4125" wp14:editId="438EE468">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>left</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="854710" cy="345440"/>
+              <wp:effectExtent l="0" t="0" r="2540" b="16510"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1537602021" name="Text Box 1" descr="FCA Public">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="854710" cy="345440"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="4AAF57AC" w14:textId="43C34B5C" w:rsidR="00C7653E" w:rsidRPr="00C7653E" w:rsidRDefault="00C7653E" w:rsidP="00C7653E">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00C7653E">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t>FCA Public</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="02CD4125" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 1" o:spid="_x0000_s1028" type="#_x0000_t202" alt="FCA Public" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:67.3pt;height:27.2pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBykbkmDgIAABoEAAAOAAAAZHJzL2Uyb0RvYy54bWysU0uP2jAQvlfqf7B8LwkU2m1EWNFdUVVC&#10;uyux1Z6NY5NIsceyBxL66zs2AbbbnqpenHllHt98M7/tTcsOyocGbMnHo5wzZSVUjd2V/Mfz6sMN&#10;ZwGFrUQLVpX8qAK/Xbx/N+9coSZQQ1spzyiJDUXnSl4juiLLgqyVEWEETllyavBGIKl+l1VedJTd&#10;tNkkzz9lHfjKeZAqBLLen5x8kfJrrSQ+ah0Usrbk1Bum16d3G99sMRfFzgtXN3JoQ/xDF0Y0lope&#10;Ut0LFGzvmz9SmUZ6CKBxJMFkoHUjVZqBphnnb6bZ1MKpNAuBE9wFpvD/0sqHw8Y9eYb9V+hpgRGQ&#10;zoUikDHO02tv4pc6ZeQnCI8X2FSPTJLxZjb9PCaPJNfH6Ww6TbBm15+dD/hNgWFRKLmnrSSwxGEd&#10;kApS6Dkk1rKwato2baa1vxkoMFqya4dRwn7bD21voTrSNB5Oiw5OrhqquRYBn4SnzVKbxFZ8pEe3&#10;0JUcBomzGvzPv9ljPAFOXs46YkrJLVGZs/a7pUVMZtM8j8xK2vhLPouaTxoJ27Ng9+YOiIRjugcn&#10;kxjjsD2L2oN5ITIvYzVyCSupZsnxLN7hibd0DFItlymISOQEru3GyZg6ghWRfO5fhHcD3Eh7eoAz&#10;l0TxBvVTbPwzuOUeCfu0kgjsCc0BbyJg2tRwLJHhr/UUdT3pxS8AAAD//wMAUEsDBBQABgAIAAAA&#10;IQBRSINX2gAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9PS8NAEMXvgt9hGcGb3ahpkZhNEUFQ&#10;sEhr0es0O/mD2dmQ2TTx27v1opeBx3u895t8PbtOHWmQ1rOB60UCirj0tuXawP796eoOlARki51n&#10;MvBNAuvi/CzHzPqJt3TchVrFEpYMDTQh9JnWUjbkUBa+J45e5QeHIcqh1nbAKZa7Tt8kyUo7bDku&#10;NNjTY0Pl1250Bp5T+QxjVS1l87qZkpfJ7ce3D2MuL+aHe1CB5vAXhhN+RIciMh38yFZUZyA+En7v&#10;ybtNV6AOBpZpCrrI9X/44gcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBykbkmDgIAABoE&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBRSINX2gAA&#10;AAQBAAAPAAAAAAAAAAAAAAAAAGgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbwUA&#10;AAAA&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="4AAF57AC" w14:textId="43C34B5C" w:rsidR="00C7653E" w:rsidRPr="00C7653E" w:rsidRDefault="00C7653E" w:rsidP="00C7653E">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00C7653E">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t>FCA Public</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0D9E111A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6D4A2A1C"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="156B674A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="016E3C04"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
@@ -1220,71 +1694,71 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="185E15BC"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D5A60192"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="404435B1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="045A4DA0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="BodyText"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -1354,51 +1828,167 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="53F816D5"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B40A8D40"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57A77755"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7C6A531A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1467,323 +2057,500 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="749D79C8"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0809000F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="77AA0DFB"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0809000F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="649752442">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2043359164">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1819490263">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="2073968600">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="191304541">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="2084791327">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1819490263">
-[...2 lines deleted...]
-  <w:num w:numId="4" w16cid:durableId="2073968600">
+  <w:num w:numId="7" w16cid:durableId="344602329">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="191304541">
-[...3 lines deleted...]
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="8" w16cid:durableId="712388634">
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:printFractionalCharacterWidth/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="8" w:dllVersion="513" w:checkStyle="1"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:numFmt w:val="chicago"/>
     <w:numRestart w:val="eachPage"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B66344"/>
     <w:rsid w:val="00013581"/>
     <w:rsid w:val="0001596B"/>
     <w:rsid w:val="00020690"/>
+    <w:rsid w:val="00020809"/>
+    <w:rsid w:val="0005322F"/>
+    <w:rsid w:val="00054861"/>
+    <w:rsid w:val="000574E3"/>
+    <w:rsid w:val="000754E5"/>
+    <w:rsid w:val="00090D37"/>
     <w:rsid w:val="000A7F8B"/>
+    <w:rsid w:val="000B697B"/>
     <w:rsid w:val="000C140D"/>
+    <w:rsid w:val="000C3640"/>
     <w:rsid w:val="000C665D"/>
     <w:rsid w:val="000C7E8B"/>
     <w:rsid w:val="000E474C"/>
     <w:rsid w:val="000F42F1"/>
+    <w:rsid w:val="001259B0"/>
     <w:rsid w:val="00126A02"/>
+    <w:rsid w:val="0013014B"/>
+    <w:rsid w:val="00131B69"/>
+    <w:rsid w:val="001527F0"/>
+    <w:rsid w:val="0016077C"/>
+    <w:rsid w:val="00166C81"/>
+    <w:rsid w:val="00187D6D"/>
     <w:rsid w:val="001916DA"/>
     <w:rsid w:val="001B01F8"/>
+    <w:rsid w:val="001B2935"/>
     <w:rsid w:val="001C484A"/>
     <w:rsid w:val="001C49E9"/>
     <w:rsid w:val="001C6B6F"/>
     <w:rsid w:val="001D5F17"/>
     <w:rsid w:val="001F5B3D"/>
+    <w:rsid w:val="002066E4"/>
     <w:rsid w:val="00214650"/>
     <w:rsid w:val="00215303"/>
     <w:rsid w:val="00215BA1"/>
     <w:rsid w:val="00235575"/>
     <w:rsid w:val="00240D0A"/>
+    <w:rsid w:val="002622EB"/>
+    <w:rsid w:val="0026539F"/>
     <w:rsid w:val="0027056E"/>
+    <w:rsid w:val="002715ED"/>
+    <w:rsid w:val="00296C03"/>
+    <w:rsid w:val="002C1F0C"/>
+    <w:rsid w:val="002D49C5"/>
     <w:rsid w:val="002D5869"/>
     <w:rsid w:val="002D7B28"/>
+    <w:rsid w:val="002E10B8"/>
     <w:rsid w:val="002E31B1"/>
+    <w:rsid w:val="002F7ACB"/>
+    <w:rsid w:val="00322611"/>
+    <w:rsid w:val="00325514"/>
     <w:rsid w:val="003306CB"/>
+    <w:rsid w:val="00335B89"/>
     <w:rsid w:val="00351715"/>
+    <w:rsid w:val="00353B44"/>
     <w:rsid w:val="0035669E"/>
+    <w:rsid w:val="00366168"/>
+    <w:rsid w:val="00370271"/>
+    <w:rsid w:val="0038171B"/>
     <w:rsid w:val="003817FA"/>
     <w:rsid w:val="003A57EA"/>
     <w:rsid w:val="003A5F97"/>
     <w:rsid w:val="003D2BF9"/>
     <w:rsid w:val="003E3EC5"/>
     <w:rsid w:val="003F4145"/>
+    <w:rsid w:val="00411380"/>
+    <w:rsid w:val="004125DB"/>
+    <w:rsid w:val="004151C7"/>
+    <w:rsid w:val="004256F5"/>
+    <w:rsid w:val="00437855"/>
     <w:rsid w:val="0044002E"/>
+    <w:rsid w:val="00456691"/>
+    <w:rsid w:val="00472BC0"/>
     <w:rsid w:val="00474262"/>
+    <w:rsid w:val="00480C89"/>
     <w:rsid w:val="00482FA7"/>
     <w:rsid w:val="00483343"/>
+    <w:rsid w:val="004925D7"/>
+    <w:rsid w:val="004962E4"/>
     <w:rsid w:val="004A2D35"/>
     <w:rsid w:val="004B50D6"/>
+    <w:rsid w:val="004B5FBA"/>
+    <w:rsid w:val="004D6430"/>
     <w:rsid w:val="004F128C"/>
     <w:rsid w:val="00513A21"/>
+    <w:rsid w:val="00515545"/>
+    <w:rsid w:val="005234F1"/>
     <w:rsid w:val="00531167"/>
     <w:rsid w:val="00533169"/>
+    <w:rsid w:val="00536649"/>
     <w:rsid w:val="00547A1E"/>
     <w:rsid w:val="005538D4"/>
+    <w:rsid w:val="0055578B"/>
     <w:rsid w:val="00555FCE"/>
     <w:rsid w:val="00556787"/>
+    <w:rsid w:val="00556F7D"/>
     <w:rsid w:val="00560A3B"/>
     <w:rsid w:val="00560DD0"/>
     <w:rsid w:val="00573DA6"/>
     <w:rsid w:val="00574BAD"/>
     <w:rsid w:val="005851A0"/>
+    <w:rsid w:val="00592832"/>
+    <w:rsid w:val="00592D54"/>
     <w:rsid w:val="00593BFF"/>
+    <w:rsid w:val="00594BF7"/>
     <w:rsid w:val="005D16EA"/>
+    <w:rsid w:val="005E2192"/>
     <w:rsid w:val="005E2890"/>
     <w:rsid w:val="005E4F9D"/>
+    <w:rsid w:val="005E779B"/>
+    <w:rsid w:val="005E7FC4"/>
+    <w:rsid w:val="005F3E93"/>
+    <w:rsid w:val="005F468B"/>
+    <w:rsid w:val="00610BDA"/>
     <w:rsid w:val="00625C54"/>
+    <w:rsid w:val="00626AA9"/>
+    <w:rsid w:val="00626F56"/>
+    <w:rsid w:val="0063605A"/>
+    <w:rsid w:val="006463D9"/>
+    <w:rsid w:val="006642B9"/>
     <w:rsid w:val="006759D4"/>
     <w:rsid w:val="006818EB"/>
+    <w:rsid w:val="006A0B7F"/>
     <w:rsid w:val="006B5265"/>
+    <w:rsid w:val="006B798A"/>
     <w:rsid w:val="006C1C90"/>
     <w:rsid w:val="006D18FC"/>
     <w:rsid w:val="006D6DEE"/>
+    <w:rsid w:val="006E4BFD"/>
     <w:rsid w:val="006F4E5E"/>
     <w:rsid w:val="00701097"/>
+    <w:rsid w:val="007041F5"/>
     <w:rsid w:val="00707518"/>
     <w:rsid w:val="007131B5"/>
     <w:rsid w:val="007248D5"/>
+    <w:rsid w:val="007478CF"/>
     <w:rsid w:val="00755B2F"/>
+    <w:rsid w:val="0076253C"/>
+    <w:rsid w:val="00770626"/>
     <w:rsid w:val="007732A4"/>
+    <w:rsid w:val="00775227"/>
     <w:rsid w:val="007753CF"/>
+    <w:rsid w:val="00784215"/>
+    <w:rsid w:val="007A33CA"/>
+    <w:rsid w:val="007A4740"/>
     <w:rsid w:val="007B2632"/>
+    <w:rsid w:val="007B697D"/>
     <w:rsid w:val="007D2B19"/>
+    <w:rsid w:val="007F1BA8"/>
     <w:rsid w:val="007F5E49"/>
+    <w:rsid w:val="007F76CC"/>
     <w:rsid w:val="0083705F"/>
     <w:rsid w:val="00870610"/>
     <w:rsid w:val="00870E8A"/>
     <w:rsid w:val="00875C21"/>
+    <w:rsid w:val="008867CF"/>
     <w:rsid w:val="00894343"/>
     <w:rsid w:val="008A1CAC"/>
     <w:rsid w:val="008B3638"/>
+    <w:rsid w:val="008B742E"/>
     <w:rsid w:val="00903646"/>
+    <w:rsid w:val="00906C52"/>
+    <w:rsid w:val="009072F3"/>
     <w:rsid w:val="00910BAB"/>
     <w:rsid w:val="00913ABC"/>
+    <w:rsid w:val="00932169"/>
+    <w:rsid w:val="00940DBE"/>
+    <w:rsid w:val="009451D4"/>
     <w:rsid w:val="00957D9E"/>
+    <w:rsid w:val="00960AB7"/>
+    <w:rsid w:val="0096147A"/>
+    <w:rsid w:val="009719C2"/>
     <w:rsid w:val="009775C0"/>
     <w:rsid w:val="0098032C"/>
+    <w:rsid w:val="00986CBD"/>
+    <w:rsid w:val="0099331C"/>
     <w:rsid w:val="009A69EF"/>
     <w:rsid w:val="009C2396"/>
     <w:rsid w:val="009C4772"/>
     <w:rsid w:val="009D3CC6"/>
+    <w:rsid w:val="00A109AB"/>
+    <w:rsid w:val="00A124AB"/>
+    <w:rsid w:val="00A136E2"/>
+    <w:rsid w:val="00A24A20"/>
     <w:rsid w:val="00A479EE"/>
+    <w:rsid w:val="00A57AB3"/>
     <w:rsid w:val="00A80B0D"/>
     <w:rsid w:val="00A85E37"/>
+    <w:rsid w:val="00AA23A9"/>
     <w:rsid w:val="00AA6966"/>
     <w:rsid w:val="00AA7FB9"/>
+    <w:rsid w:val="00AC0E40"/>
+    <w:rsid w:val="00AD4305"/>
     <w:rsid w:val="00AE2632"/>
     <w:rsid w:val="00AE77DD"/>
+    <w:rsid w:val="00AF2B5F"/>
     <w:rsid w:val="00B34B1A"/>
     <w:rsid w:val="00B41072"/>
+    <w:rsid w:val="00B63F46"/>
     <w:rsid w:val="00B66344"/>
     <w:rsid w:val="00B8027B"/>
     <w:rsid w:val="00B8133E"/>
+    <w:rsid w:val="00BA1D72"/>
+    <w:rsid w:val="00BA2F4A"/>
     <w:rsid w:val="00BB337A"/>
+    <w:rsid w:val="00BC1DD1"/>
     <w:rsid w:val="00BC3A2B"/>
+    <w:rsid w:val="00BC62DA"/>
     <w:rsid w:val="00BD12D5"/>
     <w:rsid w:val="00BD4756"/>
+    <w:rsid w:val="00BD7228"/>
     <w:rsid w:val="00BE1BAC"/>
+    <w:rsid w:val="00BE4145"/>
+    <w:rsid w:val="00BF6375"/>
+    <w:rsid w:val="00C0220A"/>
+    <w:rsid w:val="00C047E5"/>
     <w:rsid w:val="00C1138B"/>
+    <w:rsid w:val="00C21F1C"/>
+    <w:rsid w:val="00C4510F"/>
     <w:rsid w:val="00C72503"/>
+    <w:rsid w:val="00C7653E"/>
+    <w:rsid w:val="00C7721E"/>
+    <w:rsid w:val="00C7731F"/>
     <w:rsid w:val="00C83A3A"/>
+    <w:rsid w:val="00C9760F"/>
+    <w:rsid w:val="00CA3B37"/>
     <w:rsid w:val="00CB357F"/>
+    <w:rsid w:val="00CB50AC"/>
+    <w:rsid w:val="00CC6F52"/>
     <w:rsid w:val="00CE00E0"/>
     <w:rsid w:val="00CE0987"/>
     <w:rsid w:val="00CF029D"/>
     <w:rsid w:val="00CF369E"/>
+    <w:rsid w:val="00CF73C8"/>
     <w:rsid w:val="00D018A4"/>
     <w:rsid w:val="00D1706D"/>
     <w:rsid w:val="00D214FE"/>
     <w:rsid w:val="00D32ED7"/>
     <w:rsid w:val="00D41755"/>
     <w:rsid w:val="00D45228"/>
     <w:rsid w:val="00D506F7"/>
+    <w:rsid w:val="00D54A25"/>
     <w:rsid w:val="00D612AB"/>
     <w:rsid w:val="00D71389"/>
+    <w:rsid w:val="00D9241C"/>
+    <w:rsid w:val="00DA33ED"/>
     <w:rsid w:val="00DB0310"/>
+    <w:rsid w:val="00DB745D"/>
     <w:rsid w:val="00DF51FF"/>
     <w:rsid w:val="00E00BC5"/>
     <w:rsid w:val="00E1543C"/>
+    <w:rsid w:val="00E30A06"/>
     <w:rsid w:val="00E318D5"/>
     <w:rsid w:val="00E33473"/>
     <w:rsid w:val="00E443C3"/>
+    <w:rsid w:val="00E671E1"/>
     <w:rsid w:val="00E71DF4"/>
+    <w:rsid w:val="00E85456"/>
     <w:rsid w:val="00E95EA5"/>
     <w:rsid w:val="00EA422D"/>
     <w:rsid w:val="00EA6C10"/>
     <w:rsid w:val="00EA7E46"/>
+    <w:rsid w:val="00ED26DC"/>
     <w:rsid w:val="00ED3D4D"/>
+    <w:rsid w:val="00ED6ACA"/>
     <w:rsid w:val="00EE228D"/>
+    <w:rsid w:val="00EE4DB2"/>
+    <w:rsid w:val="00EE6433"/>
     <w:rsid w:val="00F06B0C"/>
+    <w:rsid w:val="00F07CE0"/>
     <w:rsid w:val="00F13B65"/>
     <w:rsid w:val="00F339CC"/>
     <w:rsid w:val="00F37EF4"/>
+    <w:rsid w:val="00F8065F"/>
     <w:rsid w:val="00F961E4"/>
     <w:rsid w:val="00F977C2"/>
     <w:rsid w:val="00FB198F"/>
+    <w:rsid w:val="00FB4AF9"/>
     <w:rsid w:val="00FB4D78"/>
+    <w:rsid w:val="00FC48C6"/>
+    <w:rsid w:val="00FD0713"/>
     <w:rsid w:val="00FF1242"/>
+    <w:rsid w:val="046F56A8"/>
+    <w:rsid w:val="04E77FB9"/>
+    <w:rsid w:val="06D52709"/>
+    <w:rsid w:val="09F7BB69"/>
+    <w:rsid w:val="0CC8F482"/>
+    <w:rsid w:val="0DAF34ED"/>
+    <w:rsid w:val="0E82F3E3"/>
+    <w:rsid w:val="1091DBBF"/>
+    <w:rsid w:val="12D835DD"/>
+    <w:rsid w:val="1BDB4F39"/>
+    <w:rsid w:val="1C240927"/>
+    <w:rsid w:val="239AABA0"/>
+    <w:rsid w:val="248E742D"/>
+    <w:rsid w:val="24C25DE7"/>
+    <w:rsid w:val="2D18098C"/>
+    <w:rsid w:val="2E5C6BF6"/>
+    <w:rsid w:val="31AB1D57"/>
+    <w:rsid w:val="332B6D69"/>
+    <w:rsid w:val="41C46455"/>
+    <w:rsid w:val="41EAFD3B"/>
+    <w:rsid w:val="5155E23B"/>
+    <w:rsid w:val="5407BA5F"/>
+    <w:rsid w:val="5A87ED16"/>
+    <w:rsid w:val="5E43DCA0"/>
+    <w:rsid w:val="5F002C51"/>
+    <w:rsid w:val="6257F988"/>
+    <w:rsid w:val="6358DC6A"/>
+    <w:rsid w:val="64A4B827"/>
+    <w:rsid w:val="655453B7"/>
+    <w:rsid w:val="67BFC3D2"/>
+    <w:rsid w:val="681A28F7"/>
+    <w:rsid w:val="6BBCAE2D"/>
+    <w:rsid w:val="6D7C2D0D"/>
+    <w:rsid w:val="761713A7"/>
+    <w:rsid w:val="7A70CF3D"/>
+    <w:rsid w:val="7B025A5C"/>
+    <w:rsid w:val="7B8F5FE8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4AD95264"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{C05F8ECE-BF1E-4683-AB42-3125D23B1850}"/>
+  <w15:docId w15:val="{428C8015-EFF8-487E-A731-510FC4815F89}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:qFormat="1"/>
@@ -3282,151 +4049,96 @@
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps7.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...11 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <fca_mig_date xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <i7382953a7c14d49b483126af46f0dd6 xmlns="964f0a7c-bcf0-4337-b577-3747e0a5c4bc">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </i7382953a7c14d49b483126af46f0dd6>
     <fca_livelink_obj_id xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <j863df97efa040da9c8165feb4e31e75 xmlns="964f0a7c-bcf0-4337-b577-3747e0a5c4bc">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">FCA Official</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">d07129ec-4894-4cda-af0c-a925cb68d6e3</TermId>
         </TermInfo>
       </Terms>
     </j863df97efa040da9c8165feb4e31e75>
     <fca_mig_source xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <fca_livelink_description xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <fca_mig_full_path xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <TaxCatchAll xmlns="964f0a7c-bcf0-4337-b577-3747e0a5c4bc">
       <Value>1</Value>
     </TaxCatchAll>
     <fca_livelink_recstatus xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <fca_retention_trg_date xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <fca_livelink_recstatus_date xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <fca_mig_partial_path xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
-    <_dlc_DocId xmlns="964f0a7c-bcf0-4337-b577-3747e0a5c4bc">NF5A6K2SEEK5-2042245802-10209</_dlc_DocId>
+    <_dlc_DocId xmlns="964f0a7c-bcf0-4337-b577-3747e0a5c4bc">NF5A6K2SEEK5-2042245802-10492</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="964f0a7c-bcf0-4337-b577-3747e0a5c4bc">
-      <Url>https://thefca.sharepoint.com/sites/MarOveManAndAdm/_layouts/15/DocIdRedir.aspx?ID=NF5A6K2SEEK5-2042245802-10209</Url>
-      <Description>NF5A6K2SEEK5-2042245802-10209</Description>
+      <Url>https://thefca.sharepoint.com/sites/MarOveManAndAdm/_layouts/15/DocIdRedir.aspx?ID=NF5A6K2SEEK5-2042245802-10492</Url>
+      <Description>NF5A6K2SEEK5-2042245802-10492</Description>
     </_dlc_DocIdUrl>
     <_dlc_DocIdPersistId xmlns="964f0a7c-bcf0-4337-b577-3747e0a5c4bc">true</_dlc_DocIdPersistId>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...46 lines deleted...]
-</spe:Receivers>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="964f0a7c-bcf0-4337-b577-3747e0a5c4bc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="995af0e5814f263705ac60fc418597c0" ns1:_="" ns2:_="">
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Market Oversight Document" ma:contentTypeID="0x0101005A9549D9A06FAF49B2796176C16A6E111300C7071155F5C0E54B8FE2302CE8AED88B" ma:contentTypeVersion="39" ma:contentTypeDescription="Market Oversight Document" ma:contentTypeScope="" ma:versionID="24e95742d60fc49dc023ed9cc81bd3bd">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="964f0a7c-bcf0-4337-b577-3747e0a5c4bc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="491071e76d029df8b961909d2086164e" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="964f0a7c-bcf0-4337-b577-3747e0a5c4bc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns2:j863df97efa040da9c8165feb4e31e75" minOccurs="0"/>
                 <xsd:element ref="ns2:i7382953a7c14d49b483126af46f0dd6" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns1:fca_mig_source" minOccurs="0"/>
                 <xsd:element ref="ns1:fca_mig_full_path" minOccurs="0"/>
                 <xsd:element ref="ns1:fca_mig_partial_path" minOccurs="0"/>
                 <xsd:element ref="ns1:fca_livelink_obj_id" minOccurs="0"/>
                 <xsd:element ref="ns1:fca_mig_date" minOccurs="0"/>
                 <xsd:element ref="ns1:fca_retention_trg_date" minOccurs="0"/>
                 <xsd:element ref="ns1:fca_livelink_description" minOccurs="0"/>
                 <xsd:element ref="ns1:fca_livelink_recstatus" minOccurs="0"/>
                 <xsd:element ref="ns1:fca_livelink_recstatus_date" minOccurs="0"/>
               </xsd:all>
@@ -3630,159 +4342,220 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item7.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="141bad0b-5ec6-4ecd-811e-f9d8ff358b9c" ContentTypeId="0x0101005A9549D9A06FAF49B2796176C16A6E1113" PreviousValue="false" LastSyncTimeStamp="2021-07-23T09:45:19.333Z"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9D962DBE-4675-432D-922B-26503AEF8BF3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B043347A-9FBD-4827-B4D3-08E68C1EF5A8}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="964f0a7c-bcf0-4337-b577-3747e0a5c4bc"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AF0AE075-F769-40DF-9F9B-A07B654AE7FC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9D962DBE-4675-432D-922B-26503AEF8BF3}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6B64FC37-A8CF-4536-8D76-49A512E87C4A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B043347A-9FBD-4827-B4D3-08E68C1EF5A8}">
-[...18 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CEF637B7-CE46-431A-8FCC-66B46CF9AF67}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F5CAFCAC-E37D-4759-8C27-EBEDDECFBA23}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="964f0a7c-bcf0-4337-b577-3747e0a5c4bc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{06DCF53D-C307-4C5C-931F-9EFD0AF948E7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07C9205E-0738-4C08-8CA8-3B7A85F9C18C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps7.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AF0AE075-F769-40DF-9F9B-A07B654AE7FC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>125</Words>
-  <Characters>739</Characters>
+  <Words>132</Words>
+  <Characters>778</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>36</Lines>
+  <Lines>35</Lines>
   <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>853</CharactersWithSpaces>
+  <CharactersWithSpaces>899</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sarah Hooker</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101005A9549D9A06FAF49B2796176C16A6E111300C7071155F5C0E54B8FE2302CE8AED88B</vt:lpwstr>
   </property>
@@ -3822,62 +4595,71 @@
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="fb73fac22e04418e998da8248872e105">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="fca_mo_counterparty">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="fca_mo_slt_activity">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="id2541b291b04ef882a10ce7c718dc3a">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="fca_mo_audience">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="fca_information_classification">
     <vt:lpwstr>1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="j75b80712e0e4219a2970dfe009f4b75">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="_dlc_DocId">
     <vt:lpwstr>NF5A6K2SEEK5-2042245802-10137</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>b6ebc9e2-69c3-40ac-b4ff-f727c6085ec1</vt:lpwstr>
+    <vt:lpwstr>06edba5d-e6fc-4192-8ba4-ffcb845b9703</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="_dlc_DocIdUrl">
     <vt:lpwstr>https://thefca.sharepoint.com/sites/MarOveManAndAdm/_layouts/15/DocIdRedir.aspx?ID=NF5A6K2SEEK5-2042245802-10137, NF5A6K2SEEK5-2042245802-10137</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="MSIP_Label_dec5709d-e239-496d-88c9-7dae94c5106e_Enabled">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Is_FirstChKInDone">
+    <vt:lpwstr>Yes</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="ClassificationContentMarkingHeaderShapeIds">
+    <vt:lpwstr>5ba5f1e5,47c4712b,47aa2606</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="ClassificationContentMarkingHeaderFontProps">
+    <vt:lpwstr>#000000,10,Aptos</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="ClassificationContentMarkingHeaderText">
+    <vt:lpwstr>FCA Public</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="MSIP_Label_ceacc62a-ff53-4fb3-9cdc-bb655f5bd38e_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="MSIP_Label_dec5709d-e239-496d-88c9-7dae94c5106e_SetDate">
-    <vt:lpwstr>2025-10-28T17:48:19Z</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="MSIP_Label_ceacc62a-ff53-4fb3-9cdc-bb655f5bd38e_SetDate">
+    <vt:lpwstr>2026-01-16T13:38:29Z</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="MSIP_Label_dec5709d-e239-496d-88c9-7dae94c5106e_Method">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="MSIP_Label_ceacc62a-ff53-4fb3-9cdc-bb655f5bd38e_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="MSIP_Label_dec5709d-e239-496d-88c9-7dae94c5106e_Name">
-    <vt:lpwstr>FCA Official</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="MSIP_Label_ceacc62a-ff53-4fb3-9cdc-bb655f5bd38e_Name">
+    <vt:lpwstr>FCA Public</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="MSIP_Label_dec5709d-e239-496d-88c9-7dae94c5106e_SiteId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="MSIP_Label_ceacc62a-ff53-4fb3-9cdc-bb655f5bd38e_SiteId">
     <vt:lpwstr>551f9db3-821c-4457-8551-b43423dce661</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="MSIP_Label_dec5709d-e239-496d-88c9-7dae94c5106e_ActionId">
-    <vt:lpwstr>87490eac-0166-4c63-8137-10349e321c33</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="34" name="MSIP_Label_ceacc62a-ff53-4fb3-9cdc-bb655f5bd38e_ActionId">
+    <vt:lpwstr>0268812b-c097-416c-ba8a-d7394dc351ce</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="MSIP_Label_dec5709d-e239-496d-88c9-7dae94c5106e_ContentBits">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="35" name="MSIP_Label_ceacc62a-ff53-4fb3-9cdc-bb655f5bd38e_ContentBits">
     <vt:lpwstr>1</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="MSIP_Label_dec5709d-e239-496d-88c9-7dae94c5106e_Tag">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="36" name="MSIP_Label_ceacc62a-ff53-4fb3-9cdc-bb655f5bd38e_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
-  </property>
-[...4 lines deleted...]
-    <vt:lpwstr>en</vt:lpwstr>
   </property>
 </Properties>
 </file>