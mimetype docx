--- v0 (2025-11-29)
+++ v1 (2026-03-12)
@@ -1,279 +1,280 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/footer.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="47E0E67B" w14:textId="18CE36FD" w:rsidR="0020626B" w:rsidRPr="00D42573" w:rsidRDefault="0020626B" w:rsidP="0020626B">
+    <w:p w:rsidRPr="00D42573" w:rsidR="0020626B" w:rsidP="0020626B" w:rsidRDefault="0020626B" w14:paraId="47E0E67B" w14:textId="18CE36FD">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">SPONSOR'S DECLARATION ON AN APPLICATION </w:t>
       </w:r>
-      <w:r w:rsidR="002F1351" w:rsidRPr="00D42573">
+      <w:r w:rsidRPr="00D42573" w:rsidR="002F1351">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>FOR APPROVAL</w:t>
       </w:r>
-      <w:r w:rsidR="004473B0" w:rsidRPr="00D42573">
+      <w:r w:rsidRPr="00D42573" w:rsidR="004473B0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> OF A PROSPECTUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="465967B4" w14:textId="7975704F" w:rsidR="0020626B" w:rsidRPr="00D42573" w:rsidRDefault="0020626B" w:rsidP="0020626B">
+    <w:p w:rsidRPr="00D42573" w:rsidR="0020626B" w:rsidP="0020626B" w:rsidRDefault="0020626B" w14:paraId="465967B4" w14:textId="7975704F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">(Note: Italicised terms have the meaning given in the </w:t>
       </w:r>
-      <w:r w:rsidR="006E32D6" w:rsidRPr="00D42573">
+      <w:r w:rsidRPr="00D42573" w:rsidR="006E32D6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>UK Listing Rules sourcebook</w:t>
       </w:r>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AA8B1BF" w14:textId="77777777" w:rsidR="0020626B" w:rsidRPr="00D42573" w:rsidRDefault="0020626B" w:rsidP="0020626B">
+    <w:p w:rsidRPr="00D42573" w:rsidR="0020626B" w:rsidP="0020626B" w:rsidRDefault="0020626B" w14:paraId="7AA8B1BF" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CB788BB" w14:textId="1D21CA7A" w:rsidR="0020626B" w:rsidRPr="00D42573" w:rsidRDefault="0020626B" w:rsidP="0020626B">
+    <w:p w:rsidRPr="00D42573" w:rsidR="0020626B" w:rsidP="0020626B" w:rsidRDefault="0020626B" w14:paraId="0CB788BB" w14:textId="1D21CA7A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">To: The </w:t>
       </w:r>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>FCA</w:t>
       </w:r>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00310046" w:rsidRPr="00D42573">
+      <w:r w:rsidRPr="00D42573" w:rsidR="00310046">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00310046" w:rsidRPr="00D42573">
+      <w:r w:rsidRPr="00D42573" w:rsidR="00310046">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00310046" w:rsidRPr="00D42573">
+      <w:r w:rsidRPr="00D42573" w:rsidR="00310046">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00310046" w:rsidRPr="00D42573">
+      <w:r w:rsidRPr="00D42573" w:rsidR="00310046">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">Date: _________________20____ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="771EF37A" w14:textId="40E56CF1" w:rsidR="0020626B" w:rsidRPr="00D42573" w:rsidRDefault="0020626B" w:rsidP="0020626B">
+    <w:p w:rsidRPr="00D42573" w:rsidR="0020626B" w:rsidP="0020626B" w:rsidRDefault="0020626B" w14:paraId="771EF37A" w14:textId="40E56CF1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>Full name of sponsor: ___________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="747F3053" w14:textId="77777777" w:rsidR="00840415" w:rsidRPr="00D42573" w:rsidRDefault="00840415" w:rsidP="0020626B">
+    <w:p w:rsidRPr="00D42573" w:rsidR="00840415" w:rsidP="0020626B" w:rsidRDefault="00840415" w14:paraId="747F3053" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64EAEA65" w14:textId="652917B4" w:rsidR="0020626B" w:rsidRPr="00D42573" w:rsidRDefault="0E05C866" w:rsidP="0020626B">
+    <w:p w:rsidRPr="00D42573" w:rsidR="0020626B" w:rsidP="0020626B" w:rsidRDefault="0E05C866" w14:paraId="64EAEA65" w14:textId="652917B4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>We</w:t>
       </w:r>
-      <w:r w:rsidR="0020626B" w:rsidRPr="00D42573">
+      <w:r w:rsidRPr="00D42573" w:rsidR="0020626B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> confirm that: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60992E87" w14:textId="0AAFAA04" w:rsidR="0020626B" w:rsidRPr="00D42573" w:rsidRDefault="0020626B" w:rsidP="0020626B">
+    <w:p w:rsidRPr="00D42573" w:rsidR="0020626B" w:rsidP="0020626B" w:rsidRDefault="0020626B" w14:paraId="60992E87" w14:textId="0AAFAA04">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">• we have acted with due care and skill in relation to the provision of </w:t>
       </w:r>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">sponsor </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>services</w:t>
       </w:r>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="241D86F8" w14:textId="15B3357B" w:rsidR="0020626B" w:rsidRPr="00D42573" w:rsidRDefault="0020626B" w:rsidP="0020626B">
+    <w:p w:rsidRPr="00D42573" w:rsidR="0020626B" w:rsidP="0020626B" w:rsidRDefault="0020626B" w14:paraId="241D86F8" w14:textId="15B3357B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">• we have taken reasonable steps to satisfy ourselves that the </w:t>
       </w:r>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>director</w:t>
       </w:r>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
@@ -342,945 +343,1017 @@
         <w:t xml:space="preserve">transparency </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>rules</w:t>
       </w:r>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06A85501" w14:textId="323ABEDC" w:rsidR="0020626B" w:rsidRPr="00D42573" w:rsidRDefault="0020626B" w:rsidP="0020626B">
+    <w:p w:rsidRPr="00D42573" w:rsidR="0020626B" w:rsidP="0020626B" w:rsidRDefault="0020626B" w14:paraId="06A85501" w14:textId="323ABEDC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">• we have come to a reasonable opinion, after having </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>made due</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> and careful enquiry, that: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EE97F67" w14:textId="1ED3A4B2" w:rsidR="0020626B" w:rsidRPr="00D42573" w:rsidRDefault="00E95C7E" w:rsidP="0020626B">
+    <w:p w:rsidRPr="00D42573" w:rsidR="0020626B" w:rsidP="0020626B" w:rsidRDefault="00E95C7E" w14:paraId="3EE97F67" w14:textId="1ED3A4B2">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="0020626B" w:rsidRPr="00D42573">
+      <w:r w:rsidRPr="00D42573" w:rsidR="0020626B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">. the </w:t>
       </w:r>
-      <w:r w:rsidR="00030546" w:rsidRPr="00D42573">
+      <w:r w:rsidRPr="00D42573" w:rsidR="00030546">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">issuer </w:t>
       </w:r>
-      <w:r w:rsidR="0020626B" w:rsidRPr="00D42573">
+      <w:r w:rsidRPr="00D42573" w:rsidR="0020626B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">has satisfied all applicable requirements set out </w:t>
       </w:r>
-      <w:r w:rsidR="00444B56" w:rsidRPr="00D42573">
+      <w:r w:rsidRPr="00D42573" w:rsidR="00444B56">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">in </w:t>
       </w:r>
-      <w:r w:rsidR="00444B56" w:rsidRPr="00D42573">
+      <w:r w:rsidRPr="00D42573" w:rsidR="00444B56">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>PRM</w:t>
       </w:r>
-      <w:r w:rsidR="0020626B" w:rsidRPr="00D42573">
+      <w:r w:rsidRPr="00D42573" w:rsidR="0020626B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
-      <w:r w:rsidR="00B003E1" w:rsidRPr="00D42573">
+      <w:r w:rsidRPr="00D42573" w:rsidR="00B003E1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40C61D48" w14:textId="5305E662" w:rsidR="00D12448" w:rsidRPr="00D42573" w:rsidRDefault="00E95C7E" w:rsidP="0020626B">
+    <w:p w:rsidRPr="00D42573" w:rsidR="00D12448" w:rsidP="0020626B" w:rsidRDefault="00E95C7E" w14:paraId="40C61D48" w14:textId="5305E662">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00281225" w:rsidRPr="00D42573">
+      <w:r w:rsidRPr="00D42573" w:rsidR="00281225">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">. the </w:t>
       </w:r>
-      <w:r w:rsidR="00281225" w:rsidRPr="00D42573">
+      <w:r w:rsidRPr="00D42573" w:rsidR="00281225">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>directors</w:t>
       </w:r>
-      <w:r w:rsidR="00281225" w:rsidRPr="00D42573">
+      <w:r w:rsidRPr="00D42573" w:rsidR="00281225">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the </w:t>
       </w:r>
-      <w:r w:rsidR="00E75907" w:rsidRPr="00D42573">
+      <w:r w:rsidRPr="00D42573" w:rsidR="00E75907">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">issuer </w:t>
       </w:r>
-      <w:r w:rsidR="00281225" w:rsidRPr="00D42573">
+      <w:r w:rsidRPr="00D42573" w:rsidR="00281225">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">have a reasonable basis on which to make any working capital statement included in the </w:t>
       </w:r>
-      <w:r w:rsidR="00B42309" w:rsidRPr="00D42573">
+      <w:r w:rsidRPr="00D42573" w:rsidR="00B42309">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>pros</w:t>
       </w:r>
-      <w:r w:rsidR="00630A40" w:rsidRPr="00D42573">
+      <w:r w:rsidRPr="00D42573" w:rsidR="00630A40">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>pectus</w:t>
       </w:r>
-      <w:r w:rsidR="00B42309" w:rsidRPr="00D42573">
+      <w:r w:rsidRPr="00D42573" w:rsidR="00B42309">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00281225" w:rsidRPr="00D42573">
+      <w:r w:rsidRPr="00D42573" w:rsidR="00281225">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">referred to in </w:t>
       </w:r>
-      <w:r w:rsidR="006614F1" w:rsidRPr="00D42573">
+      <w:r w:rsidRPr="00D42573" w:rsidR="006614F1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>UKLR 4.2.1R(1</w:t>
       </w:r>
-      <w:r w:rsidR="00630A40" w:rsidRPr="00D42573">
+      <w:r w:rsidRPr="00D42573" w:rsidR="00630A40">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="006614F1" w:rsidRPr="00D42573">
+      <w:r w:rsidRPr="00D42573" w:rsidR="006614F1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5598A3D5" w14:textId="48D54C58" w:rsidR="0020626B" w:rsidRPr="00D42573" w:rsidRDefault="0020626B" w:rsidP="0020626B">
+    <w:p w:rsidRPr="00D42573" w:rsidR="0020626B" w:rsidP="0020626B" w:rsidRDefault="0020626B" w14:paraId="5598A3D5" w14:textId="48D54C58">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">• we have maintained accessible records which are sufficient to be capable of demonstrating that the </w:t>
       </w:r>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>sponsor</w:t>
       </w:r>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> has provided </w:t>
       </w:r>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>sponsor services</w:t>
       </w:r>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> and otherwise complied with its obligations under </w:t>
       </w:r>
-      <w:r w:rsidR="00842519" w:rsidRPr="00D42573">
+      <w:r w:rsidRPr="00D42573" w:rsidR="00842519">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>UK</w:t>
       </w:r>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">LR </w:t>
       </w:r>
-      <w:r w:rsidR="00842519" w:rsidRPr="00D42573">
+      <w:r w:rsidRPr="00D42573" w:rsidR="00842519">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>24</w:t>
       </w:r>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">, including the basis of each confirmation set out </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>above;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4419913F" w14:textId="77777777" w:rsidR="0020626B" w:rsidRPr="00D42573" w:rsidRDefault="0020626B" w:rsidP="0020626B">
+    <w:p w:rsidRPr="00D42573" w:rsidR="0020626B" w:rsidP="0020626B" w:rsidRDefault="0020626B" w14:paraId="4419913F" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">• for so long as we provide a </w:t>
       </w:r>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>sponsor service</w:t>
       </w:r>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">, we will: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49EFDA23" w14:textId="77777777" w:rsidR="0020626B" w:rsidRPr="00D42573" w:rsidRDefault="0020626B" w:rsidP="0020626B">
+    <w:p w:rsidRPr="00D42573" w:rsidR="0020626B" w:rsidP="0020626B" w:rsidRDefault="0020626B" w14:paraId="49EFDA23" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">a) take such reasonable steps as are sufficient to ensure that any communication or information we provide to the </w:t>
       </w:r>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>FCA</w:t>
       </w:r>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> in carrying out the </w:t>
       </w:r>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>sponsor service</w:t>
       </w:r>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> is, to the best of our knowledge and belief, accurate and complete in all material respects; and </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="673E3E9E" w14:textId="211E14FA" w:rsidR="0020626B" w:rsidRPr="00D42573" w:rsidRDefault="0020626B" w:rsidP="0020626B">
+    <w:p w:rsidRPr="00D42573" w:rsidR="0020626B" w:rsidP="0020626B" w:rsidRDefault="0020626B" w14:paraId="673E3E9E" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">b) as soon as possible provide to the </w:t>
       </w:r>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>FCA</w:t>
       </w:r>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> any information of which we become aware that materially affects the accuracy or completeness of the information we have previously provided. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D877B1A" w14:textId="77777777" w:rsidR="0020626B" w:rsidRPr="00D42573" w:rsidRDefault="0020626B" w:rsidP="0020626B">
+    <w:p w:rsidRPr="00D42573" w:rsidR="0020626B" w:rsidP="0020626B" w:rsidRDefault="0020626B" w14:paraId="2D877B1A" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76D276E5" w14:textId="6CFDE2CC" w:rsidR="0020626B" w:rsidRPr="00D42573" w:rsidRDefault="0020626B" w:rsidP="0020626B">
+    <w:p w:rsidRPr="00D42573" w:rsidR="0020626B" w:rsidP="0020626B" w:rsidRDefault="0020626B" w14:paraId="76D276E5" w14:textId="6CFDE2CC">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>SIGNED BY: ______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FF20B9B" w14:textId="53B40117" w:rsidR="00024D7D" w:rsidRPr="00D42573" w:rsidRDefault="00EC189C" w:rsidP="0020626B">
+    <w:p w:rsidRPr="00D42573" w:rsidR="00024D7D" w:rsidP="0020626B" w:rsidRDefault="00EC189C" w14:paraId="0FF20B9B" w14:textId="53B40117">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>for and on behalf of:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7464C88B" w14:textId="62F2995A" w:rsidR="0020626B" w:rsidRPr="00D42573" w:rsidRDefault="0020626B" w:rsidP="0020626B">
+    <w:p w:rsidRPr="00D42573" w:rsidR="0020626B" w:rsidP="0020626B" w:rsidRDefault="0020626B" w14:paraId="7464C88B" w14:textId="62F2995A">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>___________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B825580" w14:textId="77777777" w:rsidR="0020626B" w:rsidRPr="00D42573" w:rsidRDefault="0020626B" w:rsidP="0020626B">
+    <w:p w:rsidRPr="00D42573" w:rsidR="0020626B" w:rsidP="0020626B" w:rsidRDefault="0020626B" w14:paraId="7B825580" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42573">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">Name of sponsor </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="0020626B" w:rsidRPr="00D42573" w:rsidSect="00106255">
+    <w:sectPr w:rsidRPr="00D42573" w:rsidR="0020626B" w:rsidSect="00106255">
       <w:headerReference w:type="even" r:id="rId11"/>
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
-      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1021" w:right="1440" w:bottom="1021" w:left="1440" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
+      <w:footerReference w:type="default" r:id="Rceb86000a11347b4"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2A516518" w14:textId="77777777" w:rsidR="00F806C5" w:rsidRDefault="00F806C5" w:rsidP="0020626B">
+    <w:p w:rsidR="00442094" w:rsidP="0020626B" w:rsidRDefault="00442094" w14:paraId="6B93650B" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="084572E4" w14:textId="77777777" w:rsidR="00F806C5" w:rsidRDefault="00F806C5" w:rsidP="0020626B">
+    <w:p w:rsidR="00442094" w:rsidP="0020626B" w:rsidRDefault="00442094" w14:paraId="3FD1ABCA" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4208A6E7" w14:textId="77777777" w:rsidR="00F806C5" w:rsidRDefault="00F806C5">
+    <w:p w:rsidR="00442094" w:rsidRDefault="00442094" w14:paraId="5AAE1418" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="TableNormal"/>
+      <w:bidiVisual w:val="0"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="3005"/>
+      <w:gridCol w:w="3005"/>
+      <w:gridCol w:w="3005"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="4D95A904" w:rsidTr="4D95A904" w14:paraId="14365AD1">
+      <w:trPr>
+        <w:trHeight w:val="300"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3005" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidR="4D95A904" w:rsidP="4D95A904" w:rsidRDefault="4D95A904" w14:paraId="4C9789C1" w14:textId="7103FE53">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:bidi w:val="0"/>
+            <w:ind w:left="-115"/>
+            <w:jc w:val="left"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3005" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidR="4D95A904" w:rsidP="4D95A904" w:rsidRDefault="4D95A904" w14:paraId="6FCE3585" w14:textId="51062DC5">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:bidi w:val="0"/>
+            <w:jc w:val="center"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3005" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidR="4D95A904" w:rsidP="4D95A904" w:rsidRDefault="4D95A904" w14:paraId="7B7A5E4F" w14:textId="138452CB">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:bidi w:val="0"/>
+            <w:ind w:right="-115"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w:rsidR="4D95A904" w:rsidP="4D95A904" w:rsidRDefault="4D95A904" w14:paraId="17A77AED" w14:textId="43154D12">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:bidi w:val="0"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6C450607" w14:textId="77777777" w:rsidR="00F806C5" w:rsidRDefault="00F806C5" w:rsidP="0020626B">
+    <w:p w:rsidR="00442094" w:rsidP="0020626B" w:rsidRDefault="00442094" w14:paraId="095DE628" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="74445ECE" w14:textId="77777777" w:rsidR="00F806C5" w:rsidRDefault="00F806C5" w:rsidP="0020626B">
+    <w:p w:rsidR="00442094" w:rsidP="0020626B" w:rsidRDefault="00442094" w14:paraId="7C9DB77C" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6314F7D4" w14:textId="77777777" w:rsidR="00F806C5" w:rsidRDefault="00F806C5">
+    <w:p w:rsidR="00442094" w:rsidRDefault="00442094" w14:paraId="75A04460" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0F7FDD60" w14:textId="4193C2A9" w:rsidR="0020626B" w:rsidRDefault="0020626B">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="0020626B" w:rsidRDefault="0020626B" w14:paraId="0F7FDD60" w14:textId="4193C2A9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C9FA309" wp14:editId="4D510B06">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="leftMargin">
                 <wp:align>left</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="443865" cy="443865"/>
               <wp:effectExtent l="0" t="0" r="10795" b="17145"/>
               <wp:wrapSquare wrapText="bothSides"/>
               <wp:docPr id="2" name="Text Box 2" descr="FCA Sensitive">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="443865" cy="443865"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="4DB4D47E" w14:textId="2D48BDE4" w:rsidR="0020626B" w:rsidRPr="0020626B" w:rsidRDefault="0020626B">
+                        <w:p w:rsidRPr="0020626B" w:rsidR="0020626B" w:rsidRDefault="0020626B" w14:paraId="4DB4D47E" w14:textId="2D48BDE4">
                           <w:pPr>
                             <w:rPr>
-                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                               <w:noProof/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="0020626B">
                             <w:rPr>
-                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                               <w:noProof/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>FCA Sensitive</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="63500" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="5C9FA309" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5C9FA309">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="FCA Sensitive" style="position:absolute;margin-left:0;margin-top:.05pt;width:34.95pt;height:34.95pt;z-index:251658241;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:left-margin-area;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQACkCC8BQIAABQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5z0IyiMOEXWIsOA&#10;oC2QDj0rshQbsERBYmJnv36UbCddt9Owi/xE0vx4fFrcd6ZhR+VDDbbgs8mUM2UllLXdF/zH6/rL&#10;HWcBhS1FA1YV/KQCv19+/rRoXa6uoIKmVJ5REhvy1hW8QnR5lgVZKSPCBJyy5NTgjUC6+n1WetFS&#10;dtNkV9PpPGvBl86DVCGQ9bF38mXKr7WS+Kx1UMiaglNvmE6fzl08s+VC5HsvXFXLoQ3xD10YUVsq&#10;ek71KFCwg6//SGVq6SGAxokEk4HWtVRpBppmNv0wzbYSTqVZiJzgzjSF/5dWPh237sUz7L5CRwuM&#10;hLQu5IGMcZ5OexO/1CkjP1F4OtOmOmSSjDc313fzW84kuQZMWbLLz84H/KbAsAgK7mkriSxx3ATs&#10;Q8eQWMvCum6atJnG/magnNGSXTqMCLtdN7S9g/JE03joFx2cXNdUcyMCvghPm6UBSK34TIduoC04&#10;DIizCvzPv9ljPBFOXs5aUkrBLUmZs+a7pUXMr2+nUVjpQsCPYDcCezAPQPKb0UtwMsEYh80ItQfz&#10;RjJexTrkElZStYLjCB+wVyw9A6lWqxRE8nECN3brZEwdaYocvnZvwruBaKQNPcGoIpF/4LuPjX8G&#10;tzogsZ6WESnteRyYJumldQ7PJGr7/T1FXR7z8hcAAAD//wMAUEsDBBQABgAIAAAAIQA0gToW2gAA&#10;AAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUhcEHVAKLRpnKpC4sLPgZJLb9t4&#10;iSPidWo7aXh73BMcd2Y08225mW0vJvKhc6zgbpGBIG6c7rhVUH8+3y5BhIissXdMCn4owKa6vCix&#10;0O7EHzTtYitSCYcCFZgYh0LK0BiyGBZuIE7el/MWYzp9K7XHUyq3vbzPslxa7DgtGBzoyVDzvRut&#10;Ato/5NPWv93o4+u7XR5N/TJirdT11bxdg4g0x78wnPETOlSJ6eBG1kH0CtIj8ayK5OWrFYiDgscs&#10;A1mV8j979QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQACkCC8BQIAABQEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA0gToW2gAAAAMBAAAPAAAA&#10;AAAAAAAAAAAAAF8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAZgUAAAAA&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 2" style="position:absolute;margin-left:0;margin-top:.05pt;width:34.95pt;height:34.95pt;z-index:251658241;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:left-margin-area;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" alt="FCA Sensitive" o:spid="_x0000_s1026" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQACkCC8BQIAABQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5z0IyiMOEXWIsOA&#10;oC2QDj0rshQbsERBYmJnv36UbCddt9Owi/xE0vx4fFrcd6ZhR+VDDbbgs8mUM2UllLXdF/zH6/rL&#10;HWcBhS1FA1YV/KQCv19+/rRoXa6uoIKmVJ5REhvy1hW8QnR5lgVZKSPCBJyy5NTgjUC6+n1WetFS&#10;dtNkV9PpPGvBl86DVCGQ9bF38mXKr7WS+Kx1UMiaglNvmE6fzl08s+VC5HsvXFXLoQ3xD10YUVsq&#10;ek71KFCwg6//SGVq6SGAxokEk4HWtVRpBppmNv0wzbYSTqVZiJzgzjSF/5dWPh237sUz7L5CRwuM&#10;hLQu5IGMcZ5OexO/1CkjP1F4OtOmOmSSjDc313fzW84kuQZMWbLLz84H/KbAsAgK7mkriSxx3ATs&#10;Q8eQWMvCum6atJnG/magnNGSXTqMCLtdN7S9g/JE03joFx2cXNdUcyMCvghPm6UBSK34TIduoC04&#10;DIizCvzPv9ljPBFOXs5aUkrBLUmZs+a7pUXMr2+nUVjpQsCPYDcCezAPQPKb0UtwMsEYh80ItQfz&#10;RjJexTrkElZStYLjCB+wVyw9A6lWqxRE8nECN3brZEwdaYocvnZvwruBaKQNPcGoIpF/4LuPjX8G&#10;tzogsZ6WESnteRyYJumldQ7PJGr7/T1FXR7z8hcAAAD//wMAUEsDBBQABgAIAAAAIQA0gToW2gAA&#10;AAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUhcEHVAKLRpnKpC4sLPgZJLb9t4&#10;iSPidWo7aXh73BMcd2Y08225mW0vJvKhc6zgbpGBIG6c7rhVUH8+3y5BhIissXdMCn4owKa6vCix&#10;0O7EHzTtYitSCYcCFZgYh0LK0BiyGBZuIE7el/MWYzp9K7XHUyq3vbzPslxa7DgtGBzoyVDzvRut&#10;Ato/5NPWv93o4+u7XR5N/TJirdT11bxdg4g0x78wnPETOlSJ6eBG1kH0CtIj8ayK5OWrFYiDgscs&#10;A1mV8j979QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQACkCC8BQIAABQEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA0gToW2gAAAAMBAAAPAAAA&#10;AAAAAAAAAAAAAF8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAZgUAAAAA&#10;">
               <v:textbox style="mso-fit-shape-to-text:t" inset="5pt,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="4DB4D47E" w14:textId="2D48BDE4" w:rsidR="0020626B" w:rsidRPr="0020626B" w:rsidRDefault="0020626B">
+                  <w:p w:rsidRPr="0020626B" w:rsidR="0020626B" w:rsidRDefault="0020626B" w14:paraId="4DB4D47E" w14:textId="2D48BDE4">
                     <w:pPr>
                       <w:rPr>
-                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="0020626B">
                       <w:rPr>
-                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>FCA Sensitive</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="square" anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6D4A16CC" w14:textId="3AB418D0" w:rsidR="0020626B" w:rsidRDefault="0020626B">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="0020626B" w:rsidRDefault="0020626B" w14:paraId="6D4A16CC" w14:textId="3AB418D0">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2A28BD67" wp14:editId="3AFA4360">
               <wp:simplePos x="914400" y="448887"/>
               <wp:positionH relativeFrom="leftMargin">
                 <wp:align>left</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="443865" cy="443865"/>
               <wp:effectExtent l="0" t="0" r="10795" b="17145"/>
               <wp:wrapSquare wrapText="bothSides"/>
               <wp:docPr id="3" name="Text Box 3" descr="FCA Sensitive">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="443865" cy="443865"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="6CD666AF" w14:textId="45CD5236" w:rsidR="0020626B" w:rsidRPr="0020626B" w:rsidRDefault="0020626B">
+                        <w:p w:rsidRPr="0020626B" w:rsidR="0020626B" w:rsidRDefault="0020626B" w14:paraId="6CD666AF" w14:textId="45CD5236">
                           <w:pPr>
                             <w:rPr>
-                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                               <w:noProof/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="63500" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="2A28BD67" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="2A28BD67">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 3" o:spid="_x0000_s1027" type="#_x0000_t202" alt="FCA Sensitive" style="position:absolute;margin-left:0;margin-top:.05pt;width:34.95pt;height:34.95pt;z-index:251658242;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:left-margin-area;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC8Yp5xBwIAABsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5z0IyiMOEXWIsOA&#10;oC2QDj0rshQbsERBYmJnv36UbCddt9Owi/xE0vx4fFrcd6ZhR+VDDbbgs8mUM2UllLXdF/zH6/rL&#10;HWcBhS1FA1YV/KQCv19+/rRoXa6uoIKmVJ5REhvy1hW8QnR5lgVZKSPCBJyy5NTgjUC6+n1WetFS&#10;dtNkV9PpPGvBl86DVCGQ9bF38mXKr7WS+Kx1UMiaglNvmE6fzl08s+VC5HsvXFXLoQ3xD10YUVsq&#10;ek71KFCwg6//SGVq6SGAxokEk4HWtVRpBppmNv0wzbYSTqVZiJzgzjSF/5dWPh237sUz7L5CRwuM&#10;hLQu5IGMcZ5OexO/1CkjP1F4OtOmOmSSjDc313fzW84kuQZMWbLLz84H/KbAsAgK7mkriSxx3ATs&#10;Q8eQWMvCum6atJnG/magnNGSXTqMCLtdx+ryXfc7KE80lId+38HJdU2lNyLgi/C0YJqDRIvPdOgG&#10;2oLDgDirwP/8mz3GE+/k5awlwRTckqI5a75b2sf8+nYa9ZUuBPwIdiOwB/MApMIZPQgnE4xx2IxQ&#10;ezBvpOZVrEMuYSVVKziO8AF74dJrkGq1SkGkIidwY7dOxtSRrUjla/cmvBv4RlrUE4xiEvkH2vvY&#10;+GdwqwMS+Wknkdmex4FwUmDa6vBaosTf31PU5U0vfwEAAP//AwBQSwMEFAAGAAgAAAAhADSBOhba&#10;AAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SFwQdUAotGmcqkLiws+Bkktv&#10;23iJI+J1ajtpeHvcExx3ZjTzbbmZbS8m8qFzrOBukYEgbpzuuFVQfz7fLkGEiKyxd0wKfijAprq8&#10;KLHQ7sQfNO1iK1IJhwIVmBiHQsrQGLIYFm4gTt6X8xZjOn0rtcdTKre9vM+yXFrsOC0YHOjJUPO9&#10;G60C2j/k09a/3ejj67tdHk39MmKt1PXVvF2DiDTHvzCc8RM6VInp4EbWQfQK0iPxrIrk5asViIOC&#10;xywDWZXyP3v1CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALxinnEHAgAAGwQAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADSBOhbaAAAAAwEAAA8A&#10;AAAAAAAAAAAAAAAAYQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABoBQAAAAA=&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 3" style="position:absolute;margin-left:0;margin-top:.05pt;width:34.95pt;height:34.95pt;z-index:251658242;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:left-margin-area;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" alt="FCA Sensitive" o:spid="_x0000_s1027" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC8Yp5xBwIAABsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5z0IyiMOEXWIsOA&#10;oC2QDj0rshQbsERBYmJnv36UbCddt9Owi/xE0vx4fFrcd6ZhR+VDDbbgs8mUM2UllLXdF/zH6/rL&#10;HWcBhS1FA1YV/KQCv19+/rRoXa6uoIKmVJ5REhvy1hW8QnR5lgVZKSPCBJyy5NTgjUC6+n1WetFS&#10;dtNkV9PpPGvBl86DVCGQ9bF38mXKr7WS+Kx1UMiaglNvmE6fzl08s+VC5HsvXFXLoQ3xD10YUVsq&#10;ek71KFCwg6//SGVq6SGAxokEk4HWtVRpBppmNv0wzbYSTqVZiJzgzjSF/5dWPh237sUz7L5CRwuM&#10;hLQu5IGMcZ5OexO/1CkjP1F4OtOmOmSSjDc313fzW84kuQZMWbLLz84H/KbAsAgK7mkriSxx3ATs&#10;Q8eQWMvCum6atJnG/magnNGSXTqMCLtdx+ryXfc7KE80lId+38HJdU2lNyLgi/C0YJqDRIvPdOgG&#10;2oLDgDirwP/8mz3GE+/k5awlwRTckqI5a75b2sf8+nYa9ZUuBPwIdiOwB/MApMIZPQgnE4xx2IxQ&#10;ezBvpOZVrEMuYSVVKziO8AF74dJrkGq1SkGkIidwY7dOxtSRrUjla/cmvBv4RlrUE4xiEvkH2vvY&#10;+GdwqwMS+Wknkdmex4FwUmDa6vBaosTf31PU5U0vfwEAAP//AwBQSwMEFAAGAAgAAAAhADSBOhba&#10;AAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SFwQdUAotGmcqkLiws+Bkktv&#10;23iJI+J1ajtpeHvcExx3ZjTzbbmZbS8m8qFzrOBukYEgbpzuuFVQfz7fLkGEiKyxd0wKfijAprq8&#10;KLHQ7sQfNO1iK1IJhwIVmBiHQsrQGLIYFm4gTt6X8xZjOn0rtcdTKre9vM+yXFrsOC0YHOjJUPO9&#10;G60C2j/k09a/3ejj67tdHk39MmKt1PXVvF2DiDTHvzCc8RM6VInp4EbWQfQK0iPxrIrk5asViIOC&#10;xywDWZXyP3v1CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALxinnEHAgAAGwQAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADSBOhbaAAAAAwEAAA8A&#10;AAAAAAAAAAAAAAAAYQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABoBQAAAAA=&#10;">
               <v:textbox style="mso-fit-shape-to-text:t" inset="5pt,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="6CD666AF" w14:textId="45CD5236" w:rsidR="0020626B" w:rsidRPr="0020626B" w:rsidRDefault="0020626B">
+                  <w:p w:rsidRPr="0020626B" w:rsidR="0020626B" w:rsidRDefault="0020626B" w14:paraId="6CD666AF" w14:textId="45CD5236">
                     <w:pPr>
                       <w:rPr>
-                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="square" anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="33021E42" w14:textId="2AFFCA7D" w:rsidR="0020626B" w:rsidRDefault="0020626B">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="0020626B" w:rsidRDefault="0020626B" w14:paraId="33021E42" w14:textId="2AFFCA7D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3207F407" wp14:editId="0018DAAC">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="leftMargin">
                 <wp:align>left</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="443865" cy="443865"/>
               <wp:effectExtent l="0" t="0" r="10795" b="17145"/>
               <wp:wrapSquare wrapText="bothSides"/>
               <wp:docPr id="1" name="Text Box 1" descr="FCA Sensitive">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="443865" cy="443865"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="456D9748" w14:textId="18517CD3" w:rsidR="0020626B" w:rsidRPr="0020626B" w:rsidRDefault="0020626B">
+                        <w:p w:rsidRPr="0020626B" w:rsidR="0020626B" w:rsidRDefault="0020626B" w14:paraId="456D9748" w14:textId="18517CD3">
                           <w:pPr>
                             <w:rPr>
-                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                               <w:noProof/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="0020626B">
                             <w:rPr>
-                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                               <w:noProof/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>FCA Sensitive</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="63500" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="3207F407" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="3207F407">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 1" o:spid="_x0000_s1028" type="#_x0000_t202" alt="FCA Sensitive" style="position:absolute;margin-left:0;margin-top:.05pt;width:34.95pt;height:34.95pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:left-margin-area;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQATrOHPCQIAABsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5ykbVAYcYqsRYYB&#10;QVsgHXpWZCk2YImCxMTOfv0o2W66bqdhF/mJpPnx+LS860zDTsqHGmzBZ5MpZ8pKKGt7KPiPl82X&#10;W84CCluKBqwq+FkFfrf6/GnZulzNoYKmVJ5REhvy1hW8QnR5lgVZKSPCBJyy5NTgjUC6+kNWetFS&#10;dtNk8+l0kbXgS+dBqhDI+tA7+Srl11pJfNI6KGRNwak3TKdP5z6e2Wop8oMXrqrl0Ib4hy6MqC0V&#10;fUv1IFCwo6//SGVq6SGAxokEk4HWtVRpBppmNv0wza4STqVZiJzg3mgK/y+tfDzt3LNn2H2FjhYY&#10;CWldyAMZ4zyd9iZ+qVNGfqLw/Eab6pBJMl5fX90ubjiT5BowZckuPzsf8JsCwyIouKetJLLEaRuw&#10;Dx1DYi0Lm7pp0mYa+5uBckZLdukwIuz2HavLgs/H7vdQnmkoD/2+g5ObmkpvRcBn4WnBNAeJFp/o&#10;0A20BYcBcVaB//k3e4wn3snLWUuCKbglRXPWfLe0j8XVzTTqK10I+BHsR2CP5h5IhTN6EE4mGOOw&#10;GaH2YF5JzetYh1zCSqpWcBzhPfbCpdcg1XqdgkhFTuDW7pyMqSNbkcqX7lV4N/CNtKhHGMUk8g+0&#10;97Hxz+DWRyTy004isz2PA+GkwLTV4bVEib+/p6jLm179AgAA//8DAFBLAwQUAAYACAAAACEANIE6&#10;FtoAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VIXBB1QCi0aZyqQuLCz4GS&#10;S2/beIkj4nVqO2l4e9wTHHdmNPNtuZltLybyoXOs4G6RgSBunO64VVB/Pt8uQYSIrLF3TAp+KMCm&#10;urwosdDuxB807WIrUgmHAhWYGIdCytAYshgWbiBO3pfzFmM6fSu1x1Mqt728z7JcWuw4LRgc6MlQ&#10;870brQLaP+TT1r/d6OPru10eTf0yYq3U9dW8XYOINMe/MJzxEzpUiengRtZB9ArSI/GsiuTlqxWI&#10;g4LHLANZlfI/e/ULAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAE6zhzwkCAAAbBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEANIE6FtoAAAADAQAA&#10;DwAAAAAAAAAAAAAAAABjBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 1" style="position:absolute;margin-left:0;margin-top:.05pt;width:34.95pt;height:34.95pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:left-margin-area;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" alt="FCA Sensitive" o:spid="_x0000_s1028" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQATrOHPCQIAABsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5ykbVAYcYqsRYYB&#10;QVsgHXpWZCk2YImCxMTOfv0o2W66bqdhF/mJpPnx+LS860zDTsqHGmzBZ5MpZ8pKKGt7KPiPl82X&#10;W84CCluKBqwq+FkFfrf6/GnZulzNoYKmVJ5REhvy1hW8QnR5lgVZKSPCBJyy5NTgjUC6+kNWetFS&#10;dtNk8+l0kbXgS+dBqhDI+tA7+Srl11pJfNI6KGRNwak3TKdP5z6e2Wop8oMXrqrl0Ib4hy6MqC0V&#10;fUv1IFCwo6//SGVq6SGAxokEk4HWtVRpBppmNv0wza4STqVZiJzg3mgK/y+tfDzt3LNn2H2FjhYY&#10;CWldyAMZ4zyd9iZ+qVNGfqLw/Eab6pBJMl5fX90ubjiT5BowZckuPzsf8JsCwyIouKetJLLEaRuw&#10;Dx1DYi0Lm7pp0mYa+5uBckZLdukwIuz2HavLgs/H7vdQnmkoD/2+g5ObmkpvRcBn4WnBNAeJFp/o&#10;0A20BYcBcVaB//k3e4wn3snLWUuCKbglRXPWfLe0j8XVzTTqK10I+BHsR2CP5h5IhTN6EE4mGOOw&#10;GaH2YF5JzetYh1zCSqpWcBzhPfbCpdcg1XqdgkhFTuDW7pyMqSNbkcqX7lV4N/CNtKhHGMUk8g+0&#10;97Hxz+DWRyTy004isz2PA+GkwLTV4bVEib+/p6jLm179AgAA//8DAFBLAwQUAAYACAAAACEANIE6&#10;FtoAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VIXBB1QCi0aZyqQuLCz4GS&#10;S2/beIkj4nVqO2l4e9wTHHdmNPNtuZltLybyoXOs4G6RgSBunO64VVB/Pt8uQYSIrLF3TAp+KMCm&#10;urwosdDuxB807WIrUgmHAhWYGIdCytAYshgWbiBO3pfzFmM6fSu1x1Mqt728z7JcWuw4LRgc6MlQ&#10;870brQLaP+TT1r/d6OPru10eTf0yYq3U9dW8XYOINMe/MJzxEzpUiengRtZB9ArSI/GsiuTlqxWI&#10;g4LHLANZlfI/e/ULAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAE6zhzwkCAAAbBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEANIE6FtoAAAADAQAA&#10;DwAAAAAAAAAAAAAAAABjBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;">
               <v:textbox style="mso-fit-shape-to-text:t" inset="5pt,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="456D9748" w14:textId="18517CD3" w:rsidR="0020626B" w:rsidRPr="0020626B" w:rsidRDefault="0020626B">
+                  <w:p w:rsidRPr="0020626B" w:rsidR="0020626B" w:rsidRDefault="0020626B" w14:paraId="456D9748" w14:textId="18517CD3">
                     <w:pPr>
                       <w:rPr>
-                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="0020626B">
                       <w:rPr>
-                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>FCA Sensitive</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="square" anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0020626B"/>
@@ -1298,412 +1371,412 @@
     <w:rsid w:val="00071F1F"/>
     <w:rsid w:val="00085776"/>
     <w:rsid w:val="000A673F"/>
     <w:rsid w:val="000A7370"/>
     <w:rsid w:val="000D021C"/>
     <w:rsid w:val="000E133D"/>
     <w:rsid w:val="000E5D6E"/>
     <w:rsid w:val="00106255"/>
     <w:rsid w:val="001166F7"/>
     <w:rsid w:val="00117EB8"/>
     <w:rsid w:val="00124ECF"/>
     <w:rsid w:val="0015310D"/>
     <w:rsid w:val="001675D0"/>
     <w:rsid w:val="00177C69"/>
     <w:rsid w:val="00184669"/>
     <w:rsid w:val="0019348A"/>
     <w:rsid w:val="001A45F8"/>
     <w:rsid w:val="001B0DF6"/>
     <w:rsid w:val="001B33E5"/>
     <w:rsid w:val="001C2EC1"/>
     <w:rsid w:val="001E412A"/>
     <w:rsid w:val="00201770"/>
     <w:rsid w:val="0020626B"/>
     <w:rsid w:val="00211FE8"/>
     <w:rsid w:val="002304B9"/>
+    <w:rsid w:val="00253749"/>
     <w:rsid w:val="00256B39"/>
     <w:rsid w:val="00257F21"/>
     <w:rsid w:val="0027089C"/>
     <w:rsid w:val="00277A46"/>
     <w:rsid w:val="0028033C"/>
     <w:rsid w:val="00281225"/>
     <w:rsid w:val="00283482"/>
     <w:rsid w:val="00290D2D"/>
     <w:rsid w:val="00292C87"/>
     <w:rsid w:val="00297A88"/>
     <w:rsid w:val="002A1CD9"/>
     <w:rsid w:val="002A2EE0"/>
+    <w:rsid w:val="002B66C9"/>
     <w:rsid w:val="002C20F3"/>
     <w:rsid w:val="002C2166"/>
     <w:rsid w:val="002C2E3C"/>
     <w:rsid w:val="002C3289"/>
     <w:rsid w:val="002C7F9F"/>
     <w:rsid w:val="002D2892"/>
     <w:rsid w:val="002F1351"/>
     <w:rsid w:val="002F67CE"/>
     <w:rsid w:val="0030059B"/>
     <w:rsid w:val="00304EEE"/>
     <w:rsid w:val="00310046"/>
     <w:rsid w:val="00312281"/>
     <w:rsid w:val="00315D35"/>
     <w:rsid w:val="00316065"/>
     <w:rsid w:val="00320E38"/>
     <w:rsid w:val="00334577"/>
     <w:rsid w:val="003374C5"/>
     <w:rsid w:val="003378DA"/>
     <w:rsid w:val="00346010"/>
     <w:rsid w:val="003525F8"/>
     <w:rsid w:val="003533C7"/>
     <w:rsid w:val="003549CA"/>
     <w:rsid w:val="003749AE"/>
     <w:rsid w:val="00392332"/>
     <w:rsid w:val="003A2C2C"/>
     <w:rsid w:val="003B44B2"/>
     <w:rsid w:val="003B779B"/>
     <w:rsid w:val="003D1C5A"/>
     <w:rsid w:val="003D506B"/>
     <w:rsid w:val="003E23C1"/>
     <w:rsid w:val="004041EA"/>
     <w:rsid w:val="0041674A"/>
     <w:rsid w:val="004168D0"/>
     <w:rsid w:val="004326B2"/>
+    <w:rsid w:val="00442094"/>
     <w:rsid w:val="00444B56"/>
     <w:rsid w:val="004473B0"/>
     <w:rsid w:val="004544FF"/>
     <w:rsid w:val="00474F74"/>
     <w:rsid w:val="004A35EA"/>
     <w:rsid w:val="004B4F6B"/>
     <w:rsid w:val="004B5EA0"/>
     <w:rsid w:val="004B6C57"/>
     <w:rsid w:val="004C40B6"/>
     <w:rsid w:val="004D25FD"/>
     <w:rsid w:val="004E0F71"/>
     <w:rsid w:val="00511384"/>
     <w:rsid w:val="005130E0"/>
     <w:rsid w:val="00514FCC"/>
     <w:rsid w:val="005151DE"/>
     <w:rsid w:val="00521EB1"/>
     <w:rsid w:val="00545817"/>
     <w:rsid w:val="00565661"/>
     <w:rsid w:val="005659EE"/>
     <w:rsid w:val="005A2B79"/>
+    <w:rsid w:val="005B190F"/>
     <w:rsid w:val="005B26E4"/>
     <w:rsid w:val="005C00A3"/>
     <w:rsid w:val="005C1098"/>
     <w:rsid w:val="005C1790"/>
     <w:rsid w:val="005D6A76"/>
     <w:rsid w:val="00616BD9"/>
     <w:rsid w:val="00624A31"/>
     <w:rsid w:val="00630A40"/>
     <w:rsid w:val="006323CA"/>
     <w:rsid w:val="0063351B"/>
+    <w:rsid w:val="00645679"/>
     <w:rsid w:val="00653269"/>
     <w:rsid w:val="00660034"/>
     <w:rsid w:val="006614F1"/>
     <w:rsid w:val="00664118"/>
     <w:rsid w:val="006825ED"/>
     <w:rsid w:val="006869C6"/>
     <w:rsid w:val="006A42CD"/>
     <w:rsid w:val="006A5BE7"/>
     <w:rsid w:val="006B0ECC"/>
     <w:rsid w:val="006B292B"/>
     <w:rsid w:val="006C20D4"/>
     <w:rsid w:val="006C3A76"/>
     <w:rsid w:val="006C7968"/>
     <w:rsid w:val="006D4C1E"/>
     <w:rsid w:val="006D7984"/>
     <w:rsid w:val="006E32D6"/>
     <w:rsid w:val="006E5ABF"/>
     <w:rsid w:val="006F6970"/>
     <w:rsid w:val="0071543A"/>
     <w:rsid w:val="00720F56"/>
     <w:rsid w:val="007424D3"/>
     <w:rsid w:val="00787D9B"/>
     <w:rsid w:val="0079659C"/>
     <w:rsid w:val="007C4BF2"/>
     <w:rsid w:val="007D2D14"/>
     <w:rsid w:val="007D4626"/>
     <w:rsid w:val="007E2B7B"/>
     <w:rsid w:val="007F490D"/>
     <w:rsid w:val="0080407A"/>
     <w:rsid w:val="00804B4D"/>
     <w:rsid w:val="00813D5D"/>
     <w:rsid w:val="00831A37"/>
     <w:rsid w:val="0083635A"/>
     <w:rsid w:val="0083708D"/>
     <w:rsid w:val="00840415"/>
     <w:rsid w:val="00842519"/>
     <w:rsid w:val="00863DF3"/>
     <w:rsid w:val="00876319"/>
     <w:rsid w:val="008857E0"/>
     <w:rsid w:val="00886EA4"/>
     <w:rsid w:val="008B3E67"/>
     <w:rsid w:val="008C3F78"/>
     <w:rsid w:val="008E21ED"/>
     <w:rsid w:val="00911E45"/>
     <w:rsid w:val="00946B9E"/>
     <w:rsid w:val="00955B7B"/>
     <w:rsid w:val="0098598B"/>
     <w:rsid w:val="0098600F"/>
     <w:rsid w:val="00990E2C"/>
     <w:rsid w:val="009C1ECF"/>
-    <w:rsid w:val="009C24D6"/>
+    <w:rsid w:val="009C2477"/>
     <w:rsid w:val="009C61CD"/>
     <w:rsid w:val="009D30C6"/>
     <w:rsid w:val="009D3C70"/>
     <w:rsid w:val="009E7695"/>
     <w:rsid w:val="009F599A"/>
-    <w:rsid w:val="00A25835"/>
     <w:rsid w:val="00A449FA"/>
     <w:rsid w:val="00A941AB"/>
     <w:rsid w:val="00AB1A7E"/>
     <w:rsid w:val="00AB5878"/>
     <w:rsid w:val="00AB5E4B"/>
     <w:rsid w:val="00AC0097"/>
-    <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD25CD"/>
-    <w:rsid w:val="00AD57A7"/>
     <w:rsid w:val="00AE22EF"/>
     <w:rsid w:val="00AF09A5"/>
     <w:rsid w:val="00B003E1"/>
     <w:rsid w:val="00B10CC2"/>
     <w:rsid w:val="00B24E0A"/>
     <w:rsid w:val="00B34236"/>
     <w:rsid w:val="00B42309"/>
     <w:rsid w:val="00B53C37"/>
     <w:rsid w:val="00B735B4"/>
     <w:rsid w:val="00B74D3C"/>
+    <w:rsid w:val="00B91CCD"/>
     <w:rsid w:val="00B953E7"/>
     <w:rsid w:val="00B9752D"/>
     <w:rsid w:val="00BA2453"/>
     <w:rsid w:val="00BA4014"/>
     <w:rsid w:val="00BB0C36"/>
     <w:rsid w:val="00BB53A9"/>
     <w:rsid w:val="00BB6ABE"/>
     <w:rsid w:val="00BC0472"/>
     <w:rsid w:val="00BD0C07"/>
     <w:rsid w:val="00BD478C"/>
     <w:rsid w:val="00BE5B99"/>
     <w:rsid w:val="00BF1A87"/>
     <w:rsid w:val="00BF503A"/>
     <w:rsid w:val="00C06996"/>
     <w:rsid w:val="00C1042D"/>
-    <w:rsid w:val="00C10866"/>
     <w:rsid w:val="00C117FB"/>
     <w:rsid w:val="00C20354"/>
     <w:rsid w:val="00C31436"/>
     <w:rsid w:val="00C34B36"/>
     <w:rsid w:val="00C424CB"/>
     <w:rsid w:val="00C4273D"/>
     <w:rsid w:val="00C43B31"/>
     <w:rsid w:val="00C46A34"/>
     <w:rsid w:val="00C46D5B"/>
     <w:rsid w:val="00C60178"/>
     <w:rsid w:val="00C73E78"/>
     <w:rsid w:val="00CA044E"/>
     <w:rsid w:val="00CA0962"/>
     <w:rsid w:val="00CB0912"/>
     <w:rsid w:val="00CC4371"/>
     <w:rsid w:val="00CD0008"/>
     <w:rsid w:val="00CD1558"/>
     <w:rsid w:val="00CF1AED"/>
     <w:rsid w:val="00D12448"/>
     <w:rsid w:val="00D16CFC"/>
     <w:rsid w:val="00D25802"/>
     <w:rsid w:val="00D367B7"/>
     <w:rsid w:val="00D42573"/>
     <w:rsid w:val="00D554DC"/>
     <w:rsid w:val="00D6572B"/>
     <w:rsid w:val="00D8548B"/>
     <w:rsid w:val="00D8706A"/>
     <w:rsid w:val="00D95F24"/>
     <w:rsid w:val="00D9725E"/>
     <w:rsid w:val="00D97AF6"/>
     <w:rsid w:val="00DC0458"/>
     <w:rsid w:val="00DC2D1A"/>
-    <w:rsid w:val="00DD4C37"/>
     <w:rsid w:val="00DE11CA"/>
     <w:rsid w:val="00DE3CE6"/>
     <w:rsid w:val="00DF103D"/>
     <w:rsid w:val="00DF6C74"/>
     <w:rsid w:val="00DF6DC8"/>
     <w:rsid w:val="00E009ED"/>
     <w:rsid w:val="00E02C3B"/>
     <w:rsid w:val="00E402D2"/>
     <w:rsid w:val="00E43AD1"/>
     <w:rsid w:val="00E444D3"/>
     <w:rsid w:val="00E4598E"/>
     <w:rsid w:val="00E54690"/>
-    <w:rsid w:val="00E64BB9"/>
     <w:rsid w:val="00E74095"/>
     <w:rsid w:val="00E75907"/>
     <w:rsid w:val="00E81AF6"/>
     <w:rsid w:val="00E82E59"/>
     <w:rsid w:val="00E85FF0"/>
     <w:rsid w:val="00E87423"/>
     <w:rsid w:val="00E95C7E"/>
     <w:rsid w:val="00EA68F8"/>
     <w:rsid w:val="00EC189C"/>
     <w:rsid w:val="00ED2B41"/>
     <w:rsid w:val="00ED335A"/>
     <w:rsid w:val="00EE0D2E"/>
     <w:rsid w:val="00EF502C"/>
     <w:rsid w:val="00F1169E"/>
     <w:rsid w:val="00F321C3"/>
     <w:rsid w:val="00F66900"/>
-    <w:rsid w:val="00F806C5"/>
     <w:rsid w:val="00FA2B11"/>
     <w:rsid w:val="00FB5E96"/>
     <w:rsid w:val="00FC6F6F"/>
     <w:rsid w:val="00FD50AC"/>
     <w:rsid w:val="00FF04A3"/>
     <w:rsid w:val="00FF6993"/>
     <w:rsid w:val="0E05C866"/>
     <w:rsid w:val="111A7552"/>
     <w:rsid w:val="1527210F"/>
     <w:rsid w:val="24FCBD7E"/>
     <w:rsid w:val="30497187"/>
     <w:rsid w:val="380404C9"/>
     <w:rsid w:val="39B49577"/>
     <w:rsid w:val="3B18D800"/>
+    <w:rsid w:val="4D95A904"/>
     <w:rsid w:val="5285F943"/>
     <w:rsid w:val="6D9FDDE0"/>
     <w:rsid w:val="7993660F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="010FEF49"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{6C7DAD97-9C99-45A7-AFD8-326CB6F907BA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -1859,52 +1932,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -1971,228 +2044,253 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0020626B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0020626B"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0020626B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0020626B"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C31436"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005D6A76"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005D6A76"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="005D6A76"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005D6A76"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005D6A76"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00315D35"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:type="table" w:styleId="TableGrid">
+    <w:name xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="Table Grid"/>
+    <w:basedOn xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="TableNormal"/>
+    <w:uiPriority xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="59"/>
+    <w:rsid xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="00FB4123"/>
+    <w:pPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer.xml" Id="Rceb86000a11347b4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -2472,52 +2570,52 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Market Oversight Document" ma:contentTypeID="0x0101005A9549D9A06FAF49B2796176C16A6E111300C7071155F5C0E54B8FE2302CE8AED88B" ma:contentTypeVersion="39" ma:contentTypeDescription="Market Oversight Document" ma:contentTypeScope="" ma:versionID="4801af6b7b7c502053a695f5c3a1671a">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="964f0a7c-bcf0-4337-b577-3747e0a5c4bc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="995af0e5814f263705ac60fc418597c0" ns1:_="" ns2:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Market Oversight Document" ma:contentTypeID="0x0101005A9549D9A06FAF49B2796176C16A6E111300C7071155F5C0E54B8FE2302CE8AED88B" ma:contentTypeVersion="39" ma:contentTypeDescription="Market Oversight Document" ma:contentTypeScope="" ma:versionID="24e95742d60fc49dc023ed9cc81bd3bd">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="964f0a7c-bcf0-4337-b577-3747e0a5c4bc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="491071e76d029df8b961909d2086164e" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="964f0a7c-bcf0-4337-b577-3747e0a5c4bc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns2:j863df97efa040da9c8165feb4e31e75" minOccurs="0"/>
                 <xsd:element ref="ns2:i7382953a7c14d49b483126af46f0dd6" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns1:fca_mig_source" minOccurs="0"/>
                 <xsd:element ref="ns1:fca_mig_full_path" minOccurs="0"/>
                 <xsd:element ref="ns1:fca_mig_partial_path" minOccurs="0"/>
                 <xsd:element ref="ns1:fca_livelink_obj_id" minOccurs="0"/>
                 <xsd:element ref="ns1:fca_mig_date" minOccurs="0"/>
                 <xsd:element ref="ns1:fca_retention_trg_date" minOccurs="0"/>
                 <xsd:element ref="ns1:fca_livelink_description" minOccurs="0"/>
                 <xsd:element ref="ns1:fca_livelink_recstatus" minOccurs="0"/>
                 <xsd:element ref="ns1:fca_livelink_recstatus_date" minOccurs="0"/>
               </xsd:all>
@@ -2809,138 +2907,107 @@
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">845b5560-9b6f-4a1e-a867-32755fd1e2ef</TermId>
         </TermInfo>
       </Terms>
     </i7382953a7c14d49b483126af46f0dd6>
     <fca_livelink_obj_id xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <j863df97efa040da9c8165feb4e31e75 xmlns="964f0a7c-bcf0-4337-b577-3747e0a5c4bc">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">FCA Official</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">d07129ec-4894-4cda-af0c-a925cb68d6e3</TermId>
         </TermInfo>
       </Terms>
     </j863df97efa040da9c8165feb4e31e75>
     <fca_mig_source xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <fca_livelink_description xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <fca_mig_full_path xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <TaxCatchAll xmlns="964f0a7c-bcf0-4337-b577-3747e0a5c4bc">
       <Value>1</Value>
       <Value>72</Value>
     </TaxCatchAll>
     <fca_livelink_recstatus xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <fca_retention_trg_date xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <fca_livelink_recstatus_date xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <fca_mig_partial_path xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <_dlc_DocIdPersistId xmlns="964f0a7c-bcf0-4337-b577-3747e0a5c4bc">true</_dlc_DocIdPersistId>
-    <_dlc_DocId xmlns="964f0a7c-bcf0-4337-b577-3747e0a5c4bc">NF5A6K2SEEK5-2042245802-10216</_dlc_DocId>
+    <_dlc_DocId xmlns="964f0a7c-bcf0-4337-b577-3747e0a5c4bc">NF5A6K2SEEK5-2042245802-10459</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="964f0a7c-bcf0-4337-b577-3747e0a5c4bc">
-      <Url>https://thefca.sharepoint.com/sites/MarOveManAndAdm/_layouts/15/DocIdRedir.aspx?ID=NF5A6K2SEEK5-2042245802-10216</Url>
-      <Description>NF5A6K2SEEK5-2042245802-10216</Description>
+      <Url>https://thefca.sharepoint.com/sites/MarOveManAndAdm/_layouts/15/DocIdRedir.aspx?ID=NF5A6K2SEEK5-2042245802-10459</Url>
+      <Description>NF5A6K2SEEK5-2042245802-10459</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0544747E-A143-48ED-A033-9C84A34AA8A0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{902C4976-50D9-4377-BC0C-1176B5BFAA03}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3599BEF7-469B-4FBE-BF67-247FFF098328}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E82ADCB9-A91A-4AA2-AD31-8D2D356E7464}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4B7874A0-4325-4B1B-BDD7-4416247C01A8}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C0C3342E-795A-403A-97DC-CD928853A206}"/>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FA1DCF10-226E-47C2-B232-BED78691F203}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="964f0a7c-bcf0-4337-b577-3747e0a5c4bc"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...5 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="a89c36dd-eb6e-4146-9e53-9a30340f1d9f"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...16 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal.dotm</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Andrew Perkin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ClassificationContentMarkingHeaderShapeIds">
     <vt:lpwstr>1,2,3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ClassificationContentMarkingHeaderFontProps">
     <vt:lpwstr>#000000,10,Calibri</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ClassificationContentMarkingHeaderText">
@@ -3018,51 +3085,51 @@
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="Is_FirstChKInDone">
     <vt:lpwstr>Yes</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="_docset_NoMedatataSyncRequired">
     <vt:lpwstr>False</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="SharedWithUsers">
     <vt:lpwstr>121;#Juliet Shelmerdine;#1728;#Vicky Man;#3172;#Melanie Asare Pennant;#2692;#Raj Gopal;#1341;#Chris Williams;#2691;#Emanuele Gaspari</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="k33458bece80416c8b96573ef9e0ea33">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="psr_document_type">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="fedace31c6aa4bed8c6c593804fc2750">
     <vt:lpwstr>PSR Official|b6ccef73-4610-4fd0-96bf-ef7dd57576be</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="34" name="psr_information_classification">
     <vt:lpwstr>11;#PSR Official|b6ccef73-4610-4fd0-96bf-ef7dd57576be</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="35" name="docLang">
     <vt:lpwstr>en</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="36" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>d33c95a7-3a1e-4be7-81ce-63a72652c85d</vt:lpwstr>
+    <vt:lpwstr>648e59e8-1ad5-4672-9ea1-b44257077f1a</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="37" name="fca_mo_strat_plan_activity">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="38" name="h9ce592555f34107a592b4d210a2c502">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="39" name="df22cf11397c4bd28c2caa40384738b3">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="40" name="fca_training_category">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="41" name="fca_mo_system_type">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="42" name="fca_mo_slt_activity">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="43" name="fca_risk_type">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="44" name="h7e7e91044d2466580ccf22187dc7c36">
     <vt:lpwstr/>
   </property>