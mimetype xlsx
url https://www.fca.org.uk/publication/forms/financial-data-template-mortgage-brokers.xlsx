--- v0 (2025-12-12)
+++ v1 (2026-02-23)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29518"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://thefca.sharepoint.com/sites/PROJ_Auths_FinDataCollect/Shared Documents/Credit Lending/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://thefca-my.sharepoint.com/personal/neil_gregory_fca_org_uk/Documents/Documents/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{3BE49294-7C8E-47A8-9564-22D29F63EFF0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{508331EE-4521-4A31-910F-59CEA3A8464F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-7290" windowWidth="29040" windowHeight="15720" tabRatio="603" xr2:uid="{552AA2BE-F978-4914-8586-D9583E802BEB}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" tabRatio="603" xr2:uid="{552AA2BE-F978-4914-8586-D9583E802BEB}"/>
   </bookViews>
   <sheets>
     <sheet name="Guidance &amp; Glossary" sheetId="20" r:id="rId1"/>
     <sheet name="Incorporated" sheetId="21" r:id="rId2"/>
     <sheet name="Sole Trader &amp; Partnerships" sheetId="22" r:id="rId3"/>
     <sheet name="Sales Volumes" sheetId="27" r:id="rId4"/>
     <sheet name="Version" sheetId="8" state="veryHidden" r:id="rId5"/>
     <sheet name="Options" sheetId="16" state="veryHidden" r:id="rId6"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId7"/>
     <externalReference r:id="rId8"/>
     <externalReference r:id="rId9"/>
   </externalReferences>
   <definedNames>
     <definedName name="________a41" localSheetId="0" hidden="1">{"'BoardFigures-Orig'!$A$1:$T$31"}</definedName>
     <definedName name="________a41" hidden="1">{"'BoardFigures-Orig'!$A$1:$T$31"}</definedName>
     <definedName name="_______a41" localSheetId="0" hidden="1">{"'BoardFigures-Orig'!$A$1:$T$31"}</definedName>
     <definedName name="_______a41" hidden="1">{"'BoardFigures-Orig'!$A$1:$T$31"}</definedName>
     <definedName name="______a41" localSheetId="0" hidden="1">{"'BoardFigures-Orig'!$A$1:$T$31"}</definedName>
     <definedName name="______a41" hidden="1">{"'BoardFigures-Orig'!$A$1:$T$31"}</definedName>
     <definedName name="_____a41" localSheetId="0" hidden="1">{"'BoardFigures-Orig'!$A$1:$T$31"}</definedName>
     <definedName name="_____a41" hidden="1">{"'BoardFigures-Orig'!$A$1:$T$31"}</definedName>
     <definedName name="____a41" localSheetId="0" hidden="1">{"'BoardFigures-Orig'!$A$1:$T$31"}</definedName>
     <definedName name="____a41" hidden="1">{"'BoardFigures-Orig'!$A$1:$T$31"}</definedName>
@@ -166,51 +166,56 @@
     <definedName name="Z_75F1EC83_08D0_11D6_A155_0004ACDD2E93_.wvu.FilterData" hidden="1">#REF!</definedName>
     <definedName name="Z_76A81B49_3541_4F24_8B30_A6B3E6D1C305_.wvu.Rows" hidden="1">'[3]Customer Services Data'!$A$15:$IV$15,'[3]Customer Services Data'!$A$70:$IV$70</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="U23" i="27" l="1"/>
+  <c r="S23" i="27" l="1"/>
+  <c r="R23" i="27"/>
+  <c r="Q23" i="27"/>
+  <c r="P23" i="27"/>
+  <c r="O23" i="27"/>
+  <c r="U23" i="27"/>
   <c r="U22" i="27"/>
   <c r="U21" i="27"/>
   <c r="U20" i="27"/>
   <c r="U19" i="27"/>
   <c r="U18" i="27"/>
   <c r="U17" i="27"/>
   <c r="U16" i="27"/>
   <c r="U15" i="27"/>
   <c r="U14" i="27"/>
   <c r="U13" i="27"/>
   <c r="P74" i="22" l="1"/>
   <c r="P72" i="22"/>
   <c r="P71" i="22"/>
   <c r="P70" i="22"/>
   <c r="P69" i="22"/>
   <c r="P68" i="22"/>
   <c r="P66" i="22"/>
   <c r="P65" i="22"/>
   <c r="P64" i="22"/>
   <c r="P63" i="22"/>
   <c r="P62" i="22"/>
   <c r="P61" i="22"/>
   <c r="P60" i="22"/>
   <c r="P59" i="22"/>
   <c r="P58" i="22"/>
@@ -296,62 +301,57 @@
   <c r="P23" i="21"/>
   <c r="P22" i="21"/>
   <c r="P21" i="21"/>
   <c r="P20" i="21"/>
   <c r="P19" i="21"/>
   <c r="P18" i="21"/>
   <c r="P17" i="21"/>
   <c r="P16" i="21"/>
   <c r="P15" i="21"/>
   <c r="P14" i="21"/>
   <c r="P13" i="21"/>
   <c r="P11" i="21"/>
   <c r="P10" i="21"/>
   <c r="O2" i="21"/>
   <c r="A2" i="21"/>
   <c r="C11" i="21" l="1"/>
   <c r="C12" i="22"/>
   <c r="I9" i="22" l="1"/>
   <c r="B6" i="27"/>
   <c r="S22" i="27" l="1"/>
   <c r="R22" i="27"/>
   <c r="Q22" i="27"/>
   <c r="P22" i="27"/>
   <c r="O22" i="27"/>
   <c r="N22" i="27"/>
+  <c r="N23" i="27" s="1"/>
   <c r="S18" i="27"/>
-  <c r="S23" i="27" s="1"/>
   <c r="R18" i="27"/>
-  <c r="R23" i="27" s="1"/>
   <c r="Q18" i="27"/>
-  <c r="Q23" i="27" s="1"/>
   <c r="P18" i="27"/>
-  <c r="P23" i="27" s="1"/>
   <c r="O18" i="27"/>
-  <c r="O23" i="27" s="1"/>
   <c r="N18" i="27"/>
-  <c r="N23" i="27" s="1"/>
   <c r="J21" i="27"/>
   <c r="I21" i="27"/>
   <c r="H21" i="27"/>
   <c r="G21" i="27"/>
   <c r="F21" i="27"/>
   <c r="E21" i="27"/>
   <c r="J20" i="27"/>
   <c r="I20" i="27"/>
   <c r="H20" i="27"/>
   <c r="G20" i="27"/>
   <c r="F20" i="27"/>
   <c r="E20" i="27"/>
   <c r="J19" i="27"/>
   <c r="I19" i="27"/>
   <c r="H19" i="27"/>
   <c r="G19" i="27"/>
   <c r="F19" i="27"/>
   <c r="E19" i="27"/>
   <c r="J17" i="27"/>
   <c r="I17" i="27"/>
   <c r="J16" i="27"/>
   <c r="I16" i="27"/>
   <c r="J15" i="27"/>
   <c r="I15" i="27"/>
   <c r="J14" i="27"/>
@@ -612,262 +612,179 @@
             <family val="2"/>
           </rPr>
           <t>to allow comparability with annual historical and forecasted figures, please ensure you provide annual figures under Current financial year. This practically means that, depending on your firm's year-end and the timing you submit these figures, you may have some months of actual and some months of forecast data for this current period.</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/comments3.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Tim Luetchford</author>
   </authors>
   <commentList>
     <comment ref="C17" authorId="0" shapeId="0" xr:uid="{F18783BD-25CA-4433-874C-5AD43AC0C516}">
       <text>
         <r>
           <rPr>
             <sz val="10"/>
             <color theme="1"/>
             <rFont val="Verdana"/>
             <family val="2"/>
           </rPr>
-          <t xml:space="preserve">Please specify each activity individually </t>
+          <t>Please specify each activity individually</t>
         </r>
       </text>
     </comment>
     <comment ref="M17" authorId="0" shapeId="0" xr:uid="{67A628AC-3522-4190-AD40-E706DCA461B1}">
       <text>
         <r>
           <rPr>
-            <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
-          <t>Tim Luetchford:</t>
-[...9 lines deleted...]
-Please specify</t>
+          <t>Please specify each activity individually</t>
         </r>
       </text>
     </comment>
     <comment ref="C21" authorId="0" shapeId="0" xr:uid="{FD963708-BCAC-413E-8114-2736A6FDACA7}">
       <text>
         <r>
           <rPr>
             <sz val="10"/>
             <color theme="1"/>
             <rFont val="Verdana"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">Please specify each activity individually </t>
         </r>
       </text>
     </comment>
     <comment ref="M21" authorId="0" shapeId="0" xr:uid="{017FBC83-4954-4BD0-8313-67BB76703FE4}">
       <text>
         <r>
           <rPr>
-            <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
-          <t>Tim Luetchford:</t>
-[...9 lines deleted...]
-Please specify</t>
+          <t>Please specify each activity individually</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="430" uniqueCount="285">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="431" uniqueCount="286">
   <si>
     <t>Financial Data Template for Mortgage Brokers</t>
   </si>
   <si>
-    <t xml:space="preserve"> v1.0</t>
-[...1 lines deleted...]
-  <si>
     <t>Please note that this template does NOT replace the financial questions in any other forms you need to submit as part of your application. Please refer to the pages specific to your business model, ensuring you complete and submit the relevant forms.</t>
   </si>
   <si>
     <t>Guidance for firms</t>
   </si>
   <si>
-    <r>
-[...22 lines deleted...]
-  <si>
     <t>This file contains two templates to accommodate different firm structures, labelled as "Incorporated" and "Sole Trader &amp; Partnerships". Please refer to the table below to determine which template is relevant for your firm.</t>
   </si>
   <si>
     <t>Template</t>
   </si>
   <si>
     <t>Firm Structure</t>
   </si>
   <si>
     <t>Incorporated</t>
   </si>
   <si>
     <t>For a firm of any size, that is incorporated through different legal status under the Companies Act 2006 (e.g. Private Limited Company (Ltd), Limited Liability Partnership (LLP), etc.).</t>
   </si>
   <si>
     <t>Sole Trader &amp; Partnerships</t>
   </si>
   <si>
     <t>For a sole trader or an unincorporated partnership as per UK Company Law.</t>
   </si>
   <si>
     <t>1. For firms completing the "Sole Trader &amp; Partnerships" template, please specify whether your firm is a sole trader or partnership at the top of the page.</t>
   </si>
   <si>
     <t>2. Please select the currency at the top of the page if NOT reporting in GBP (all figures are in GBP by default). Accepted currencies are EUR, USD, CAD, SEK, CHF, and JPY.</t>
   </si>
   <si>
-    <r>
-[...26 lines deleted...]
-  <si>
     <t>5. For all financial data entered, please ensure you adhere to the conditions below:</t>
   </si>
   <si>
     <t xml:space="preserve">5.1. The data item should comply with the principles and requirements of the firm's accounting framework, which will generally be UK GAAP (including relevant provisions of the Companies Acts 1985 and 2006 as appropriate) or IFRS. </t>
   </si>
   <si>
     <t xml:space="preserve">5.2. The data item should be unconsolidated. </t>
   </si>
   <si>
     <t>5.3. The data item should be rounded to whole numbers and in single units.</t>
   </si>
   <si>
     <t>5.4. The data item should be left blank where the item does not apply to the firm.</t>
   </si>
   <si>
     <t>5.5. The data item should be in GBP or one of the accepted non-GBP currencies if submitting as per the currency in your audited accounts. Accepted currencies are: EUR, USD, CAD, SEK, CHF, and JPY.</t>
   </si>
   <si>
     <t>5.6. The data item should be for the whole financial year. Where the current financial year is not complete, the data item should incorporate a forecast to complete the dataset for the whole financial year.</t>
   </si>
   <si>
     <t>5.7. The data item for expenses in the Income Statement and liabilities in the Balance Sheet should be in positive numbers, except where this not relevant.</t>
   </si>
   <si>
     <t xml:space="preserve">5.8. The data item should be in agreement with the underlying accounting records. </t>
   </si>
   <si>
     <t xml:space="preserve">5.9. Accounting policies should be consistent with those adopted in the statutory Annual Accounts and should be consistently applied. </t>
   </si>
   <si>
     <t xml:space="preserve">5.10. Information required should be prepared in accordance with generally accepted accounting standards. </t>
   </si>
   <si>
     <t xml:space="preserve">5.11. The data item should not give a misleading impression of the firm. A data item is likely to give a misleading impression if a firm wrongly omits or includes a material item or presents a material item in the wrong way. </t>
   </si>
   <si>
     <t>5.12. The requirement that any figures be audited does not apply to small companies exempted from audit under the Companies Act 2005.</t>
   </si>
   <si>
-    <t>6. Please ensure the template does not contain error messages and that the Balance Sheet is balanced upon submission to the FCA.</t>
-[...1 lines deleted...]
-  <si>
     <t>7. Please input a breakdown of your sales volumes in the "Sales Volumes" page.</t>
   </si>
   <si>
     <t>7.1. Input a breakdown of sales volumes in columns N to S. This should be the number of products.</t>
-  </si>
-[...1 lines deleted...]
-    <t>7.2. Revenue figures entered in the Income Statement will auto populate in columns E to J.</t>
   </si>
   <si>
     <t xml:space="preserve">Glossary of terms used in the templates </t>
   </si>
   <si>
     <t>Term</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Revenue/Sales Revenue OR Turnover/Income</t>
   </si>
   <si>
     <t>Money that a business receives from selling its goods/services before any deductions.</t>
   </si>
   <si>
     <t>Cost of Sales/Cost of Goods Sold</t>
   </si>
   <si>
     <t xml:space="preserve">Expense items that a business incurs to sell/provide goods or services they offer - e.g. a motor dealer carrying out a service/repair before a car is put up for sale or a Mortgage broker paying a surveyor for a home buyers' report as part of the mortgage sale they provide to the customer. </t>
   </si>
   <si>
     <t>Gross Profit/Sales Profit/Gross Income</t>
   </si>
@@ -1073,98 +990,50 @@
   </si>
   <si>
     <t>Retained Earnings</t>
   </si>
   <si>
     <t>Money/Cash retained by the firm in the business, after distribution of dividends.  
 This is sometimes called the profit/loss account - the running total of the firms profit/losses after taking out drawings or dividends.</t>
   </si>
   <si>
     <t>Partnership Capital</t>
   </si>
   <si>
     <t xml:space="preserve">The amount of money the partners have invested in the business.  </t>
   </si>
   <si>
     <t xml:space="preserve">Sole trader capital </t>
   </si>
   <si>
     <t>The amount of money a Sole Trader has invested in the business.</t>
   </si>
   <si>
     <t>Total Equity</t>
   </si>
   <si>
     <t>Equity represents the value that would be returned to a firm's shareholders if all of the assets were liquidated and all of the firm's debts were paid off. It is also referred as "total shareholder funds".</t>
-  </si>
-[...46 lines deleted...]
-    <t>statement</t>
   </si>
   <si>
     <t>To fill in if you are an incorporated company; either as a large or micro company, as per UK Company Law.</t>
   </si>
   <si>
     <t>A large or micro company could be incorporated through different legal status (e.g. limited company, limited liability partnership).</t>
   </si>
   <si>
     <t>Currency Units: Single</t>
   </si>
   <si>
     <t>Please select currency if NOT in British Pound Sterling (GBP):</t>
   </si>
   <si>
     <t>Historical actuals (previous financial year -2)</t>
   </si>
   <si>
     <t>Historical actuals (previous financial year -1)</t>
   </si>
   <si>
     <t xml:space="preserve">Current financial year </t>
   </si>
   <si>
     <t>Forecast year 1</t>
   </si>
@@ -1335,54 +1204,50 @@
     <t>Total liabilities</t>
   </si>
   <si>
     <t>Equity</t>
   </si>
   <si>
     <t>Share capital</t>
   </si>
   <si>
     <t>Retained earnings</t>
   </si>
   <si>
     <t>Total equity</t>
   </si>
   <si>
     <t>Balance Sheet Data Validation</t>
   </si>
   <si>
     <t>To fill in if you are a sole trader or an unincorporated partnership, as per UK Company Law</t>
   </si>
   <si>
     <t>Select the relevant option from the drop-down list below</t>
   </si>
   <si>
     <t>Please select firm legal status:</t>
-  </si>
-[...2 lines deleted...]
-(Key assumptions, drivers for material movements, explanations if the historical amounts cannot be directly reconciled to the financial statements. Provide supporting evidence/documents where relevant)</t>
   </si>
   <si>
     <t>Total expenses</t>
   </si>
   <si>
     <t>Net profit</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Please describe the business activities of your firm in the Comments field. Your description should detail </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
@@ -1431,72 +1296,63 @@
   <si>
     <t>Bank overdraft balance</t>
   </si>
   <si>
     <t>Unsecured loans</t>
   </si>
   <si>
     <t>Hire purchase/secured loans</t>
   </si>
   <si>
     <t>Other liabilities</t>
   </si>
   <si>
     <t>Business Equity</t>
   </si>
   <si>
     <t>Comments</t>
   </si>
   <si>
     <t xml:space="preserve">Personal Assets </t>
   </si>
   <si>
     <t>House</t>
   </si>
   <si>
-    <t>Other real property</t>
-[...1 lines deleted...]
-  <si>
     <t>Contents</t>
   </si>
   <si>
     <t>Investments</t>
   </si>
   <si>
     <t>Bank balance(s)</t>
   </si>
   <si>
     <t xml:space="preserve">Total Assets </t>
   </si>
   <si>
     <t>Personal Liabilities</t>
-  </si>
-[...4 lines deleted...]
-    <t>Credit card balance(s)</t>
   </si>
   <si>
     <t xml:space="preserve">Total Liabilities </t>
   </si>
   <si>
     <t>Net Worth</t>
   </si>
   <si>
     <t>Qualitative Assessment / Additional Information Required</t>
   </si>
   <si>
     <t>INSTRUCTIONS:</t>
   </si>
   <si>
     <t>Please enter sales volumes data in columns N to S. If not provided in your application, please detail your fee structures in the notes box below.</t>
   </si>
   <si>
     <t>Historic Period is only required if you have previously been trading - this should be your most recent financial year</t>
   </si>
   <si>
     <t>Sales Volumes</t>
   </si>
   <si>
     <t>Item</t>
   </si>
@@ -1533,212 +1389,343 @@
   <si>
     <t>Version History</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Changes</t>
   </si>
   <si>
     <t>1. First draft of template with initial ideas.</t>
   </si>
   <si>
     <t>1. Added income split in Income Statement from the P&amp;L tab.
 2. Adjusted layout of business balance sheet in 'Sole Trader &amp; Partnerships' tab to remove validation check</t>
   </si>
   <si>
     <t>1. Removed section on liquidity requirment from Qualitative Questions tab, not applicable for this type of firm
 2. Added question on firm structure in Qualitative Questions tab
 3. Adjusted period columns in P&amp;L tab to be consistent with financial statements</t>
   </si>
   <si>
+    <t>Suggestions:</t>
+  </si>
+  <si>
+    <t>Include a drop-down menu for firm type (disregard this if there are too many firm types) - fields in the forms can be more dynamic to accommodate relevant firm type</t>
+  </si>
+  <si>
+    <t>As an option, drop-down could only include 'incorporated', 'partnership', 'LLP', and 'sole trader'</t>
+  </si>
+  <si>
+    <t>Prudential Regime</t>
+  </si>
+  <si>
+    <t>FCA Handbook Section</t>
+  </si>
+  <si>
+    <t>FCA Handbook Description</t>
+  </si>
+  <si>
+    <t>CMCOB</t>
+  </si>
+  <si>
+    <t>Business Standards</t>
+  </si>
+  <si>
+    <t>Claims Management</t>
+  </si>
+  <si>
+    <t>CONC</t>
+  </si>
+  <si>
+    <t>Specialist Sourcebooks</t>
+  </si>
+  <si>
+    <t>Consumer Credit</t>
+  </si>
+  <si>
+    <t>FPCOB</t>
+  </si>
+  <si>
+    <t>Funeral Plan</t>
+  </si>
+  <si>
+    <t>IPRU-INV 3</t>
+  </si>
+  <si>
+    <t>Prudential Standards</t>
+  </si>
+  <si>
+    <t>Investment Businesses</t>
+  </si>
+  <si>
+    <t>IPRU-INV 5</t>
+  </si>
+  <si>
+    <t>IPRU-INV 11</t>
+  </si>
+  <si>
+    <t>IPRU-INV 12</t>
+  </si>
+  <si>
+    <t>IPRU-INV 13</t>
+  </si>
+  <si>
+    <t>MIFIDPRU</t>
+  </si>
+  <si>
+    <t>MiFID Investment Firms</t>
+  </si>
+  <si>
+    <t>MIPRU</t>
+  </si>
+  <si>
+    <t>Mortgage and Home Finance Firms, and Insurance Intermediaries</t>
+  </si>
+  <si>
+    <t>EMR</t>
+  </si>
+  <si>
+    <t>PSR</t>
+  </si>
+  <si>
+    <t>MLR</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t>Currency</t>
+  </si>
+  <si>
+    <t>GBP</t>
+  </si>
+  <si>
+    <t>EUR</t>
+  </si>
+  <si>
+    <t>USD</t>
+  </si>
+  <si>
+    <t>CAD</t>
+  </si>
+  <si>
+    <t>SEK</t>
+  </si>
+  <si>
+    <t>CHF</t>
+  </si>
+  <si>
+    <t>JPY</t>
+  </si>
+  <si>
+    <t>Currency Unit</t>
+  </si>
+  <si>
+    <t>Single</t>
+  </si>
+  <si>
+    <t>Thousands</t>
+  </si>
+  <si>
+    <t>Legal Structure</t>
+  </si>
+  <si>
+    <t>Large company</t>
+  </si>
+  <si>
+    <t>Micro company</t>
+  </si>
+  <si>
+    <t>Partnership</t>
+  </si>
+  <si>
+    <t>Sole trader</t>
+  </si>
+  <si>
+    <t>6. Please ensure the template does not contain error messages and that the Balance Sheet is balanced upon submission to the FCA.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">3. Please enter your accounting year-end date in the "Current financial year" field in the Income Statement and any corresponding notes for the current period in the "Comments" section. </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>This must be entered first before completing the template</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>.
+Note: year-end dates in other statements and other periods are auto-filled based on your input in the "Current financial year" in the Income Statement. If appropriate, you may type in the year-end dates for other periods, in the format 'DD/MM/YYYY'.</t>
+    </r>
+  </si>
+  <si>
+    <t>Comments
+(Key assumptions, drivers for material movements, explanations if the historical amounts cannot be directly reconciled to the financial statements. Provide supporting evidence/documents where relevant)</t>
+  </si>
+  <si>
+    <t>4. For relevant financial years, please input financial data in the cells with grids. In the "Comments" column, input key assumptions, drivers for material movements, and explanations if the historical amounts cannot be directly reconciled to the financial statements.</t>
+  </si>
+  <si>
+    <t>7.2. Revenue figures entered in the Income Statement will auto populate in columns E to J.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">This guide sets out how to complete the Financial Data Template. </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t>Provide supporting evidence/documents where relevant</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Verdana"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> (e.g., letters of intent, bank statements, details of any debt facilities, cashflow statement, etc.) when submitting this template to the FCA.</t>
+    </r>
+  </si>
+  <si>
+    <t>Mortgage(s)</t>
+  </si>
+  <si>
+    <t>Credit card balance(s)</t>
+  </si>
+  <si>
+    <t>Other real property</t>
+  </si>
+  <si>
+    <t>currency</t>
+  </si>
+  <si>
+    <t>q_number</t>
+  </si>
+  <si>
+    <t>q_text1</t>
+  </si>
+  <si>
+    <t>q_text2</t>
+  </si>
+  <si>
+    <t>q_text3</t>
+  </si>
+  <si>
+    <t>q_text4</t>
+  </si>
+  <si>
+    <t>fy-2</t>
+  </si>
+  <si>
+    <t>fy-1</t>
+  </si>
+  <si>
+    <t>fy</t>
+  </si>
+  <si>
+    <t>fy+1</t>
+  </si>
+  <si>
+    <t>fy+2</t>
+  </si>
+  <si>
+    <t>fy+3</t>
+  </si>
+  <si>
+    <t>version</t>
+  </si>
+  <si>
+    <t>comments</t>
+  </si>
+  <si>
+    <t>units</t>
+  </si>
+  <si>
+    <t>statement</t>
+  </si>
+  <si>
     <t>TBC</t>
   </si>
   <si>
     <t>1. First publication version.</t>
   </si>
   <si>
-    <t>Suggestions:</t>
-[...134 lines deleted...]
-    <t>Sole trader</t>
+    <t xml:space="preserve"> v1.1</t>
+  </si>
+  <si>
+    <t>1. Corrected formula errors in the Sales Volumes tab in cells N23:S23</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="5">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
     <numFmt numFmtId="166" formatCode="dd/mm/yyyy;@"/>
     <numFmt numFmtId="167" formatCode="&quot;£&quot;#,##0.00"/>
   </numFmts>
-  <fonts count="49">
+  <fonts count="49" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Verdana"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
@@ -1896,57 +1883,50 @@
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Verdana"/>
-      <family val="2"/>
-[...5 lines deleted...]
-      <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="FFFFFFFF"/>
@@ -2363,587 +2343,491 @@
       <right/>
       <top style="dotted">
         <color indexed="64"/>
       </top>
       <bottom style="dotted">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="dotted">
         <color indexed="64"/>
       </right>
       <top style="dotted">
         <color indexed="64"/>
       </top>
       <bottom style="dotted">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="165">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="11" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="12" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="10" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="10" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="13" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="14" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...3 lines deleted...]
-    <xf numFmtId="14" fontId="11" fillId="7" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="12" fillId="7" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="5"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="29" fillId="5" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="5"/>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="0" xfId="5" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="30" fillId="5" borderId="0" xfId="5" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="30" fillId="5" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="5" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="5" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="5" applyFont="1"/>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="5" applyFont="1"/>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="5" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="5" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="5" applyFont="1"/>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="5" applyFont="1"/>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="5" applyFont="1"/>
+    <xf numFmtId="166" fontId="3" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="5" applyFont="1"/>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="5" applyFont="1"/>
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="30" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="31" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="5" applyFont="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="5" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="5" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="5" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="5" applyFont="1"/>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="5" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="5" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="5" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="5" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="5" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="5" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="5" borderId="0" xfId="5" applyFill="1"/>
-    <xf numFmtId="0" fontId="2" fillId="5" borderId="0" xfId="5" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="0" xfId="5" applyFill="1"/>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="0" xfId="5" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="5" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="5" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="5" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="5" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="5" applyFont="1"/>
-    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="5" applyFont="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="5" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="5" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="5" applyFont="1"/>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="41" fillId="0" borderId="0" xfId="5" applyFont="1"/>
     <xf numFmtId="0" fontId="42" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="8" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="8" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="8" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="8" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="4"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="5" quotePrefix="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="5" quotePrefix="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="43" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment vertical="center" readingOrder="1"/>
     </xf>
-    <xf numFmtId="164" fontId="30" fillId="0" borderId="10" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="31" fillId="0" borderId="10" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="30" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="31" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="166" fontId="2" fillId="0" borderId="10" xfId="5" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="32" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="166" fontId="3" fillId="0" borderId="10" xfId="5" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="9" xfId="5" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="9" xfId="5" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="30" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="31" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="166" fontId="2" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="166" fontId="3" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="5" applyFont="1"/>
-    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="5" applyFont="1"/>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="5" borderId="8" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="8" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="44" fillId="8" borderId="16" xfId="3" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="5" fillId="8" borderId="17" xfId="3" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="8" borderId="17" xfId="3" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="45" fillId="8" borderId="17" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="8" borderId="17" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="6" fillId="8" borderId="17" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="8" borderId="18" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="6" fillId="8" borderId="18" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="19" xfId="3" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="20" xfId="3" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="19" xfId="3" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="20" xfId="3" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="46" fillId="2" borderId="20" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="164" fontId="15" fillId="2" borderId="20" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="16" fillId="2" borderId="20" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="15" fillId="2" borderId="21" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="16" fillId="2" borderId="21" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="5" borderId="0" xfId="5" applyFont="1" applyFill="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="14" fontId="11" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="31" fillId="5" borderId="0" xfId="5" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="0" xfId="5" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="5" applyFont="1"/>
+    <xf numFmtId="14" fontId="12" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="2" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="29" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="30" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="164" fontId="29" fillId="0" borderId="9" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="30" fillId="0" borderId="9" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="164" fontId="10" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="167" fontId="2" fillId="0" borderId="0" xfId="5" applyNumberFormat="1"/>
+    <xf numFmtId="167" fontId="3" fillId="0" borderId="0" xfId="5" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="5" applyFont="1"/>
+    <xf numFmtId="164" fontId="2" fillId="5" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="167" fontId="2" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="5" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="2" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="47" fillId="5" borderId="0" xfId="5" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="48" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="167" fontId="5" fillId="0" borderId="4" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="6" fillId="0" borderId="4" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="5" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="22" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="6" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="4"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="23" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="22" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="24" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="23" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="8" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="24" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="8" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="22" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="23" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="24" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="8" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="8" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="8" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="5" borderId="8" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="8" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="8" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="8" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="8" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="8" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="4"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="8" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="8" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="8" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="22" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="23" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="24" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="5" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="5" borderId="8" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="8" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="5" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="22" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="5" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="23" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
-[...26 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="13" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="13" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="15" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="15" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
-[...13 lines deleted...]
-    <xf numFmtId="167" fontId="1" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Comma 2" xfId="4" xr:uid="{82CC82A1-70F2-4FFD-9092-8867216A153A}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="3" xr:uid="{2C4D3736-E3E7-4366-BBA4-3A150BFCB997}"/>
     <cellStyle name="Normal 3" xfId="5" xr:uid="{18071B82-DB34-4E7D-A816-CEF7E600ED7F}"/>
     <cellStyle name="Normal_SUP 16 Annex 24 R FSA029 to FAS044 FINAL 20060522" xfId="2" xr:uid="{C06AA1DD-EBBC-4C88-A619-A31ED43D6F78}"/>
   </cellStyles>
   <dxfs count="43">
-    <dxf>
-[...92 lines deleted...]
-    </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFDDDE"/>
         </patternFill>
       </fill>
       <border>
         <left style="thin">
           <color rgb="FFFF0000"/>
         </left>
         <right style="thin">
           <color rgb="FFFF0000"/>
         </right>
         <top style="thin">
           <color rgb="FFFF0000"/>
         </top>
         <bottom style="thin">
           <color rgb="FFFF0000"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <fill>
@@ -3136,50 +3020,76 @@
       <font>
         <b val="0"/>
         <i/>
         <color rgb="FFFF0000"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFDDDE"/>
         </patternFill>
       </fill>
       <border>
         <left style="thin">
           <color rgb="FFFF0000"/>
         </left>
         <right style="thin">
           <color rgb="FFFF0000"/>
         </right>
         <top style="thin">
           <color rgb="FFFF0000"/>
         </top>
         <bottom style="thin">
           <color rgb="FFFF0000"/>
         </bottom>
         <vertical/>
         <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i/>
+        <color rgb="FFFF0000"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFDDDE"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left style="thin">
+          <color rgb="FFFF0000"/>
+        </left>
+        <right style="thin">
+          <color rgb="FFFF0000"/>
+        </right>
+        <top style="thin">
+          <color rgb="FFFF0000"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFFF0000"/>
+        </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color rgb="FFFF0000"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <border>
         <left/>
         <right/>
         <top/>
         <bottom/>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <font>
         <b/>
@@ -3683,50 +3593,118 @@
       </border>
     </dxf>
     <dxf>
       <border>
         <left/>
         <right/>
         <top/>
         <bottom/>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <color theme="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
+    <dxf>
+      <font>
+        <color theme="0" tint="-0.24994659260841701"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left style="thin">
+          <color rgb="FFFF0000"/>
+        </left>
+        <right style="thin">
+          <color rgb="FFFF0000"/>
+        </right>
+        <top style="thin">
+          <color rgb="FFFF0000"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFFF0000"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="0" tint="-0.24994659260841701"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left/>
+        <right/>
+        <top/>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Verdana"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+      </font>
+    </dxf>
   </dxfs>
   <tableStyles count="1" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="Invisible" pivot="0" table="0" count="0" xr9:uid="{9CD45264-D6A6-4D66-8C7F-F9D0FCEF423F}"/>
   </tableStyles>
   <colors>
     <mruColors>
       <color rgb="FFFFDDDE"/>
       <color rgb="FFFF585D"/>
       <color rgb="FFC3F3FD"/>
       <color rgb="FFFFBBBD"/>
       <color rgb="FF701B45"/>
       <color rgb="FF660033"/>
       <color rgb="FFFF999B"/>
       <color rgb="FFAA0004"/>
       <color rgb="FFF5EBFF"/>
       <color rgb="FFF3E7FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
@@ -3850,53 +3828,65 @@
       <sheetName val="FSA044"/>
       <sheetName val="Balance Sheet"/>
       <sheetName val="Summary P&amp;L"/>
       <sheetName val="Jul 19 Mapping BS"/>
       <sheetName val="Jul'19 MappingP&amp;L"/>
       <sheetName val="XYZ"/>
       <sheetName val="Jul mvnt"/>
       <sheetName val="Jul YTD"/>
       <sheetName val="Jun mvnt"/>
       <sheetName val="Jun YTD"/>
       <sheetName val="May mvnt"/>
       <sheetName val="May YTD"/>
       <sheetName val="Apr mvnt"/>
       <sheetName val="July"/>
       <sheetName val="Apr"/>
       <sheetName val="Mar"/>
       <sheetName val="Mar Monthly"/>
       <sheetName val="Dec"/>
       <sheetName val="Nov"/>
       <sheetName val="Oct"/>
       <sheetName val="sept"/>
       <sheetName val="SGAM Sept"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0" refreshError="1"/>
-      <sheetData sheetId="1"/>
+      <sheetData sheetId="1">
+        <row r="1">
+          <cell r="A1" t="str">
+            <v>FSA002</v>
+          </cell>
+        </row>
+      </sheetData>
       <sheetData sheetId="2" refreshError="1"/>
-      <sheetData sheetId="3"/>
+      <sheetData sheetId="3">
+        <row r="1">
+          <cell r="A1" t="str">
+            <v>FSA004</v>
+          </cell>
+        </row>
+      </sheetData>
       <sheetData sheetId="4" refreshError="1"/>
       <sheetData sheetId="5" refreshError="1"/>
       <sheetData sheetId="6" refreshError="1"/>
       <sheetData sheetId="7" refreshError="1"/>
       <sheetData sheetId="8" refreshError="1"/>
       <sheetData sheetId="9" refreshError="1"/>
       <sheetData sheetId="10" refreshError="1"/>
       <sheetData sheetId="11" refreshError="1"/>
       <sheetData sheetId="12" refreshError="1"/>
       <sheetData sheetId="13" refreshError="1"/>
       <sheetData sheetId="14" refreshError="1"/>
       <sheetData sheetId="15" refreshError="1"/>
       <sheetData sheetId="16" refreshError="1"/>
       <sheetData sheetId="17" refreshError="1"/>
       <sheetData sheetId="18" refreshError="1"/>
       <sheetData sheetId="19" refreshError="1"/>
       <sheetData sheetId="20" refreshError="1"/>
       <sheetData sheetId="21" refreshError="1"/>
       <sheetData sheetId="22" refreshError="1"/>
       <sheetData sheetId="23" refreshError="1"/>
       <sheetData sheetId="24" refreshError="1"/>
       <sheetData sheetId="25" refreshError="1"/>
       <sheetData sheetId="26" refreshError="1"/>
       <sheetData sheetId="27" refreshError="1"/>
       <sheetData sheetId="28" refreshError="1"/>
@@ -4009,103 +3999,103 @@
     <sheetDataSet>
       <sheetData sheetId="0" refreshError="1"/>
       <sheetData sheetId="1" refreshError="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3" refreshError="1"/>
       <sheetData sheetId="4" refreshError="1"/>
       <sheetData sheetId="5" refreshError="1"/>
       <sheetData sheetId="6" refreshError="1"/>
       <sheetData sheetId="7" refreshError="1"/>
       <sheetData sheetId="8" refreshError="1"/>
       <sheetData sheetId="9" refreshError="1"/>
       <sheetData sheetId="10" refreshError="1"/>
       <sheetData sheetId="11" refreshError="1"/>
       <sheetData sheetId="12" refreshError="1"/>
       <sheetData sheetId="13"/>
       <sheetData sheetId="14" refreshError="1"/>
       <sheetData sheetId="15" refreshError="1"/>
       <sheetData sheetId="16" refreshError="1"/>
       <sheetData sheetId="17" refreshError="1"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{BA1F8A06-4AB4-4AA5-B0E7-EB867363BDA3}" name="Table1" displayName="Table1" ref="B5:D9" totalsRowShown="0" headerRowDxfId="1">
-  <autoFilter ref="B5:D9" xr:uid="{BA1F8A06-4AB4-4AA5-B0E7-EB867363BDA3}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{BA1F8A06-4AB4-4AA5-B0E7-EB867363BDA3}" name="Table1" displayName="Table1" ref="B5:D10" totalsRowShown="0" headerRowDxfId="42">
+  <autoFilter ref="B5:D10" xr:uid="{BA1F8A06-4AB4-4AA5-B0E7-EB867363BDA3}"/>
   <tableColumns count="3">
     <tableColumn id="1" xr3:uid="{57EBEE97-AF63-4CF4-9745-CF1CCCF7DE98}" name="Version"/>
     <tableColumn id="2" xr3:uid="{6B8B2908-816F-4B6E-89C9-816334A9F98E}" name="Publication Date"/>
-    <tableColumn id="3" xr3:uid="{65EA828C-1E1E-4B37-A54C-42AFE28B3F5B}" name="Changes" dataDxfId="0"/>
+    <tableColumn id="3" xr3:uid="{65EA828C-1E1E-4B37-A54C-42AFE28B3F5B}" name="Changes" dataDxfId="41"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -4167,51 +4157,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -4309,4339 +4299,4348 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{689B8EEE-94A1-461D-BFD5-808981F5DCB9}">
   <sheetPr codeName="Sheet1">
     <tabColor rgb="FF701B45"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B3:E78"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="8" topLeftCell="A9" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A9" sqref="A9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="13.5"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="13.5" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="5.28515625" style="27" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="16384" width="9.140625" style="27"/>
+    <col min="1" max="1" width="5.26953125" style="26" customWidth="1"/>
+    <col min="2" max="2" width="34" style="26" customWidth="1"/>
+    <col min="3" max="3" width="17.1796875" style="26" customWidth="1"/>
+    <col min="4" max="4" width="62.453125" style="26" customWidth="1"/>
+    <col min="5" max="5" width="67.453125" style="26" customWidth="1"/>
+    <col min="6" max="6" width="5.26953125" style="26" customWidth="1"/>
+    <col min="7" max="16384" width="9.1796875" style="26"/>
   </cols>
   <sheetData>
-    <row r="3" spans="2:5" ht="23.1">
-[...7 lines deleted...]
-      <c r="B4" s="64" t="s">
+    <row r="3" spans="2:5" ht="23" x14ac:dyDescent="0.45">
+      <c r="B3" s="23" t="s">
+        <v>0</v>
+      </c>
+      <c r="C3" s="62"/>
+      <c r="D3" s="62"/>
+    </row>
+    <row r="4" spans="2:5" ht="14" x14ac:dyDescent="0.3">
+      <c r="B4" s="63" t="s">
+        <v>284</v>
+      </c>
+      <c r="C4" s="63"/>
+      <c r="D4" s="63"/>
+    </row>
+    <row r="7" spans="2:5" ht="28.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B7" s="134" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="64"/>
-[...3 lines deleted...]
-      <c r="B7" s="139" t="s">
+      <c r="C7" s="134"/>
+      <c r="D7" s="134"/>
+      <c r="E7" s="134"/>
+    </row>
+    <row r="10" spans="2:5" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B10" s="19" t="s">
         <v>2</v>
       </c>
-      <c r="C7" s="139"/>
-[...11 lines deleted...]
-    <row r="12" spans="2:5" ht="39" customHeight="1">
+      <c r="C10" s="64"/>
+      <c r="D10" s="64"/>
+      <c r="E10" s="65"/>
+    </row>
+    <row r="12" spans="2:5" ht="39" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B12" s="135" t="s">
-        <v>4</v>
+        <v>262</v>
       </c>
       <c r="C12" s="135"/>
       <c r="D12" s="135"/>
       <c r="E12" s="135"/>
     </row>
-    <row r="13" spans="2:5" ht="34.5" customHeight="1">
+    <row r="13" spans="2:5" ht="34.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B13" s="135" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="C13" s="135"/>
       <c r="D13" s="135"/>
       <c r="E13" s="135"/>
     </row>
-    <row r="15" spans="2:5" ht="20.25" customHeight="1">
-      <c r="B15" s="86" t="s">
+    <row r="15" spans="2:5" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B15" s="85" t="s">
+        <v>4</v>
+      </c>
+      <c r="C15" s="136" t="s">
+        <v>5</v>
+      </c>
+      <c r="D15" s="137"/>
+      <c r="E15" s="138"/>
+    </row>
+    <row r="16" spans="2:5" ht="39.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B16" s="66" t="s">
         <v>6</v>
       </c>
-      <c r="C15" s="140" t="s">
+      <c r="C16" s="139" t="s">
         <v>7</v>
       </c>
-      <c r="D15" s="141"/>
-[...3 lines deleted...]
-      <c r="B16" s="67" t="s">
+      <c r="D16" s="140"/>
+      <c r="E16" s="141"/>
+    </row>
+    <row r="17" spans="2:5" ht="27.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B17" s="66" t="s">
         <v>8</v>
       </c>
-      <c r="C16" s="143" t="s">
+      <c r="C17" s="151" t="s">
         <v>9</v>
       </c>
-      <c r="D16" s="144"/>
-[...3 lines deleted...]
-      <c r="B17" s="67" t="s">
+      <c r="D17" s="152"/>
+      <c r="E17" s="153"/>
+    </row>
+    <row r="20" spans="2:5" ht="25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B20" s="132" t="s">
         <v>10</v>
       </c>
-      <c r="C17" s="125" t="s">
+      <c r="C20" s="132"/>
+      <c r="D20" s="132"/>
+      <c r="E20" s="132"/>
+    </row>
+    <row r="21" spans="2:5" ht="25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B21" s="133" t="s">
         <v>11</v>
       </c>
-      <c r="D17" s="126"/>
-[...3 lines deleted...]
-      <c r="B20" s="146" t="s">
+      <c r="C21" s="133"/>
+      <c r="D21" s="133"/>
+      <c r="E21" s="133"/>
+    </row>
+    <row r="22" spans="2:5" ht="66" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B22" s="133" t="s">
+        <v>258</v>
+      </c>
+      <c r="C22" s="133"/>
+      <c r="D22" s="133"/>
+      <c r="E22" s="133"/>
+    </row>
+    <row r="23" spans="2:5" ht="35.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B23" s="133" t="s">
+        <v>260</v>
+      </c>
+      <c r="C23" s="133"/>
+      <c r="D23" s="133"/>
+      <c r="E23" s="133"/>
+    </row>
+    <row r="24" spans="2:5" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B24" s="132" t="s">
         <v>12</v>
       </c>
-      <c r="C20" s="146"/>
-[...4 lines deleted...]
-      <c r="B21" s="147" t="s">
+      <c r="C24" s="132"/>
+      <c r="D24" s="132"/>
+      <c r="E24" s="132"/>
+    </row>
+    <row r="25" spans="2:5" ht="34" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B25" s="131" t="s">
         <v>13</v>
       </c>
-      <c r="C21" s="147"/>
-[...4 lines deleted...]
-      <c r="B22" s="147" t="s">
+      <c r="C25" s="131"/>
+      <c r="D25" s="131"/>
+      <c r="E25" s="131"/>
+    </row>
+    <row r="26" spans="2:5" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B26" s="68" t="s">
         <v>14</v>
       </c>
-      <c r="C22" s="147"/>
-[...4 lines deleted...]
-      <c r="B23" s="147" t="s">
+      <c r="C26" s="69"/>
+      <c r="D26" s="69"/>
+      <c r="E26" s="69"/>
+    </row>
+    <row r="27" spans="2:5" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B27" s="68" t="s">
         <v>15</v>
       </c>
-      <c r="C23" s="147"/>
-[...4 lines deleted...]
-      <c r="B24" s="146" t="s">
+      <c r="C27" s="69"/>
+      <c r="D27" s="69"/>
+      <c r="E27" s="69"/>
+    </row>
+    <row r="28" spans="2:5" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B28" s="68" t="s">
         <v>16</v>
       </c>
-      <c r="C24" s="146"/>
-[...4 lines deleted...]
-      <c r="B25" s="134" t="s">
+      <c r="C28" s="69"/>
+      <c r="D28" s="69"/>
+      <c r="E28" s="69"/>
+    </row>
+    <row r="29" spans="2:5" ht="34" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B29" s="131" t="s">
         <v>17</v>
       </c>
-      <c r="C25" s="134"/>
-[...4 lines deleted...]
-      <c r="B26" s="69" t="s">
+      <c r="C29" s="131"/>
+      <c r="D29" s="131"/>
+      <c r="E29" s="131"/>
+    </row>
+    <row r="30" spans="2:5" ht="33" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B30" s="131" t="s">
         <v>18</v>
       </c>
-      <c r="C26" s="70"/>
-[...4 lines deleted...]
-      <c r="B27" s="69" t="s">
+      <c r="C30" s="131"/>
+      <c r="D30" s="131"/>
+      <c r="E30" s="131"/>
+    </row>
+    <row r="31" spans="2:5" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B31" s="131" t="s">
         <v>19</v>
       </c>
-      <c r="C27" s="70"/>
-[...4 lines deleted...]
-      <c r="B28" s="69" t="s">
+      <c r="C31" s="131"/>
+      <c r="D31" s="131"/>
+      <c r="E31" s="131"/>
+    </row>
+    <row r="32" spans="2:5" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B32" s="68" t="s">
         <v>20</v>
       </c>
-      <c r="C28" s="70"/>
-[...4 lines deleted...]
-      <c r="B29" s="134" t="s">
+      <c r="C32" s="69"/>
+      <c r="D32" s="69"/>
+      <c r="E32" s="69"/>
+    </row>
+    <row r="33" spans="2:5" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B33" s="68" t="s">
         <v>21</v>
       </c>
-      <c r="C29" s="134"/>
-[...4 lines deleted...]
-      <c r="B30" s="134" t="s">
+      <c r="C33" s="69"/>
+      <c r="D33" s="69"/>
+      <c r="E33" s="69"/>
+    </row>
+    <row r="34" spans="2:5" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B34" s="68" t="s">
         <v>22</v>
       </c>
-      <c r="C30" s="134"/>
-[...4 lines deleted...]
-      <c r="B31" s="134" t="s">
+      <c r="C34" s="69"/>
+      <c r="D34" s="69"/>
+      <c r="E34" s="69"/>
+    </row>
+    <row r="35" spans="2:5" ht="34" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B35" s="131" t="s">
         <v>23</v>
       </c>
-      <c r="C31" s="134"/>
-[...4 lines deleted...]
-      <c r="B32" s="69" t="s">
+      <c r="C35" s="131"/>
+      <c r="D35" s="131"/>
+      <c r="E35" s="131"/>
+    </row>
+    <row r="36" spans="2:5" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B36" s="131" t="s">
         <v>24</v>
       </c>
-      <c r="C32" s="70"/>
-[...35 lines deleted...]
-    <row r="37" spans="2:5" ht="24.95" customHeight="1">
+      <c r="C36" s="131"/>
+      <c r="D36" s="131"/>
+      <c r="E36" s="131"/>
+    </row>
+    <row r="37" spans="2:5" ht="25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B37" s="135" t="s">
-        <v>29</v>
+        <v>257</v>
       </c>
       <c r="C37" s="135"/>
       <c r="D37" s="135"/>
       <c r="E37" s="135"/>
     </row>
-    <row r="38" spans="2:5" ht="22.5" customHeight="1">
+    <row r="38" spans="2:5" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B38" s="135" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="C38" s="135"/>
       <c r="D38" s="135"/>
       <c r="E38" s="135"/>
     </row>
-    <row r="39" spans="2:5" ht="22.5" customHeight="1">
-      <c r="B39" s="138" t="s">
+    <row r="39" spans="2:5" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B39" s="148" t="s">
+        <v>26</v>
+      </c>
+      <c r="C39" s="148"/>
+      <c r="D39" s="148"/>
+      <c r="E39" s="148"/>
+    </row>
+    <row r="40" spans="2:5" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B40" s="148" t="s">
+        <v>261</v>
+      </c>
+      <c r="C40" s="148"/>
+      <c r="D40" s="148"/>
+      <c r="E40" s="148"/>
+    </row>
+    <row r="41" spans="2:5" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B41" s="60"/>
+      <c r="C41" s="60"/>
+      <c r="D41" s="60"/>
+    </row>
+    <row r="42" spans="2:5" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B42" s="70"/>
+      <c r="C42" s="70"/>
+      <c r="D42" s="70"/>
+    </row>
+    <row r="43" spans="2:5" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B43" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="C43" s="64"/>
+      <c r="D43" s="64"/>
+    </row>
+    <row r="44" spans="2:5" s="46" customFormat="1" ht="15.5" x14ac:dyDescent="0.3">
+      <c r="B44" s="71"/>
+      <c r="C44" s="71"/>
+      <c r="D44" s="71"/>
+      <c r="E44" s="71"/>
+    </row>
+    <row r="45" spans="2:5" s="46" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B45" s="144" t="s">
+        <v>28</v>
+      </c>
+      <c r="C45" s="144"/>
+      <c r="D45" s="144" t="s">
+        <v>29</v>
+      </c>
+      <c r="E45" s="144"/>
+    </row>
+    <row r="46" spans="2:5" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B46" s="142" t="s">
+        <v>30</v>
+      </c>
+      <c r="C46" s="142"/>
+      <c r="D46" s="145" t="s">
         <v>31</v>
       </c>
-      <c r="C39" s="138"/>
-[...4 lines deleted...]
-      <c r="B40" s="138" t="s">
+      <c r="E46" s="145"/>
+    </row>
+    <row r="47" spans="2:5" ht="48" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B47" s="146" t="s">
         <v>32</v>
       </c>
-      <c r="C40" s="138"/>
-[...14 lines deleted...]
-      <c r="B43" s="19" t="s">
+      <c r="C47" s="146"/>
+      <c r="D47" s="145" t="s">
         <v>33</v>
       </c>
-      <c r="C43" s="65"/>
-[...9 lines deleted...]
-      <c r="B45" s="136" t="s">
+      <c r="E47" s="145"/>
+    </row>
+    <row r="48" spans="2:5" ht="27" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B48" s="67" t="s">
         <v>34</v>
       </c>
-      <c r="C45" s="136"/>
-      <c r="D45" s="136" t="s">
+      <c r="C48" s="67"/>
+      <c r="D48" s="143" t="s">
         <v>35</v>
       </c>
-      <c r="E45" s="136"/>
-[...2 lines deleted...]
-      <c r="B46" s="130" t="s">
+      <c r="E48" s="143"/>
+    </row>
+    <row r="49" spans="2:5" ht="33" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B49" s="147" t="s">
         <v>36</v>
       </c>
-      <c r="C46" s="130"/>
-      <c r="D46" s="137" t="s">
+      <c r="C49" s="147"/>
+      <c r="D49" s="143" t="s">
         <v>37</v>
       </c>
-      <c r="E46" s="137"/>
-[...2 lines deleted...]
-      <c r="B47" s="131" t="s">
+      <c r="E49" s="143"/>
+    </row>
+    <row r="50" spans="2:5" ht="56.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B50" s="142" t="s">
         <v>38</v>
       </c>
-      <c r="C47" s="131"/>
-      <c r="D47" s="137" t="s">
+      <c r="C50" s="142"/>
+      <c r="D50" s="143" t="s">
         <v>39</v>
       </c>
-      <c r="E47" s="137"/>
-[...2 lines deleted...]
-      <c r="B48" s="68" t="s">
+      <c r="E50" s="143"/>
+    </row>
+    <row r="51" spans="2:5" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B51" s="149" t="s">
         <v>40</v>
       </c>
-      <c r="C48" s="68"/>
-      <c r="D48" s="129" t="s">
+      <c r="C51" s="149"/>
+      <c r="D51" s="143" t="s">
         <v>41</v>
       </c>
-      <c r="E48" s="129"/>
-[...2 lines deleted...]
-      <c r="B49" s="128" t="s">
+      <c r="E51" s="143"/>
+    </row>
+    <row r="52" spans="2:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B52" s="142" t="s">
         <v>42</v>
       </c>
-      <c r="C49" s="128"/>
-      <c r="D49" s="129" t="s">
+      <c r="C52" s="142"/>
+      <c r="D52" s="143" t="s">
         <v>43</v>
       </c>
-      <c r="E49" s="129"/>
-[...2 lines deleted...]
-      <c r="B50" s="130" t="s">
+      <c r="E52" s="143"/>
+    </row>
+    <row r="53" spans="2:5" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B53" s="147" t="s">
         <v>44</v>
       </c>
-      <c r="C50" s="130"/>
-      <c r="D50" s="129" t="s">
+      <c r="C53" s="147"/>
+      <c r="D53" s="150" t="s">
         <v>45</v>
       </c>
-      <c r="E50" s="129"/>
-[...2 lines deleted...]
-      <c r="B51" s="133" t="s">
+      <c r="E53" s="150"/>
+    </row>
+    <row r="54" spans="2:5" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B54" s="147" t="s">
         <v>46</v>
       </c>
-      <c r="C51" s="133"/>
-      <c r="D51" s="129" t="s">
+      <c r="C54" s="147"/>
+      <c r="D54" s="143" t="s">
         <v>47</v>
       </c>
-      <c r="E51" s="129"/>
-[...2 lines deleted...]
-      <c r="B52" s="130" t="s">
+      <c r="E54" s="143"/>
+    </row>
+    <row r="55" spans="2:5" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B55" s="147" t="s">
         <v>48</v>
       </c>
-      <c r="C52" s="130"/>
-      <c r="D52" s="129" t="s">
+      <c r="C55" s="147"/>
+      <c r="D55" s="150" t="s">
         <v>49</v>
       </c>
-      <c r="E52" s="129"/>
-[...2 lines deleted...]
-      <c r="B53" s="128" t="s">
+      <c r="E55" s="150"/>
+    </row>
+    <row r="56" spans="2:5" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B56" s="146" t="s">
         <v>50</v>
       </c>
-      <c r="C53" s="128"/>
-      <c r="D53" s="132" t="s">
+      <c r="C56" s="146"/>
+      <c r="D56" s="143" t="s">
         <v>51</v>
       </c>
-      <c r="E53" s="132"/>
-[...2 lines deleted...]
-      <c r="B54" s="128" t="s">
+      <c r="E56" s="143"/>
+    </row>
+    <row r="57" spans="2:5" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B57" s="146" t="s">
         <v>52</v>
       </c>
-      <c r="C54" s="128"/>
-      <c r="D54" s="129" t="s">
+      <c r="C57" s="146"/>
+      <c r="D57" s="143" t="s">
         <v>53</v>
       </c>
-      <c r="E54" s="129"/>
-[...2 lines deleted...]
-      <c r="B55" s="128" t="s">
+      <c r="E57" s="143"/>
+    </row>
+    <row r="58" spans="2:5" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B58" s="147" t="s">
         <v>54</v>
       </c>
-      <c r="C55" s="128"/>
-      <c r="D55" s="132" t="s">
+      <c r="C58" s="147"/>
+      <c r="D58" s="143" t="s">
         <v>55</v>
       </c>
-      <c r="E55" s="132"/>
-[...2 lines deleted...]
-      <c r="B56" s="131" t="s">
+      <c r="E58" s="143"/>
+    </row>
+    <row r="59" spans="2:5" ht="44.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B59" s="149" t="s">
         <v>56</v>
       </c>
-      <c r="C56" s="131"/>
-      <c r="D56" s="129" t="s">
+      <c r="C59" s="149"/>
+      <c r="D59" s="143" t="s">
         <v>57</v>
       </c>
-      <c r="E56" s="129"/>
-[...2 lines deleted...]
-      <c r="B57" s="131" t="s">
+      <c r="E59" s="143"/>
+    </row>
+    <row r="60" spans="2:5" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B60" s="147" t="s">
         <v>58</v>
       </c>
-      <c r="C57" s="131"/>
-      <c r="D57" s="129" t="s">
+      <c r="C60" s="147"/>
+      <c r="D60" s="150" t="s">
         <v>59</v>
       </c>
-      <c r="E57" s="129"/>
-[...2 lines deleted...]
-      <c r="B58" s="128" t="s">
+      <c r="E60" s="150"/>
+    </row>
+    <row r="61" spans="2:5" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B61" s="146" t="s">
         <v>60</v>
       </c>
-      <c r="C58" s="128"/>
-      <c r="D58" s="129" t="s">
+      <c r="C61" s="146"/>
+      <c r="D61" s="143" t="s">
         <v>61</v>
       </c>
-      <c r="E58" s="129"/>
-[...2 lines deleted...]
-      <c r="B59" s="133" t="s">
+      <c r="E61" s="143"/>
+    </row>
+    <row r="62" spans="2:5" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B62" s="146" t="s">
         <v>62</v>
       </c>
-      <c r="C59" s="133"/>
-      <c r="D59" s="129" t="s">
+      <c r="C62" s="146"/>
+      <c r="D62" s="143" t="s">
         <v>63</v>
       </c>
-      <c r="E59" s="129"/>
-[...2 lines deleted...]
-      <c r="B60" s="128" t="s">
+      <c r="E62" s="143"/>
+    </row>
+    <row r="63" spans="2:5" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B63" s="146" t="s">
         <v>64</v>
       </c>
-      <c r="C60" s="128"/>
-      <c r="D60" s="132" t="s">
+      <c r="C63" s="146"/>
+      <c r="D63" s="150" t="s">
         <v>65</v>
       </c>
-      <c r="E60" s="132"/>
-[...2 lines deleted...]
-      <c r="B61" s="131" t="s">
+      <c r="E63" s="150"/>
+    </row>
+    <row r="64" spans="2:5" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B64" s="147" t="s">
         <v>66</v>
       </c>
-      <c r="C61" s="131"/>
-      <c r="D61" s="129" t="s">
+      <c r="C64" s="147"/>
+      <c r="D64" s="143" t="s">
         <v>67</v>
       </c>
-      <c r="E61" s="129"/>
-[...2 lines deleted...]
-      <c r="B62" s="131" t="s">
+      <c r="E64" s="143"/>
+    </row>
+    <row r="65" spans="2:5" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B65" s="142" t="s">
         <v>68</v>
       </c>
-      <c r="C62" s="131"/>
-      <c r="D62" s="129" t="s">
+      <c r="C65" s="142"/>
+      <c r="D65" s="143" t="s">
         <v>69</v>
       </c>
-      <c r="E62" s="129"/>
-[...2 lines deleted...]
-      <c r="B63" s="131" t="s">
+      <c r="E65" s="143"/>
+    </row>
+    <row r="66" spans="2:5" ht="32.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B66" s="142" t="s">
         <v>70</v>
       </c>
-      <c r="C63" s="131"/>
-      <c r="D63" s="132" t="s">
+      <c r="C66" s="142"/>
+      <c r="D66" s="143" t="s">
         <v>71</v>
       </c>
-      <c r="E63" s="132"/>
-[...2 lines deleted...]
-      <c r="B64" s="128" t="s">
+      <c r="E66" s="143"/>
+    </row>
+    <row r="67" spans="2:5" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B67" s="149" t="s">
         <v>72</v>
       </c>
-      <c r="C64" s="128"/>
-      <c r="D64" s="129" t="s">
+      <c r="C67" s="149"/>
+      <c r="D67" s="143" t="s">
         <v>73</v>
       </c>
-      <c r="E64" s="129"/>
-[...2 lines deleted...]
-      <c r="B65" s="130" t="s">
+      <c r="E67" s="143"/>
+    </row>
+    <row r="68" spans="2:5" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B68" s="149" t="s">
         <v>74</v>
       </c>
-      <c r="C65" s="130"/>
-      <c r="D65" s="129" t="s">
+      <c r="C68" s="149"/>
+      <c r="D68" s="143" t="s">
         <v>75</v>
       </c>
-      <c r="E65" s="129"/>
-[...2 lines deleted...]
-      <c r="B66" s="130" t="s">
+      <c r="E68" s="143"/>
+    </row>
+    <row r="69" spans="2:5" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B69" s="146" t="s">
         <v>76</v>
       </c>
-      <c r="C66" s="130"/>
-      <c r="D66" s="129" t="s">
+      <c r="C69" s="146"/>
+      <c r="D69" s="143" t="s">
         <v>77</v>
       </c>
-      <c r="E66" s="129"/>
-[...2 lines deleted...]
-      <c r="B67" s="133" t="s">
+      <c r="E69" s="143"/>
+    </row>
+    <row r="70" spans="2:5" ht="39.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B70" s="142" t="s">
         <v>78</v>
       </c>
-      <c r="C67" s="133"/>
-      <c r="D67" s="129" t="s">
+      <c r="C70" s="142"/>
+      <c r="D70" s="143" t="s">
         <v>79</v>
       </c>
-      <c r="E67" s="129"/>
-[...2 lines deleted...]
-      <c r="B68" s="133" t="s">
+      <c r="E70" s="143"/>
+    </row>
+    <row r="71" spans="2:5" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B71" s="146" t="s">
         <v>80</v>
       </c>
-      <c r="C68" s="133"/>
-      <c r="D68" s="129" t="s">
+      <c r="C71" s="146"/>
+      <c r="D71" s="143" t="s">
         <v>81</v>
       </c>
-      <c r="E68" s="129"/>
-[...2 lines deleted...]
-      <c r="B69" s="131" t="s">
+      <c r="E71" s="143"/>
+    </row>
+    <row r="72" spans="2:5" ht="24" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B72" s="146" t="s">
         <v>82</v>
       </c>
-      <c r="C69" s="131"/>
-      <c r="D69" s="129" t="s">
+      <c r="C72" s="146"/>
+      <c r="D72" s="150" t="s">
         <v>83</v>
       </c>
-      <c r="E69" s="129"/>
-[...2 lines deleted...]
-      <c r="B70" s="130" t="s">
+      <c r="E72" s="150"/>
+    </row>
+    <row r="73" spans="2:5" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B73" s="146" t="s">
         <v>84</v>
       </c>
-      <c r="C70" s="130"/>
-      <c r="D70" s="129" t="s">
+      <c r="C73" s="146"/>
+      <c r="D73" s="143" t="s">
         <v>85</v>
       </c>
-      <c r="E70" s="129"/>
-[...2 lines deleted...]
-      <c r="B71" s="131" t="s">
+      <c r="E73" s="143"/>
+    </row>
+    <row r="74" spans="2:5" ht="34.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B74" s="147" t="s">
         <v>86</v>
       </c>
-      <c r="C71" s="131"/>
-      <c r="D71" s="129" t="s">
+      <c r="C74" s="147"/>
+      <c r="D74" s="143" t="s">
         <v>87</v>
       </c>
-      <c r="E71" s="129"/>
-[...2 lines deleted...]
-      <c r="B72" s="131" t="s">
+      <c r="E74" s="143"/>
+    </row>
+    <row r="75" spans="2:5" ht="42.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B75" s="147" t="s">
         <v>88</v>
       </c>
-      <c r="C72" s="131"/>
-      <c r="D72" s="132" t="s">
+      <c r="C75" s="147"/>
+      <c r="D75" s="143" t="s">
         <v>89</v>
       </c>
-      <c r="E72" s="132"/>
-[...2 lines deleted...]
-      <c r="B73" s="131" t="s">
+      <c r="E75" s="143"/>
+    </row>
+    <row r="76" spans="2:5" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B76" s="142" t="s">
         <v>90</v>
       </c>
-      <c r="C73" s="131"/>
-      <c r="D73" s="129" t="s">
+      <c r="C76" s="142"/>
+      <c r="D76" s="143" t="s">
         <v>91</v>
       </c>
-      <c r="E73" s="129"/>
-[...2 lines deleted...]
-      <c r="B74" s="128" t="s">
+      <c r="E76" s="143"/>
+    </row>
+    <row r="77" spans="2:5" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B77" s="146" t="s">
         <v>92</v>
       </c>
-      <c r="C74" s="128"/>
-      <c r="D74" s="129" t="s">
+      <c r="C77" s="146"/>
+      <c r="D77" s="150" t="s">
         <v>93</v>
       </c>
-      <c r="E74" s="129"/>
-[...2 lines deleted...]
-      <c r="B75" s="128" t="s">
+      <c r="E77" s="150"/>
+    </row>
+    <row r="78" spans="2:5" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B78" s="147" t="s">
         <v>94</v>
       </c>
-      <c r="C75" s="128"/>
-      <c r="D75" s="129" t="s">
+      <c r="C78" s="147"/>
+      <c r="D78" s="143" t="s">
         <v>95</v>
       </c>
-      <c r="E75" s="129"/>
-[...29 lines deleted...]
-      <c r="E78" s="129"/>
+      <c r="E78" s="143"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="xMl67SHFdaPxWZ4XbUDbsLIfHiSrvEBr2oO88a/1sDJcz+IzLukZNhPOvfrLanUm7alnG8s4OY2p4l2XXuRS9A==" saltValue="k1V/L/qPQOuUlpwpn5zF1A==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="Su0t15CgGtH3XNJE46ztWgGYZpYoC/JxEFJ+tkCnV3tDpduFoHVmIGGWCC4H5n0N4PZp9N3aqnHyKz98dXBoLA==" saltValue="RsNJ1voNVDx6lYkPjlLTQQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="88">
-    <mergeCell ref="B35:E35"/>
-[...13 lines deleted...]
-    <mergeCell ref="C16:E16"/>
+    <mergeCell ref="C17:E17"/>
+    <mergeCell ref="B78:C78"/>
+    <mergeCell ref="D78:E78"/>
+    <mergeCell ref="B75:C75"/>
+    <mergeCell ref="D75:E75"/>
+    <mergeCell ref="B76:C76"/>
+    <mergeCell ref="D76:E76"/>
+    <mergeCell ref="B77:C77"/>
+    <mergeCell ref="D77:E77"/>
+    <mergeCell ref="B72:C72"/>
+    <mergeCell ref="D72:E72"/>
+    <mergeCell ref="B73:C73"/>
+    <mergeCell ref="D73:E73"/>
+    <mergeCell ref="B74:C74"/>
+    <mergeCell ref="D74:E74"/>
+    <mergeCell ref="B69:C69"/>
+    <mergeCell ref="D69:E69"/>
+    <mergeCell ref="B70:C70"/>
+    <mergeCell ref="D70:E70"/>
+    <mergeCell ref="B71:C71"/>
+    <mergeCell ref="D71:E71"/>
+    <mergeCell ref="B66:C66"/>
+    <mergeCell ref="D66:E66"/>
+    <mergeCell ref="B67:C67"/>
+    <mergeCell ref="D67:E67"/>
+    <mergeCell ref="B68:C68"/>
+    <mergeCell ref="D68:E68"/>
+    <mergeCell ref="B63:C63"/>
+    <mergeCell ref="D63:E63"/>
+    <mergeCell ref="B64:C64"/>
+    <mergeCell ref="D64:E64"/>
+    <mergeCell ref="B65:C65"/>
+    <mergeCell ref="D65:E65"/>
+    <mergeCell ref="B60:C60"/>
+    <mergeCell ref="D60:E60"/>
+    <mergeCell ref="B61:C61"/>
+    <mergeCell ref="D61:E61"/>
+    <mergeCell ref="B62:C62"/>
+    <mergeCell ref="D62:E62"/>
+    <mergeCell ref="B57:C57"/>
+    <mergeCell ref="D57:E57"/>
+    <mergeCell ref="B58:C58"/>
+    <mergeCell ref="D58:E58"/>
+    <mergeCell ref="B59:C59"/>
+    <mergeCell ref="D59:E59"/>
+    <mergeCell ref="B54:C54"/>
+    <mergeCell ref="D54:E54"/>
+    <mergeCell ref="B55:C55"/>
+    <mergeCell ref="D55:E55"/>
+    <mergeCell ref="B56:C56"/>
+    <mergeCell ref="D56:E56"/>
+    <mergeCell ref="B51:C51"/>
+    <mergeCell ref="D51:E51"/>
+    <mergeCell ref="B52:C52"/>
+    <mergeCell ref="D52:E52"/>
+    <mergeCell ref="B53:C53"/>
+    <mergeCell ref="D53:E53"/>
     <mergeCell ref="B50:C50"/>
     <mergeCell ref="D50:E50"/>
     <mergeCell ref="B36:E36"/>
     <mergeCell ref="B37:E37"/>
     <mergeCell ref="B45:C45"/>
     <mergeCell ref="D45:E45"/>
     <mergeCell ref="B46:C46"/>
     <mergeCell ref="D46:E46"/>
     <mergeCell ref="B47:C47"/>
     <mergeCell ref="D47:E47"/>
     <mergeCell ref="D48:E48"/>
     <mergeCell ref="B49:C49"/>
     <mergeCell ref="D49:E49"/>
     <mergeCell ref="B38:E38"/>
     <mergeCell ref="B39:E39"/>
     <mergeCell ref="B40:E40"/>
-    <mergeCell ref="B51:C51"/>
-[...55 lines deleted...]
-    <mergeCell ref="B69:C69"/>
+    <mergeCell ref="B7:E7"/>
+    <mergeCell ref="B12:E12"/>
+    <mergeCell ref="B13:E13"/>
+    <mergeCell ref="C15:E15"/>
+    <mergeCell ref="C16:E16"/>
+    <mergeCell ref="B35:E35"/>
+    <mergeCell ref="B20:E20"/>
+    <mergeCell ref="B21:E21"/>
+    <mergeCell ref="B22:E22"/>
+    <mergeCell ref="B23:E23"/>
+    <mergeCell ref="B24:E24"/>
+    <mergeCell ref="B25:E25"/>
+    <mergeCell ref="B29:E29"/>
+    <mergeCell ref="B30:E30"/>
+    <mergeCell ref="B31:E31"/>
   </mergeCells>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="76" fitToHeight="0" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Aptos"&amp;10&amp;K000000 FCA Public&amp;1#_x000D_</oddHeader>
+  </headerFooter>
   <rowBreaks count="3" manualBreakCount="3">
     <brk id="23" max="5" man="1"/>
     <brk id="41" max="5" man="1"/>
     <brk id="63" max="5" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3DE64673-C6E5-4A73-8B71-0021668B5829}">
   <sheetPr codeName="Sheet3">
     <tabColor rgb="FFFF585D"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:P100"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
+      <selection activeCell="I13" sqref="I13"/>
       <selection pane="bottomLeft" activeCell="A10" sqref="A10"/>
-      <selection activeCell="I13" sqref="I13"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" customHeight="1"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="4.140625" style="27" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="17" max="16384" width="9.140625" style="27"/>
+    <col min="1" max="2" width="4.1796875" style="26" customWidth="1"/>
+    <col min="3" max="3" width="12.7265625" style="26" customWidth="1"/>
+    <col min="4" max="4" width="13.81640625" style="26" customWidth="1"/>
+    <col min="5" max="5" width="41.54296875" style="26" customWidth="1"/>
+    <col min="6" max="6" width="6.54296875" style="30" customWidth="1"/>
+    <col min="7" max="8" width="18.453125" style="26" customWidth="1"/>
+    <col min="9" max="9" width="19" style="26" customWidth="1"/>
+    <col min="10" max="12" width="18.453125" style="26" customWidth="1"/>
+    <col min="13" max="13" width="1.453125" style="26" customWidth="1"/>
+    <col min="14" max="14" width="83.81640625" style="26" customWidth="1"/>
+    <col min="15" max="15" width="4.1796875" style="26" customWidth="1"/>
+    <col min="16" max="16" width="9.1796875" style="83"/>
+    <col min="17" max="16384" width="9.1796875" style="26"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="12.75" customHeight="1">
-[...50 lines deleted...]
-      <c r="A2" s="116">
+    <row r="1" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="122" t="s">
+        <v>266</v>
+      </c>
+      <c r="B1" s="122" t="s">
+        <v>267</v>
+      </c>
+      <c r="C1" s="122" t="s">
+        <v>268</v>
+      </c>
+      <c r="D1" s="122" t="s">
+        <v>269</v>
+      </c>
+      <c r="E1" s="122" t="s">
+        <v>270</v>
+      </c>
+      <c r="F1" s="122" t="s">
+        <v>271</v>
+      </c>
+      <c r="G1" s="122" t="s">
+        <v>272</v>
+      </c>
+      <c r="H1" s="122" t="s">
+        <v>273</v>
+      </c>
+      <c r="I1" s="122" t="s">
+        <v>274</v>
+      </c>
+      <c r="J1" s="122" t="s">
+        <v>275</v>
+      </c>
+      <c r="K1" s="122" t="s">
+        <v>276</v>
+      </c>
+      <c r="L1" s="122" t="s">
+        <v>277</v>
+      </c>
+      <c r="M1" s="122" t="s">
+        <v>278</v>
+      </c>
+      <c r="N1" s="122" t="s">
+        <v>279</v>
+      </c>
+      <c r="O1" s="122" t="s">
+        <v>280</v>
+      </c>
+      <c r="P1" s="83" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16" ht="13.5" x14ac:dyDescent="0.3">
+      <c r="A2" s="122">
         <f>G8</f>
         <v>0</v>
       </c>
-      <c r="B2" s="28" t="s">
-[...12 lines deleted...]
-      <c r="M2" s="117" t="str">
+      <c r="B2" s="27" t="s">
+        <v>96</v>
+      </c>
+      <c r="C2" s="28"/>
+      <c r="D2" s="28"/>
+      <c r="E2" s="28"/>
+      <c r="F2" s="29"/>
+      <c r="G2" s="28"/>
+      <c r="H2" s="28"/>
+      <c r="I2" s="28"/>
+      <c r="J2" s="28"/>
+      <c r="K2" s="28"/>
+      <c r="L2" s="28"/>
+      <c r="M2" s="123" t="str">
         <f>'Guidance &amp; Glossary'!B4</f>
-        <v xml:space="preserve"> v1.0</v>
-[...2 lines deleted...]
-      <c r="O2" s="84" t="str">
+        <v xml:space="preserve"> v1.1</v>
+      </c>
+      <c r="N2" s="28"/>
+      <c r="O2" s="83" t="str">
         <f>MID(B7,FIND(":",B7)+2,20)</f>
         <v>Single</v>
       </c>
     </row>
-    <row r="3" spans="1:16" ht="13.5">
-[...17 lines deleted...]
-      <c r="B6" s="27" t="str">
+    <row r="3" spans="1:16" ht="13.5" x14ac:dyDescent="0.3">
+      <c r="B3" s="27" t="s">
+        <v>97</v>
+      </c>
+      <c r="C3" s="28"/>
+      <c r="D3" s="28"/>
+      <c r="E3" s="28"/>
+      <c r="F3" s="29"/>
+      <c r="G3" s="28"/>
+      <c r="H3" s="28"/>
+      <c r="I3" s="28"/>
+      <c r="J3" s="28"/>
+      <c r="K3" s="28"/>
+      <c r="L3" s="28"/>
+      <c r="M3" s="28"/>
+      <c r="N3" s="28"/>
+    </row>
+    <row r="6" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B6" s="26" t="str">
         <f>"Currency: "&amp;IF($G$8="","GBP",$G$8)</f>
         <v>Currency: GBP</v>
       </c>
     </row>
-    <row r="7" spans="1:16" ht="12.75" customHeight="1">
-[...4 lines deleted...]
-    <row r="8" spans="1:16" ht="12.75" customHeight="1">
+    <row r="7" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B7" s="26" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B8" s="5" t="s">
-        <v>121</v>
+        <v>99</v>
       </c>
       <c r="G8" s="8"/>
     </row>
-    <row r="10" spans="1:16" ht="45.95">
-      <c r="C10" s="148" t="str">
+    <row r="10" spans="1:16" ht="46" x14ac:dyDescent="0.3">
+      <c r="C10" s="154" t="str">
         <f>"Income Statement"</f>
         <v>Income Statement</v>
       </c>
-      <c r="D10" s="148"/>
-[...1 lines deleted...]
-      <c r="F10" s="148"/>
+      <c r="D10" s="154"/>
+      <c r="E10" s="154"/>
+      <c r="F10" s="154"/>
       <c r="G10" s="16" t="s">
-        <v>122</v>
+        <v>100</v>
       </c>
       <c r="H10" s="16" t="s">
-        <v>123</v>
+        <v>101</v>
       </c>
       <c r="I10" s="16" t="s">
-        <v>124</v>
+        <v>102</v>
       </c>
       <c r="J10" s="16" t="s">
-        <v>125</v>
+        <v>103</v>
       </c>
       <c r="K10" s="16" t="s">
-        <v>126</v>
+        <v>104</v>
       </c>
       <c r="L10" s="16" t="s">
-        <v>127</v>
-[...5 lines deleted...]
-      <c r="P10" s="84" t="str">
+        <v>105</v>
+      </c>
+      <c r="M10" s="31"/>
+      <c r="N10" s="24" t="s">
+        <v>106</v>
+      </c>
+      <c r="P10" s="83" t="str">
         <f>$C$10</f>
         <v>Income Statement</v>
       </c>
     </row>
-    <row r="11" spans="1:16" ht="40.5">
-      <c r="C11" s="149" t="str">
+    <row r="11" spans="1:16" ht="40.5" x14ac:dyDescent="0.3">
+      <c r="C11" s="155" t="str">
         <f>IF(OR(I11="[Please input year end date here (DD/MM/YYYY)]",I11=""),"* ERROR: please enter a valid year end date in the 'Current financial year' field first before completing this template *","")</f>
         <v>* ERROR: please enter a valid year end date in the 'Current financial year' field first before completing this template *</v>
       </c>
-      <c r="D11" s="149"/>
-[...2 lines deleted...]
-      <c r="G11" s="79" t="str">
+      <c r="D11" s="155"/>
+      <c r="E11" s="155"/>
+      <c r="F11" s="155"/>
+      <c r="G11" s="78" t="str">
         <f>IFERROR(DATE(YEAR(H11)-1,MONTH(H11),DAY(H11)),"Fill in current financial year")</f>
         <v>Fill in current financial year</v>
       </c>
-      <c r="H11" s="79" t="str">
+      <c r="H11" s="78" t="str">
         <f>IFERROR(DATE(YEAR(I11)-1,MONTH(I11),DAY(I11)),"Fill in current financial year")</f>
         <v>Fill in current financial year</v>
       </c>
-      <c r="I11" s="79" t="s">
-[...2 lines deleted...]
-      <c r="J11" s="79" t="str">
+      <c r="I11" s="78" t="s">
+        <v>107</v>
+      </c>
+      <c r="J11" s="78" t="str">
         <f>IFERROR(DATE(YEAR(I11)+1,MONTH(I11),DAY(I11)),"Fill in current financial year")</f>
         <v>Fill in current financial year</v>
       </c>
-      <c r="K11" s="79" t="str">
+      <c r="K11" s="78" t="str">
         <f t="shared" ref="K11:L11" si="0">IFERROR(DATE(YEAR(J11)+1,MONTH(J11),DAY(J11)),"Fill in current financial year")</f>
         <v>Fill in current financial year</v>
       </c>
-      <c r="L11" s="79" t="str">
+      <c r="L11" s="78" t="str">
         <f t="shared" si="0"/>
         <v>Fill in current financial year</v>
       </c>
-      <c r="N11" s="26" t="s">
-[...2 lines deleted...]
-      <c r="P11" s="84" t="str">
+      <c r="N11" s="25" t="s">
+        <v>108</v>
+      </c>
+      <c r="P11" s="83" t="str">
         <f t="shared" ref="P11:P23" si="1">$C$10</f>
         <v>Income Statement</v>
       </c>
     </row>
-    <row r="12" spans="1:16" ht="13.5">
-[...4 lines deleted...]
-    <row r="13" spans="1:16" ht="27.6" customHeight="1">
+    <row r="12" spans="1:16" ht="13.5" x14ac:dyDescent="0.3">
+      <c r="B12" s="32" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16" ht="27.65" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B13" s="4">
         <v>1</v>
       </c>
-      <c r="C13" s="112" t="s">
-[...15 lines deleted...]
-      <c r="P13" s="84" t="str">
+      <c r="C13" s="114" t="s">
+        <v>110</v>
+      </c>
+      <c r="D13" s="97" t="s">
+        <v>111</v>
+      </c>
+      <c r="E13" s="96" t="s">
+        <v>112</v>
+      </c>
+      <c r="G13" s="79"/>
+      <c r="H13" s="79"/>
+      <c r="I13" s="79"/>
+      <c r="J13" s="79"/>
+      <c r="K13" s="79"/>
+      <c r="L13" s="79"/>
+      <c r="N13" s="25"/>
+      <c r="P13" s="83" t="str">
         <f t="shared" si="1"/>
         <v>Income Statement</v>
       </c>
     </row>
-    <row r="14" spans="1:16" ht="13.5">
+    <row r="14" spans="1:16" ht="13.5" x14ac:dyDescent="0.3">
       <c r="B14" s="4">
         <v>2</v>
       </c>
-      <c r="C14" s="84" t="s">
-[...12 lines deleted...]
-      <c r="P14" s="84" t="str">
+      <c r="C14" s="83" t="s">
+        <v>110</v>
+      </c>
+      <c r="D14" s="114" t="s">
+        <v>113</v>
+      </c>
+      <c r="G14" s="79"/>
+      <c r="H14" s="79"/>
+      <c r="I14" s="79"/>
+      <c r="J14" s="79"/>
+      <c r="K14" s="79"/>
+      <c r="L14" s="79"/>
+      <c r="N14" s="25"/>
+      <c r="P14" s="83" t="str">
         <f t="shared" si="1"/>
         <v>Income Statement</v>
       </c>
     </row>
-    <row r="15" spans="1:16" ht="13.5">
+    <row r="15" spans="1:16" ht="13.5" x14ac:dyDescent="0.3">
       <c r="B15" s="4">
         <v>3</v>
       </c>
-      <c r="C15" s="84" t="s">
-[...12 lines deleted...]
-      <c r="P15" s="84" t="str">
+      <c r="C15" s="83" t="s">
+        <v>110</v>
+      </c>
+      <c r="D15" s="114" t="s">
+        <v>114</v>
+      </c>
+      <c r="G15" s="80"/>
+      <c r="H15" s="80"/>
+      <c r="I15" s="80"/>
+      <c r="J15" s="80"/>
+      <c r="K15" s="80"/>
+      <c r="L15" s="80"/>
+      <c r="N15" s="25"/>
+      <c r="P15" s="83" t="str">
         <f t="shared" si="1"/>
         <v>Income Statement</v>
       </c>
     </row>
-    <row r="16" spans="1:16" ht="13.5">
+    <row r="16" spans="1:16" ht="13.5" x14ac:dyDescent="0.3">
       <c r="B16" s="4">
         <v>4</v>
       </c>
-      <c r="C16" s="84" t="s">
-[...12 lines deleted...]
-      <c r="P16" s="84" t="str">
+      <c r="C16" s="83" t="s">
+        <v>110</v>
+      </c>
+      <c r="D16" s="26" t="s">
+        <v>115</v>
+      </c>
+      <c r="G16" s="80"/>
+      <c r="H16" s="80"/>
+      <c r="I16" s="80"/>
+      <c r="J16" s="80"/>
+      <c r="K16" s="80"/>
+      <c r="L16" s="80"/>
+      <c r="N16" s="25"/>
+      <c r="P16" s="83" t="str">
         <f t="shared" si="1"/>
         <v>Income Statement</v>
       </c>
     </row>
-    <row r="17" spans="2:16" ht="13.5">
+    <row r="17" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
       <c r="B17" s="4">
         <v>5</v>
       </c>
-      <c r="C17" s="84" t="s">
-[...15 lines deleted...]
-      <c r="P17" s="84" t="str">
+      <c r="C17" s="83" t="s">
+        <v>110</v>
+      </c>
+      <c r="D17" s="26" t="s">
+        <v>116</v>
+      </c>
+      <c r="E17" s="83" t="s">
+        <v>117</v>
+      </c>
+      <c r="G17" s="80"/>
+      <c r="H17" s="80"/>
+      <c r="I17" s="80"/>
+      <c r="J17" s="80"/>
+      <c r="K17" s="80"/>
+      <c r="L17" s="80"/>
+      <c r="N17" s="25"/>
+      <c r="P17" s="83" t="str">
         <f t="shared" si="1"/>
         <v>Income Statement</v>
       </c>
     </row>
-    <row r="18" spans="2:16" ht="13.5">
+    <row r="18" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
       <c r="B18" s="4">
         <v>6</v>
       </c>
-      <c r="D18" s="33" t="s">
-[...2 lines deleted...]
-      <c r="E18" s="34"/>
+      <c r="D18" s="32" t="s">
+        <v>118</v>
+      </c>
+      <c r="E18" s="33"/>
       <c r="G18" s="18">
         <f t="shared" ref="G18:L18" si="2">SUM(G13:G17)</f>
         <v>0</v>
       </c>
       <c r="H18" s="18">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="I18" s="18">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="J18" s="18">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K18" s="18">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="L18" s="18">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="N18" s="26"/>
-      <c r="P18" s="84" t="str">
+      <c r="N18" s="25"/>
+      <c r="P18" s="83" t="str">
         <f t="shared" si="1"/>
         <v>Income Statement</v>
       </c>
     </row>
-    <row r="19" spans="2:16" ht="13.5">
+    <row r="19" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
       <c r="B19" s="4">
         <v>7</v>
       </c>
-      <c r="C19" s="112" t="s">
-[...12 lines deleted...]
-      <c r="P19" s="84" t="str">
+      <c r="C19" s="114" t="s">
+        <v>119</v>
+      </c>
+      <c r="D19" s="26" t="s">
+        <v>120</v>
+      </c>
+      <c r="G19" s="80"/>
+      <c r="H19" s="80"/>
+      <c r="I19" s="80"/>
+      <c r="J19" s="80"/>
+      <c r="K19" s="80"/>
+      <c r="L19" s="80"/>
+      <c r="N19" s="25"/>
+      <c r="P19" s="83" t="str">
         <f t="shared" si="1"/>
         <v>Income Statement</v>
       </c>
     </row>
-    <row r="20" spans="2:16" ht="13.5">
+    <row r="20" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
       <c r="B20" s="4">
         <v>8</v>
       </c>
-      <c r="C20" s="84" t="s">
-[...12 lines deleted...]
-      <c r="P20" s="84" t="str">
+      <c r="C20" s="83" t="s">
+        <v>119</v>
+      </c>
+      <c r="D20" s="26" t="s">
+        <v>121</v>
+      </c>
+      <c r="G20" s="80"/>
+      <c r="H20" s="80"/>
+      <c r="I20" s="80"/>
+      <c r="J20" s="80"/>
+      <c r="K20" s="80"/>
+      <c r="L20" s="80"/>
+      <c r="N20" s="25"/>
+      <c r="P20" s="83" t="str">
         <f t="shared" si="1"/>
         <v>Income Statement</v>
       </c>
     </row>
-    <row r="21" spans="2:16" ht="13.5">
+    <row r="21" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
       <c r="B21" s="4">
         <v>9</v>
       </c>
-      <c r="C21" s="84" t="s">
-[...15 lines deleted...]
-      <c r="P21" s="84" t="str">
+      <c r="C21" s="83" t="s">
+        <v>119</v>
+      </c>
+      <c r="D21" s="26" t="s">
+        <v>116</v>
+      </c>
+      <c r="E21" s="83" t="s">
+        <v>117</v>
+      </c>
+      <c r="G21" s="80"/>
+      <c r="H21" s="80"/>
+      <c r="I21" s="80"/>
+      <c r="J21" s="80"/>
+      <c r="K21" s="80"/>
+      <c r="L21" s="80"/>
+      <c r="N21" s="25"/>
+      <c r="P21" s="83" t="str">
         <f t="shared" si="1"/>
         <v>Income Statement</v>
       </c>
     </row>
-    <row r="22" spans="2:16" ht="13.5">
+    <row r="22" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
       <c r="B22" s="4">
         <v>10</v>
       </c>
-      <c r="D22" s="33" t="s">
-[...2 lines deleted...]
-      <c r="E22" s="34"/>
+      <c r="D22" s="32" t="s">
+        <v>122</v>
+      </c>
+      <c r="E22" s="33"/>
       <c r="G22" s="18">
         <f>SUM(G19:G21)</f>
         <v>0</v>
       </c>
       <c r="H22" s="18">
         <f t="shared" ref="H22:L22" si="3">SUM(H19:H21)</f>
         <v>0</v>
       </c>
       <c r="I22" s="18">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J22" s="18">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="K22" s="18">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="L22" s="18">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="N22" s="26"/>
-      <c r="P22" s="84" t="str">
+      <c r="N22" s="25"/>
+      <c r="P22" s="83" t="str">
         <f t="shared" si="1"/>
         <v>Income Statement</v>
       </c>
     </row>
-    <row r="23" spans="2:16" ht="14.1" thickBot="1">
+    <row r="23" spans="2:16" ht="14" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B23" s="4">
         <v>11</v>
       </c>
-      <c r="C23" s="33" t="s">
-[...2 lines deleted...]
-      <c r="D23" s="33"/>
+      <c r="C23" s="32" t="s">
+        <v>123</v>
+      </c>
+      <c r="D23" s="32"/>
       <c r="G23" s="17">
         <f>SUM(G18,G22)</f>
         <v>0</v>
       </c>
       <c r="H23" s="17">
         <f t="shared" ref="H23:L23" si="4">SUM(H18,H22)</f>
         <v>0</v>
       </c>
       <c r="I23" s="17">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="J23" s="17">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="K23" s="17">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="L23" s="17">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="N23" s="26"/>
-      <c r="P23" s="84" t="str">
+      <c r="N23" s="25"/>
+      <c r="P23" s="83" t="str">
         <f t="shared" si="1"/>
         <v>Income Statement</v>
       </c>
     </row>
-    <row r="24" spans="2:16" ht="14.1" thickTop="1">
-[...42 lines deleted...]
-    <row r="28" spans="2:16" ht="13.5">
+    <row r="24" spans="2:16" ht="14" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="D24" s="33"/>
+      <c r="G24" s="34"/>
+      <c r="H24" s="34"/>
+      <c r="I24" s="34"/>
+      <c r="J24" s="34"/>
+      <c r="K24" s="34"/>
+      <c r="L24" s="34"/>
+    </row>
+    <row r="25" spans="2:16" ht="33" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C25" s="156" t="s">
+        <v>124</v>
+      </c>
+      <c r="D25" s="157"/>
+      <c r="E25" s="157"/>
+      <c r="F25" s="157"/>
+      <c r="G25" s="157"/>
+      <c r="H25" s="157"/>
+      <c r="I25" s="157"/>
+      <c r="J25" s="157"/>
+      <c r="K25" s="157"/>
+      <c r="L25" s="157"/>
+      <c r="M25" s="157"/>
+      <c r="N25" s="158"/>
+    </row>
+    <row r="26" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
+      <c r="D26" s="33"/>
+      <c r="G26" s="34"/>
+      <c r="H26" s="34"/>
+      <c r="I26" s="34"/>
+      <c r="J26" s="34"/>
+      <c r="K26" s="34"/>
+      <c r="L26" s="34"/>
+    </row>
+    <row r="27" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
+      <c r="D27" s="33"/>
+      <c r="G27" s="34"/>
+      <c r="H27" s="34"/>
+      <c r="I27" s="34"/>
+      <c r="J27" s="34"/>
+      <c r="K27" s="34"/>
+      <c r="L27" s="34"/>
+    </row>
+    <row r="28" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
       <c r="B28" s="4">
         <v>13</v>
       </c>
-      <c r="C28" s="36" t="s">
-[...11 lines deleted...]
-      <c r="P28" s="84" t="str">
+      <c r="C28" s="35" t="s">
+        <v>125</v>
+      </c>
+      <c r="D28" s="36"/>
+      <c r="E28" s="35"/>
+      <c r="G28" s="75"/>
+      <c r="H28" s="75"/>
+      <c r="I28" s="75"/>
+      <c r="J28" s="75"/>
+      <c r="K28" s="75"/>
+      <c r="L28" s="75"/>
+      <c r="N28" s="25"/>
+      <c r="P28" s="83" t="str">
         <f t="shared" ref="P28:P38" si="5">$C$10</f>
         <v>Income Statement</v>
       </c>
     </row>
-    <row r="29" spans="2:16" ht="13.5">
+    <row r="29" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
       <c r="B29" s="4">
         <v>14</v>
       </c>
-      <c r="C29" s="38" t="s">
-[...3 lines deleted...]
-      <c r="E29" s="36"/>
+      <c r="C29" s="37" t="s">
+        <v>126</v>
+      </c>
+      <c r="D29" s="36"/>
+      <c r="E29" s="35"/>
       <c r="G29" s="18">
         <f t="shared" ref="G29:L29" si="6">G23-G28</f>
         <v>0</v>
       </c>
       <c r="H29" s="18">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="I29" s="18">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="J29" s="18">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="K29" s="18">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="L29" s="18">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="N29" s="26"/>
-      <c r="P29" s="84" t="str">
+      <c r="N29" s="25"/>
+      <c r="P29" s="83" t="str">
         <f t="shared" si="5"/>
         <v>Income Statement</v>
       </c>
     </row>
-    <row r="30" spans="2:16" ht="13.5">
-[...10 lines deleted...]
-    <row r="31" spans="2:16" ht="13.5">
+    <row r="30" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
+      <c r="C30" s="37"/>
+      <c r="D30" s="36"/>
+      <c r="E30" s="35"/>
+      <c r="G30" s="76"/>
+      <c r="H30" s="76"/>
+      <c r="I30" s="76"/>
+      <c r="J30" s="76"/>
+      <c r="K30" s="76"/>
+      <c r="L30" s="76"/>
+    </row>
+    <row r="31" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
       <c r="B31" s="4">
         <v>15</v>
       </c>
-      <c r="C31" s="36" t="s">
-[...11 lines deleted...]
-      <c r="P31" s="84" t="str">
+      <c r="C31" s="35" t="s">
+        <v>127</v>
+      </c>
+      <c r="D31" s="36"/>
+      <c r="E31" s="35"/>
+      <c r="G31" s="75"/>
+      <c r="H31" s="75"/>
+      <c r="I31" s="75"/>
+      <c r="J31" s="75"/>
+      <c r="K31" s="75"/>
+      <c r="L31" s="75"/>
+      <c r="N31" s="25"/>
+      <c r="P31" s="83" t="str">
         <f t="shared" si="5"/>
         <v>Income Statement</v>
       </c>
     </row>
-    <row r="32" spans="2:16" ht="13.5">
+    <row r="32" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
       <c r="B32" s="4">
         <v>16</v>
       </c>
-      <c r="C32" s="38" t="s">
-[...3 lines deleted...]
-      <c r="E32" s="36"/>
+      <c r="C32" s="37" t="s">
+        <v>128</v>
+      </c>
+      <c r="D32" s="36"/>
+      <c r="E32" s="35"/>
       <c r="G32" s="18">
         <f t="shared" ref="G32:L32" si="7">G29-G31</f>
         <v>0</v>
       </c>
       <c r="H32" s="18">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="I32" s="18">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="J32" s="18">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="K32" s="18">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="L32" s="18">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="N32" s="26"/>
-      <c r="P32" s="84" t="str">
+      <c r="N32" s="25"/>
+      <c r="P32" s="83" t="str">
         <f t="shared" si="5"/>
         <v>Income Statement</v>
       </c>
     </row>
-    <row r="33" spans="2:16" ht="13.5">
-[...10 lines deleted...]
-    <row r="34" spans="2:16" ht="13.5">
+    <row r="33" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
+      <c r="C33" s="37"/>
+      <c r="D33" s="36"/>
+      <c r="E33" s="35"/>
+      <c r="G33" s="76"/>
+      <c r="H33" s="76"/>
+      <c r="I33" s="76"/>
+      <c r="J33" s="76"/>
+      <c r="K33" s="76"/>
+      <c r="L33" s="76"/>
+    </row>
+    <row r="34" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
       <c r="B34" s="4">
         <v>17</v>
       </c>
-      <c r="C34" s="36" t="s">
-[...11 lines deleted...]
-      <c r="P34" s="84" t="str">
+      <c r="C34" s="35" t="s">
+        <v>129</v>
+      </c>
+      <c r="D34" s="36"/>
+      <c r="E34" s="35"/>
+      <c r="G34" s="75"/>
+      <c r="H34" s="75"/>
+      <c r="I34" s="75"/>
+      <c r="J34" s="75"/>
+      <c r="K34" s="75"/>
+      <c r="L34" s="75"/>
+      <c r="N34" s="25"/>
+      <c r="P34" s="83" t="str">
         <f t="shared" si="5"/>
         <v>Income Statement</v>
       </c>
     </row>
-    <row r="35" spans="2:16" ht="13.5">
+    <row r="35" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
       <c r="B35" s="4">
         <v>18</v>
       </c>
-      <c r="C35" s="38" t="s">
-[...3 lines deleted...]
-      <c r="E35" s="36"/>
+      <c r="C35" s="37" t="s">
+        <v>130</v>
+      </c>
+      <c r="D35" s="36"/>
+      <c r="E35" s="35"/>
       <c r="G35" s="18">
         <f t="shared" ref="G35:L35" si="8">G32-G34</f>
         <v>0</v>
       </c>
       <c r="H35" s="18">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="I35" s="18">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="J35" s="18">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="K35" s="18">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="L35" s="18">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="N35" s="26"/>
-      <c r="P35" s="84" t="str">
+      <c r="N35" s="25"/>
+      <c r="P35" s="83" t="str">
         <f t="shared" si="5"/>
         <v>Income Statement</v>
       </c>
     </row>
-    <row r="36" spans="2:16" ht="13.5">
-[...10 lines deleted...]
-    <row r="37" spans="2:16" ht="13.5">
+    <row r="36" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
+      <c r="C36" s="37"/>
+      <c r="D36" s="35"/>
+      <c r="E36" s="35"/>
+      <c r="G36" s="76"/>
+      <c r="H36" s="76"/>
+      <c r="I36" s="76"/>
+      <c r="J36" s="76"/>
+      <c r="K36" s="76"/>
+      <c r="L36" s="76"/>
+    </row>
+    <row r="37" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
       <c r="B37" s="4">
         <v>19</v>
       </c>
-      <c r="C37" s="36" t="s">
-[...11 lines deleted...]
-      <c r="P37" s="84" t="str">
+      <c r="C37" s="35" t="s">
+        <v>46</v>
+      </c>
+      <c r="D37" s="35"/>
+      <c r="E37" s="35"/>
+      <c r="G37" s="75"/>
+      <c r="H37" s="75"/>
+      <c r="I37" s="75"/>
+      <c r="J37" s="75"/>
+      <c r="K37" s="75"/>
+      <c r="L37" s="75"/>
+      <c r="N37" s="25"/>
+      <c r="P37" s="83" t="str">
         <f t="shared" si="5"/>
         <v>Income Statement</v>
       </c>
     </row>
-    <row r="38" spans="2:16" ht="14.1" thickBot="1">
+    <row r="38" spans="2:16" ht="14" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B38" s="4">
         <v>20</v>
       </c>
-      <c r="C38" s="38" t="s">
-[...3 lines deleted...]
-      <c r="E38" s="36"/>
+      <c r="C38" s="37" t="s">
+        <v>131</v>
+      </c>
+      <c r="D38" s="35"/>
+      <c r="E38" s="35"/>
       <c r="G38" s="17">
         <f t="shared" ref="G38:L38" si="9">G35-G37</f>
         <v>0</v>
       </c>
       <c r="H38" s="17">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="I38" s="17">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="J38" s="17">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="K38" s="17">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="L38" s="17">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="N38" s="26"/>
-      <c r="P38" s="84" t="str">
+      <c r="N38" s="25"/>
+      <c r="P38" s="83" t="str">
         <f t="shared" si="5"/>
         <v>Income Statement</v>
       </c>
     </row>
-    <row r="39" spans="2:16" ht="14.1" thickTop="1">
-[...8 lines deleted...]
-      <c r="C42" s="148" t="str">
+    <row r="39" spans="2:16" ht="14" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="G39" s="34"/>
+      <c r="H39" s="34"/>
+      <c r="I39" s="34"/>
+      <c r="J39" s="34"/>
+      <c r="K39" s="34"/>
+      <c r="L39" s="34"/>
+    </row>
+    <row r="42" spans="2:16" ht="46" x14ac:dyDescent="0.3">
+      <c r="C42" s="154" t="str">
         <f>"Balance Sheet"</f>
         <v>Balance Sheet</v>
       </c>
-      <c r="D42" s="148"/>
-[...1 lines deleted...]
-      <c r="F42" s="148"/>
+      <c r="D42" s="154"/>
+      <c r="E42" s="154"/>
+      <c r="F42" s="154"/>
       <c r="G42" s="16" t="s">
-        <v>122</v>
+        <v>100</v>
       </c>
       <c r="H42" s="16" t="s">
-        <v>123</v>
+        <v>101</v>
       </c>
       <c r="I42" s="16" t="s">
-        <v>124</v>
+        <v>102</v>
       </c>
       <c r="J42" s="16" t="s">
-        <v>125</v>
+        <v>103</v>
       </c>
       <c r="K42" s="16" t="s">
-        <v>126</v>
+        <v>104</v>
       </c>
       <c r="L42" s="16" t="s">
-        <v>127</v>
-[...5 lines deleted...]
-      <c r="P42" s="84" t="str">
+        <v>105</v>
+      </c>
+      <c r="M42" s="31"/>
+      <c r="N42" s="24" t="s">
+        <v>106</v>
+      </c>
+      <c r="P42" s="83" t="str">
         <f>$C$42</f>
         <v>Balance Sheet</v>
       </c>
     </row>
-    <row r="43" spans="2:16" ht="13.5">
-      <c r="C43" s="149" t="str">
+    <row r="43" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
+      <c r="C43" s="155" t="str">
         <f>IF(OR(I43="[Please input year end date here (DD/MM/YYYY)]",I43=""),"* ERROR: please enter a valid year end date above *","")</f>
         <v>* ERROR: please enter a valid year end date above *</v>
       </c>
-      <c r="D43" s="149"/>
-[...2 lines deleted...]
-      <c r="G43" s="39" t="str">
+      <c r="D43" s="155"/>
+      <c r="E43" s="155"/>
+      <c r="F43" s="155"/>
+      <c r="G43" s="38" t="str">
         <f>IF(OR(G$11="Fill in current financial year",G$11=""),"",G$11)</f>
         <v/>
       </c>
-      <c r="H43" s="39" t="str">
+      <c r="H43" s="38" t="str">
         <f>IF(OR(H$11="Fill in current financial year",H$11=""),"",H$11)</f>
         <v/>
       </c>
-      <c r="I43" s="39" t="str">
+      <c r="I43" s="38" t="str">
         <f>IF(OR(I$11="[Please input year end date here (DD/MM/YYYY)]",I$11=""),"",I$11)</f>
         <v/>
       </c>
-      <c r="J43" s="39" t="str">
+      <c r="J43" s="38" t="str">
         <f t="shared" ref="J43:L43" si="10">IF(OR(J$11="Fill in current financial year",J$11=""),"",J$11)</f>
         <v/>
       </c>
-      <c r="K43" s="39" t="str">
+      <c r="K43" s="38" t="str">
         <f t="shared" si="10"/>
         <v/>
       </c>
-      <c r="L43" s="39" t="str">
+      <c r="L43" s="38" t="str">
         <f t="shared" si="10"/>
         <v/>
       </c>
-      <c r="P43" s="84" t="str">
+      <c r="P43" s="83" t="str">
         <f>$C$42</f>
         <v>Balance Sheet</v>
       </c>
     </row>
-    <row r="44" spans="2:16" ht="24.95" customHeight="1">
-[...12 lines deleted...]
-      <c r="P44" s="84" t="str">
+    <row r="44" spans="2:16" ht="25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B44" s="72" t="s">
+        <v>50</v>
+      </c>
+      <c r="D44" s="35"/>
+      <c r="E44" s="35"/>
+      <c r="F44" s="35"/>
+      <c r="G44" s="35"/>
+      <c r="H44" s="35"/>
+      <c r="I44" s="35"/>
+      <c r="J44" s="35"/>
+      <c r="K44" s="35"/>
+      <c r="L44" s="35"/>
+      <c r="P44" s="83" t="str">
         <f t="shared" ref="P44:P49" si="11">$C$42</f>
         <v>Balance Sheet</v>
       </c>
     </row>
-    <row r="45" spans="2:16" ht="13.5">
+    <row r="45" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
       <c r="B45" s="4">
         <v>1</v>
       </c>
-      <c r="C45" s="36" t="s">
-[...12 lines deleted...]
-      <c r="P45" s="84" t="str">
+      <c r="C45" s="35" t="s">
+        <v>132</v>
+      </c>
+      <c r="D45" s="39"/>
+      <c r="E45" s="35"/>
+      <c r="F45" s="35"/>
+      <c r="G45" s="81"/>
+      <c r="H45" s="81"/>
+      <c r="I45" s="81"/>
+      <c r="J45" s="81"/>
+      <c r="K45" s="81"/>
+      <c r="L45" s="81"/>
+      <c r="N45" s="25"/>
+      <c r="P45" s="83" t="str">
         <f t="shared" si="11"/>
         <v>Balance Sheet</v>
       </c>
     </row>
-    <row r="46" spans="2:16" ht="13.5">
+    <row r="46" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
       <c r="B46" s="4">
         <v>2</v>
       </c>
-      <c r="C46" s="36" t="s">
-[...12 lines deleted...]
-      <c r="P46" s="84" t="str">
+      <c r="C46" s="35" t="s">
+        <v>133</v>
+      </c>
+      <c r="D46" s="39"/>
+      <c r="E46" s="35"/>
+      <c r="F46" s="35"/>
+      <c r="G46" s="81"/>
+      <c r="H46" s="81"/>
+      <c r="I46" s="81"/>
+      <c r="J46" s="81"/>
+      <c r="K46" s="81"/>
+      <c r="L46" s="81"/>
+      <c r="N46" s="25"/>
+      <c r="P46" s="83" t="str">
         <f t="shared" si="11"/>
         <v>Balance Sheet</v>
       </c>
     </row>
-    <row r="47" spans="2:16" ht="13.5">
+    <row r="47" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
       <c r="B47" s="4">
         <v>3</v>
       </c>
-      <c r="C47" s="36" t="s">
-[...12 lines deleted...]
-      <c r="P47" s="84" t="str">
+      <c r="C47" s="35" t="s">
+        <v>134</v>
+      </c>
+      <c r="D47" s="39"/>
+      <c r="E47" s="35"/>
+      <c r="F47" s="35"/>
+      <c r="G47" s="81"/>
+      <c r="H47" s="81"/>
+      <c r="I47" s="81"/>
+      <c r="J47" s="81"/>
+      <c r="K47" s="81"/>
+      <c r="L47" s="81"/>
+      <c r="N47" s="25"/>
+      <c r="P47" s="83" t="str">
         <f t="shared" si="11"/>
         <v>Balance Sheet</v>
       </c>
     </row>
-    <row r="48" spans="2:16" ht="13.5">
+    <row r="48" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
       <c r="B48" s="4">
         <v>4</v>
       </c>
-      <c r="C48" s="36" t="s">
-[...14 lines deleted...]
-      <c r="P48" s="84" t="str">
+      <c r="C48" s="35" t="s">
+        <v>135</v>
+      </c>
+      <c r="D48" s="39"/>
+      <c r="E48" s="83" t="s">
+        <v>117</v>
+      </c>
+      <c r="F48" s="35"/>
+      <c r="G48" s="75"/>
+      <c r="H48" s="75"/>
+      <c r="I48" s="75"/>
+      <c r="J48" s="75"/>
+      <c r="K48" s="75"/>
+      <c r="L48" s="75"/>
+      <c r="N48" s="25"/>
+      <c r="P48" s="83" t="str">
         <f t="shared" si="11"/>
         <v>Balance Sheet</v>
       </c>
     </row>
-    <row r="49" spans="2:16" ht="13.5">
+    <row r="49" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
       <c r="B49" s="4">
         <v>5</v>
       </c>
-      <c r="C49" s="38" t="s">
-[...4 lines deleted...]
-      <c r="F49" s="36"/>
+      <c r="C49" s="37" t="s">
+        <v>136</v>
+      </c>
+      <c r="D49" s="39"/>
+      <c r="E49" s="35"/>
+      <c r="F49" s="35"/>
       <c r="G49" s="18">
         <f>SUM(G45:G48)</f>
         <v>0</v>
       </c>
       <c r="H49" s="18">
         <f t="shared" ref="H49:L49" si="12">SUM(H45:H48)</f>
         <v>0</v>
       </c>
       <c r="I49" s="18">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="J49" s="18">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="K49" s="18">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="L49" s="18">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
-      <c r="N49" s="26"/>
-      <c r="P49" s="84" t="str">
+      <c r="N49" s="25"/>
+      <c r="P49" s="83" t="str">
         <f t="shared" si="11"/>
         <v>Balance Sheet</v>
       </c>
     </row>
-    <row r="50" spans="2:16" ht="13.5">
-[...24 lines deleted...]
-      <c r="P51" s="84" t="str">
+    <row r="50" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
+      <c r="C50" s="35"/>
+      <c r="D50" s="39"/>
+      <c r="E50" s="35"/>
+      <c r="F50" s="35"/>
+      <c r="G50" s="77"/>
+      <c r="H50" s="77"/>
+      <c r="I50" s="77"/>
+      <c r="J50" s="77"/>
+      <c r="K50" s="77"/>
+      <c r="L50" s="77"/>
+    </row>
+    <row r="51" spans="2:16" ht="25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B51" s="72" t="s">
+        <v>56</v>
+      </c>
+      <c r="D51" s="39"/>
+      <c r="E51" s="35"/>
+      <c r="F51" s="35"/>
+      <c r="G51" s="76"/>
+      <c r="H51" s="76"/>
+      <c r="I51" s="76"/>
+      <c r="J51" s="76"/>
+      <c r="K51" s="76"/>
+      <c r="L51" s="76"/>
+      <c r="P51" s="83" t="str">
         <f>$C$42</f>
         <v>Balance Sheet</v>
       </c>
     </row>
-    <row r="52" spans="2:16" ht="13.5">
+    <row r="52" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
       <c r="B52" s="1">
         <v>6</v>
       </c>
-      <c r="C52" s="36" t="s">
-[...12 lines deleted...]
-      <c r="P52" s="84" t="str">
+      <c r="C52" s="35" t="s">
+        <v>58</v>
+      </c>
+      <c r="D52" s="39"/>
+      <c r="E52" s="35"/>
+      <c r="F52" s="35"/>
+      <c r="G52" s="81"/>
+      <c r="H52" s="81"/>
+      <c r="I52" s="81"/>
+      <c r="J52" s="81"/>
+      <c r="K52" s="81"/>
+      <c r="L52" s="81"/>
+      <c r="N52" s="25"/>
+      <c r="P52" s="83" t="str">
         <f t="shared" ref="P52:P58" si="13">$C$42</f>
         <v>Balance Sheet</v>
       </c>
     </row>
-    <row r="53" spans="2:16" ht="13.5">
+    <row r="53" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
       <c r="B53" s="1">
         <v>7</v>
       </c>
-      <c r="C53" s="36" t="s">
-[...12 lines deleted...]
-      <c r="P53" s="84" t="str">
+      <c r="C53" s="35" t="s">
+        <v>137</v>
+      </c>
+      <c r="D53" s="39"/>
+      <c r="E53" s="35"/>
+      <c r="F53" s="35"/>
+      <c r="G53" s="81"/>
+      <c r="H53" s="81"/>
+      <c r="I53" s="81"/>
+      <c r="J53" s="81"/>
+      <c r="K53" s="81"/>
+      <c r="L53" s="81"/>
+      <c r="N53" s="25"/>
+      <c r="P53" s="83" t="str">
         <f t="shared" si="13"/>
         <v>Balance Sheet</v>
       </c>
     </row>
-    <row r="54" spans="2:16" ht="13.5">
+    <row r="54" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
       <c r="B54" s="1">
         <v>8</v>
       </c>
-      <c r="C54" s="36" t="s">
-[...12 lines deleted...]
-      <c r="P54" s="84" t="str">
+      <c r="C54" s="35" t="s">
+        <v>138</v>
+      </c>
+      <c r="D54" s="39"/>
+      <c r="E54" s="35"/>
+      <c r="F54" s="35"/>
+      <c r="G54" s="81"/>
+      <c r="H54" s="81"/>
+      <c r="I54" s="81"/>
+      <c r="J54" s="81"/>
+      <c r="K54" s="81"/>
+      <c r="L54" s="81"/>
+      <c r="N54" s="25"/>
+      <c r="P54" s="83" t="str">
         <f t="shared" si="13"/>
         <v>Balance Sheet</v>
       </c>
     </row>
-    <row r="55" spans="2:16" ht="13.5">
+    <row r="55" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
       <c r="B55" s="1">
         <v>9</v>
       </c>
-      <c r="C55" s="36" t="s">
-[...3 lines deleted...]
-      <c r="E55" s="84" t="s">
+      <c r="C55" s="35" t="s">
         <v>139</v>
       </c>
-      <c r="F55" s="36"/>
-[...7 lines deleted...]
-      <c r="P55" s="84" t="str">
+      <c r="D55" s="39"/>
+      <c r="E55" s="83" t="s">
+        <v>117</v>
+      </c>
+      <c r="F55" s="35"/>
+      <c r="G55" s="75"/>
+      <c r="H55" s="75"/>
+      <c r="I55" s="75"/>
+      <c r="J55" s="75"/>
+      <c r="K55" s="75"/>
+      <c r="L55" s="75"/>
+      <c r="N55" s="25"/>
+      <c r="P55" s="83" t="str">
         <f t="shared" si="13"/>
         <v>Balance Sheet</v>
       </c>
     </row>
-    <row r="56" spans="2:16" ht="13.5">
+    <row r="56" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
       <c r="B56" s="1">
         <v>10</v>
       </c>
-      <c r="C56" s="38" t="s">
-[...4 lines deleted...]
-      <c r="F56" s="36"/>
+      <c r="C56" s="37" t="s">
+        <v>140</v>
+      </c>
+      <c r="D56" s="39"/>
+      <c r="E56" s="35"/>
+      <c r="F56" s="35"/>
       <c r="G56" s="18">
         <f>SUM(G52:G55)</f>
         <v>0</v>
       </c>
       <c r="H56" s="18">
         <f t="shared" ref="H56:L56" si="14">SUM(H52:H55)</f>
         <v>0</v>
       </c>
       <c r="I56" s="18">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="J56" s="18">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="K56" s="18">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="L56" s="18">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
-      <c r="N56" s="26"/>
-      <c r="P56" s="84" t="str">
+      <c r="N56" s="25"/>
+      <c r="P56" s="83" t="str">
         <f t="shared" si="13"/>
         <v>Balance Sheet</v>
       </c>
     </row>
-    <row r="57" spans="2:16" ht="13.5">
-[...11 lines deleted...]
-    <row r="58" spans="2:16" ht="14.1" thickBot="1">
+    <row r="57" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
+      <c r="C57" s="35"/>
+      <c r="D57" s="39"/>
+      <c r="E57" s="35"/>
+      <c r="F57" s="35"/>
+      <c r="G57" s="76"/>
+      <c r="H57" s="76"/>
+      <c r="I57" s="76"/>
+      <c r="J57" s="76"/>
+      <c r="K57" s="76"/>
+      <c r="L57" s="76"/>
+    </row>
+    <row r="58" spans="2:16" ht="14" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B58" s="1">
         <v>11</v>
       </c>
-      <c r="C58" s="38" t="s">
-[...4 lines deleted...]
-      <c r="F58" s="41"/>
+      <c r="C58" s="37" t="s">
+        <v>141</v>
+      </c>
+      <c r="D58" s="39"/>
+      <c r="E58" s="35"/>
+      <c r="F58" s="40"/>
       <c r="G58" s="17">
         <f>SUM(G49,G56)</f>
         <v>0</v>
       </c>
       <c r="H58" s="17">
         <f t="shared" ref="H58:L58" si="15">SUM(H49,H56)</f>
         <v>0</v>
       </c>
       <c r="I58" s="17">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="J58" s="17">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="K58" s="17">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="L58" s="17">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
-      <c r="N58" s="26"/>
-      <c r="P58" s="84" t="str">
+      <c r="N58" s="25"/>
+      <c r="P58" s="83" t="str">
         <f t="shared" si="13"/>
         <v>Balance Sheet</v>
       </c>
     </row>
-    <row r="59" spans="2:16" ht="14.1" thickTop="1">
-[...24 lines deleted...]
-      <c r="P60" s="84" t="str">
+    <row r="59" spans="2:16" ht="14" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="C59" s="35"/>
+      <c r="D59" s="39"/>
+      <c r="E59" s="35"/>
+      <c r="F59" s="41"/>
+      <c r="G59" s="76"/>
+      <c r="H59" s="76"/>
+      <c r="I59" s="76"/>
+      <c r="J59" s="76"/>
+      <c r="K59" s="76"/>
+      <c r="L59" s="76"/>
+    </row>
+    <row r="60" spans="2:16" ht="25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B60" s="72" t="s">
+        <v>66</v>
+      </c>
+      <c r="D60" s="39"/>
+      <c r="E60" s="35"/>
+      <c r="F60" s="41"/>
+      <c r="G60" s="76"/>
+      <c r="H60" s="76"/>
+      <c r="I60" s="76"/>
+      <c r="J60" s="76"/>
+      <c r="K60" s="76"/>
+      <c r="L60" s="76"/>
+      <c r="P60" s="83" t="str">
         <f t="shared" ref="P60:P65" si="16">$C$42</f>
         <v>Balance Sheet</v>
       </c>
     </row>
-    <row r="61" spans="2:16" ht="13.5">
+    <row r="61" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
       <c r="B61" s="1">
         <v>12</v>
       </c>
-      <c r="C61" s="36" t="s">
-[...12 lines deleted...]
-      <c r="P61" s="84" t="str">
+      <c r="C61" s="35" t="s">
+        <v>142</v>
+      </c>
+      <c r="D61" s="39"/>
+      <c r="E61" s="35"/>
+      <c r="F61" s="41"/>
+      <c r="G61" s="81"/>
+      <c r="H61" s="81"/>
+      <c r="I61" s="81"/>
+      <c r="J61" s="81"/>
+      <c r="K61" s="81"/>
+      <c r="L61" s="81"/>
+      <c r="N61" s="25"/>
+      <c r="P61" s="83" t="str">
         <f t="shared" si="16"/>
         <v>Balance Sheet</v>
       </c>
     </row>
-    <row r="62" spans="2:16" ht="13.5">
+    <row r="62" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
       <c r="B62" s="1">
         <v>13</v>
       </c>
-      <c r="C62" s="36" t="s">
-[...12 lines deleted...]
-      <c r="P62" s="84" t="str">
+      <c r="C62" s="35" t="s">
+        <v>143</v>
+      </c>
+      <c r="D62" s="39"/>
+      <c r="E62" s="35"/>
+      <c r="F62" s="41"/>
+      <c r="G62" s="81"/>
+      <c r="H62" s="81"/>
+      <c r="I62" s="81"/>
+      <c r="J62" s="81"/>
+      <c r="K62" s="81"/>
+      <c r="L62" s="81"/>
+      <c r="N62" s="25"/>
+      <c r="P62" s="83" t="str">
         <f t="shared" si="16"/>
         <v>Balance Sheet</v>
       </c>
     </row>
-    <row r="63" spans="2:16" ht="13.5">
+    <row r="63" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
       <c r="B63" s="1">
         <v>14</v>
       </c>
-      <c r="C63" s="36" t="s">
-[...12 lines deleted...]
-      <c r="P63" s="84" t="str">
+      <c r="C63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="D63" s="39"/>
+      <c r="E63" s="35"/>
+      <c r="F63" s="35"/>
+      <c r="G63" s="81"/>
+      <c r="H63" s="81"/>
+      <c r="I63" s="81"/>
+      <c r="J63" s="81"/>
+      <c r="K63" s="81"/>
+      <c r="L63" s="81"/>
+      <c r="N63" s="25"/>
+      <c r="P63" s="83" t="str">
         <f t="shared" si="16"/>
         <v>Balance Sheet</v>
       </c>
     </row>
-    <row r="64" spans="2:16" ht="13.5">
+    <row r="64" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
       <c r="B64" s="1">
         <v>15</v>
       </c>
-      <c r="C64" s="36" t="s">
-[...15 lines deleted...]
-    <row r="65" spans="2:16" ht="13.5">
+      <c r="C64" s="35" t="s">
+        <v>145</v>
+      </c>
+      <c r="D64" s="39"/>
+      <c r="E64" s="83" t="s">
+        <v>117</v>
+      </c>
+      <c r="F64" s="41"/>
+      <c r="G64" s="75"/>
+      <c r="H64" s="75"/>
+      <c r="I64" s="75"/>
+      <c r="J64" s="75"/>
+      <c r="K64" s="75"/>
+      <c r="L64" s="75"/>
+      <c r="N64" s="25"/>
+    </row>
+    <row r="65" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
       <c r="B65" s="1">
         <v>16</v>
       </c>
-      <c r="C65" s="38" t="s">
-[...4 lines deleted...]
-      <c r="F65" s="42"/>
+      <c r="C65" s="37" t="s">
+        <v>146</v>
+      </c>
+      <c r="D65" s="39"/>
+      <c r="E65" s="35"/>
+      <c r="F65" s="41"/>
       <c r="G65" s="18">
         <f>SUM(G61:G64)</f>
         <v>0</v>
       </c>
       <c r="H65" s="18">
         <f t="shared" ref="H65:L65" si="17">SUM(H61:H64)</f>
         <v>0</v>
       </c>
       <c r="I65" s="18">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="J65" s="18">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="K65" s="18">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="L65" s="18">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
-      <c r="N65" s="26"/>
-      <c r="P65" s="84" t="str">
+      <c r="N65" s="25"/>
+      <c r="P65" s="83" t="str">
         <f t="shared" si="16"/>
         <v>Balance Sheet</v>
       </c>
     </row>
-    <row r="66" spans="2:16" ht="13.5">
-[...24 lines deleted...]
-      <c r="P67" s="84" t="str">
+    <row r="66" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
+      <c r="C66" s="35"/>
+      <c r="D66" s="39"/>
+      <c r="E66" s="35"/>
+      <c r="F66" s="41"/>
+      <c r="G66" s="76"/>
+      <c r="H66" s="76"/>
+      <c r="I66" s="76"/>
+      <c r="J66" s="76"/>
+      <c r="K66" s="76"/>
+      <c r="L66" s="76"/>
+    </row>
+    <row r="67" spans="2:16" ht="25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B67" s="72" t="s">
+        <v>147</v>
+      </c>
+      <c r="D67" s="39"/>
+      <c r="E67" s="35"/>
+      <c r="F67" s="41"/>
+      <c r="G67" s="76"/>
+      <c r="H67" s="76"/>
+      <c r="I67" s="76"/>
+      <c r="J67" s="76"/>
+      <c r="K67" s="76"/>
+      <c r="L67" s="76"/>
+      <c r="P67" s="83" t="str">
         <f t="shared" ref="P67:P73" si="18">$C$42</f>
         <v>Balance Sheet</v>
       </c>
     </row>
-    <row r="68" spans="2:16" ht="13.5">
+    <row r="68" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
       <c r="B68" s="1">
         <v>17</v>
       </c>
-      <c r="C68" s="36" t="s">
-[...12 lines deleted...]
-      <c r="P68" s="84" t="str">
+      <c r="C68" s="35" t="s">
+        <v>142</v>
+      </c>
+      <c r="D68" s="39"/>
+      <c r="E68" s="35"/>
+      <c r="F68" s="41"/>
+      <c r="G68" s="81"/>
+      <c r="H68" s="81"/>
+      <c r="I68" s="81"/>
+      <c r="J68" s="81"/>
+      <c r="K68" s="81"/>
+      <c r="L68" s="81"/>
+      <c r="N68" s="25"/>
+      <c r="P68" s="83" t="str">
         <f t="shared" si="18"/>
         <v>Balance Sheet</v>
       </c>
     </row>
-    <row r="69" spans="2:16" ht="13.5">
+    <row r="69" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
       <c r="B69" s="1">
         <v>18</v>
       </c>
-      <c r="C69" s="36" t="s">
-[...14 lines deleted...]
-      <c r="P69" s="84" t="str">
+      <c r="C69" s="35" t="s">
+        <v>148</v>
+      </c>
+      <c r="D69" s="39"/>
+      <c r="E69" s="83" t="s">
+        <v>117</v>
+      </c>
+      <c r="F69" s="41"/>
+      <c r="G69" s="81"/>
+      <c r="H69" s="81"/>
+      <c r="I69" s="81"/>
+      <c r="J69" s="81"/>
+      <c r="K69" s="81"/>
+      <c r="L69" s="81"/>
+      <c r="N69" s="25"/>
+      <c r="P69" s="83" t="str">
         <f t="shared" si="18"/>
         <v>Balance Sheet</v>
       </c>
     </row>
-    <row r="70" spans="2:16" ht="13.5">
+    <row r="70" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
       <c r="B70" s="1">
         <v>19</v>
       </c>
-      <c r="C70" s="36" t="s">
-[...12 lines deleted...]
-      <c r="P70" s="84" t="str">
+      <c r="C70" s="35" t="s">
+        <v>149</v>
+      </c>
+      <c r="D70" s="39"/>
+      <c r="E70" s="35"/>
+      <c r="F70" s="41"/>
+      <c r="G70" s="75"/>
+      <c r="H70" s="75"/>
+      <c r="I70" s="75"/>
+      <c r="J70" s="75"/>
+      <c r="K70" s="75"/>
+      <c r="L70" s="75"/>
+      <c r="N70" s="25"/>
+      <c r="P70" s="83" t="str">
         <f t="shared" si="18"/>
         <v>Balance Sheet</v>
       </c>
     </row>
-    <row r="71" spans="2:16" ht="13.5">
+    <row r="71" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
       <c r="B71" s="1">
         <v>20</v>
       </c>
-      <c r="C71" s="38" t="s">
-[...4 lines deleted...]
-      <c r="F71" s="42"/>
+      <c r="C71" s="37" t="s">
+        <v>150</v>
+      </c>
+      <c r="D71" s="39"/>
+      <c r="E71" s="35"/>
+      <c r="F71" s="41"/>
       <c r="G71" s="18">
         <f>SUM(G68:G70)</f>
         <v>0</v>
       </c>
       <c r="H71" s="18">
         <f t="shared" ref="H71:L71" si="19">SUM(H68:H70)</f>
         <v>0</v>
       </c>
       <c r="I71" s="18">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="J71" s="18">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="K71" s="18">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="L71" s="18">
         <f t="shared" si="19"/>
         <v>0</v>
       </c>
-      <c r="N71" s="26"/>
-      <c r="P71" s="84" t="str">
+      <c r="N71" s="25"/>
+      <c r="P71" s="83" t="str">
         <f t="shared" si="18"/>
         <v>Balance Sheet</v>
       </c>
     </row>
-    <row r="72" spans="2:16" ht="13.5">
-[...11 lines deleted...]
-    <row r="73" spans="2:16" ht="14.1" thickBot="1">
+    <row r="72" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
+      <c r="C72" s="35"/>
+      <c r="D72" s="39"/>
+      <c r="E72" s="35"/>
+      <c r="F72" s="41"/>
+      <c r="G72" s="76"/>
+      <c r="H72" s="76"/>
+      <c r="I72" s="76"/>
+      <c r="J72" s="76"/>
+      <c r="K72" s="76"/>
+      <c r="L72" s="76"/>
+    </row>
+    <row r="73" spans="2:16" ht="14" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B73" s="1">
         <v>21</v>
       </c>
-      <c r="C73" s="38" t="s">
-[...4 lines deleted...]
-      <c r="F73" s="41"/>
+      <c r="C73" s="37" t="s">
+        <v>151</v>
+      </c>
+      <c r="D73" s="39"/>
+      <c r="E73" s="35"/>
+      <c r="F73" s="40"/>
       <c r="G73" s="17">
         <f>SUM(G65,G71)</f>
         <v>0</v>
       </c>
       <c r="H73" s="17">
         <f t="shared" ref="H73:L73" si="20">SUM(H65,H71)</f>
         <v>0</v>
       </c>
       <c r="I73" s="17">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
       <c r="J73" s="17">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
       <c r="K73" s="17">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
       <c r="L73" s="17">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
-      <c r="N73" s="26"/>
-      <c r="P73" s="84" t="str">
+      <c r="N73" s="25"/>
+      <c r="P73" s="83" t="str">
         <f t="shared" si="18"/>
         <v>Balance Sheet</v>
       </c>
     </row>
-    <row r="74" spans="2:16" ht="14.1" thickTop="1">
-[...24 lines deleted...]
-      <c r="P75" s="84" t="str">
+    <row r="74" spans="2:16" ht="14" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="C74" s="35"/>
+      <c r="D74" s="39"/>
+      <c r="E74" s="35"/>
+      <c r="F74" s="41"/>
+      <c r="G74" s="76"/>
+      <c r="H74" s="76"/>
+      <c r="I74" s="76"/>
+      <c r="J74" s="76"/>
+      <c r="K74" s="76"/>
+      <c r="L74" s="76"/>
+    </row>
+    <row r="75" spans="2:16" ht="25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B75" s="72" t="s">
+        <v>152</v>
+      </c>
+      <c r="D75" s="39"/>
+      <c r="E75" s="35"/>
+      <c r="F75" s="41"/>
+      <c r="G75" s="76"/>
+      <c r="H75" s="76"/>
+      <c r="I75" s="76"/>
+      <c r="J75" s="76"/>
+      <c r="K75" s="76"/>
+      <c r="L75" s="76"/>
+      <c r="P75" s="83" t="str">
         <f t="shared" ref="P75:P79" si="21">$C$42</f>
         <v>Balance Sheet</v>
       </c>
     </row>
-    <row r="76" spans="2:16" ht="13.5">
+    <row r="76" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
       <c r="B76" s="1">
         <v>22</v>
       </c>
-      <c r="C76" s="36" t="s">
-[...12 lines deleted...]
-      <c r="P76" s="84" t="str">
+      <c r="C76" s="35" t="s">
+        <v>153</v>
+      </c>
+      <c r="D76" s="39"/>
+      <c r="E76" s="35"/>
+      <c r="F76" s="41"/>
+      <c r="G76" s="81"/>
+      <c r="H76" s="81"/>
+      <c r="I76" s="81"/>
+      <c r="J76" s="81"/>
+      <c r="K76" s="81"/>
+      <c r="L76" s="81"/>
+      <c r="N76" s="25"/>
+      <c r="P76" s="83" t="str">
         <f t="shared" si="21"/>
         <v>Balance Sheet</v>
       </c>
     </row>
-    <row r="77" spans="2:16" ht="13.5">
+    <row r="77" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
       <c r="B77" s="1">
         <v>23</v>
       </c>
-      <c r="C77" s="36" t="s">
-[...12 lines deleted...]
-      <c r="P77" s="84" t="str">
+      <c r="C77" s="35" t="s">
+        <v>154</v>
+      </c>
+      <c r="D77" s="39"/>
+      <c r="E77" s="35"/>
+      <c r="F77" s="41"/>
+      <c r="G77" s="75"/>
+      <c r="H77" s="75"/>
+      <c r="I77" s="75"/>
+      <c r="J77" s="75"/>
+      <c r="K77" s="75"/>
+      <c r="L77" s="75"/>
+      <c r="N77" s="25"/>
+      <c r="P77" s="83" t="str">
         <f t="shared" si="21"/>
         <v>Balance Sheet</v>
       </c>
     </row>
-    <row r="78" spans="2:16" ht="13.5">
-[...11 lines deleted...]
-    <row r="79" spans="2:16" ht="14.1" thickBot="1">
+    <row r="78" spans="2:16" ht="13.5" x14ac:dyDescent="0.3">
+      <c r="C78" s="35"/>
+      <c r="D78" s="39"/>
+      <c r="E78" s="35"/>
+      <c r="F78" s="41"/>
+      <c r="G78" s="76"/>
+      <c r="H78" s="76"/>
+      <c r="I78" s="76"/>
+      <c r="J78" s="76"/>
+      <c r="K78" s="76"/>
+      <c r="L78" s="76"/>
+    </row>
+    <row r="79" spans="2:16" ht="14" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B79" s="1">
         <v>24</v>
       </c>
-      <c r="C79" s="38" t="s">
-[...4 lines deleted...]
-      <c r="F79" s="41"/>
+      <c r="C79" s="37" t="s">
+        <v>155</v>
+      </c>
+      <c r="D79" s="39"/>
+      <c r="E79" s="35"/>
+      <c r="F79" s="40"/>
       <c r="G79" s="17">
         <f>SUM(G76:G77)</f>
         <v>0</v>
       </c>
       <c r="H79" s="17">
         <f t="shared" ref="H79:L79" si="22">SUM(H76:H77)</f>
         <v>0</v>
       </c>
       <c r="I79" s="17">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
       <c r="J79" s="17">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
       <c r="K79" s="17">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
       <c r="L79" s="17">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
-      <c r="N79" s="26"/>
-      <c r="P79" s="84" t="str">
+      <c r="N79" s="25"/>
+      <c r="P79" s="83" t="str">
         <f t="shared" si="21"/>
         <v>Balance Sheet</v>
       </c>
     </row>
-    <row r="80" spans="2:16" ht="14.45" thickTop="1" thickBot="1">
-[...30 lines deleted...]
-      <c r="G82" s="95" t="str">
+    <row r="80" spans="2:16" ht="14.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="C80" s="35"/>
+      <c r="D80" s="39"/>
+      <c r="E80" s="35"/>
+      <c r="F80" s="40"/>
+      <c r="G80" s="42"/>
+      <c r="H80" s="42"/>
+      <c r="I80" s="42"/>
+      <c r="J80" s="42"/>
+      <c r="K80" s="42"/>
+      <c r="L80" s="42"/>
+    </row>
+    <row r="81" spans="3:16" ht="13.5" x14ac:dyDescent="0.3">
+      <c r="C81" s="86" t="s">
+        <v>156</v>
+      </c>
+      <c r="D81" s="87"/>
+      <c r="E81" s="88"/>
+      <c r="F81" s="87"/>
+      <c r="G81" s="89"/>
+      <c r="H81" s="89"/>
+      <c r="I81" s="89"/>
+      <c r="J81" s="89"/>
+      <c r="K81" s="89"/>
+      <c r="L81" s="90"/>
+    </row>
+    <row r="82" spans="3:16" ht="14" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="C82" s="91"/>
+      <c r="D82" s="92"/>
+      <c r="E82" s="93"/>
+      <c r="F82" s="92"/>
+      <c r="G82" s="94" t="str">
         <f>IF(AND(G58-G73-G79&lt;=1,G58-G73-G79&gt;=-1),"Balanced","Not Balanced")</f>
         <v>Balanced</v>
       </c>
-      <c r="H82" s="95" t="str">
+      <c r="H82" s="94" t="str">
         <f t="shared" ref="H82:L82" si="23">IF(AND(H58-H73-H79&lt;=1,H58-H73-H79&gt;=-1),"Balanced","Not Balanced")</f>
         <v>Balanced</v>
       </c>
-      <c r="I82" s="95" t="str">
+      <c r="I82" s="94" t="str">
         <f t="shared" si="23"/>
         <v>Balanced</v>
       </c>
-      <c r="J82" s="95" t="str">
+      <c r="J82" s="94" t="str">
         <f t="shared" si="23"/>
         <v>Balanced</v>
       </c>
-      <c r="K82" s="95" t="str">
+      <c r="K82" s="94" t="str">
         <f t="shared" si="23"/>
         <v>Balanced</v>
       </c>
-      <c r="L82" s="96" t="str">
+      <c r="L82" s="95" t="str">
         <f t="shared" si="23"/>
         <v>Balanced</v>
       </c>
     </row>
-    <row r="83" spans="3:16" ht="13.5">
-[...96 lines deleted...]
-      <c r="P100" s="120"/>
+    <row r="83" spans="3:16" ht="13.5" x14ac:dyDescent="0.3">
+      <c r="G83" s="45"/>
+      <c r="H83" s="34"/>
+      <c r="I83" s="34"/>
+      <c r="J83" s="34"/>
+      <c r="K83" s="34"/>
+      <c r="L83" s="34"/>
+    </row>
+    <row r="88" spans="3:16" ht="13.5" x14ac:dyDescent="0.3">
+      <c r="C88" s="47"/>
+      <c r="D88" s="47"/>
+      <c r="E88" s="47"/>
+      <c r="F88" s="47"/>
+      <c r="G88" s="47"/>
+      <c r="H88" s="47"/>
+      <c r="I88" s="47"/>
+      <c r="J88" s="47"/>
+      <c r="K88" s="47"/>
+      <c r="L88" s="47"/>
+    </row>
+    <row r="90" spans="3:16" ht="15" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="91" spans="3:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="M91" s="48"/>
+      <c r="N91" s="48"/>
+      <c r="O91" s="48"/>
+      <c r="P91" s="124"/>
+    </row>
+    <row r="92" spans="3:16" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C92" s="49"/>
+      <c r="D92" s="49"/>
+      <c r="E92" s="49"/>
+      <c r="F92" s="49"/>
+      <c r="G92" s="49"/>
+      <c r="H92" s="49"/>
+      <c r="I92" s="49"/>
+      <c r="J92" s="49"/>
+      <c r="K92" s="49"/>
+      <c r="M92" s="50"/>
+      <c r="N92" s="50"/>
+      <c r="O92" s="50"/>
+      <c r="P92" s="125"/>
+    </row>
+    <row r="93" spans="3:16" ht="13.5" x14ac:dyDescent="0.3">
+      <c r="M93" s="51"/>
+      <c r="N93" s="51"/>
+      <c r="O93" s="51"/>
+      <c r="P93" s="126"/>
+    </row>
+    <row r="94" spans="3:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C94" s="49"/>
+      <c r="D94" s="49"/>
+      <c r="E94" s="49"/>
+      <c r="F94" s="49"/>
+      <c r="G94" s="49"/>
+      <c r="H94" s="49"/>
+      <c r="I94" s="49"/>
+      <c r="J94" s="49"/>
+      <c r="K94" s="49"/>
+      <c r="M94" s="51"/>
+      <c r="N94" s="51"/>
+      <c r="O94" s="51"/>
+      <c r="P94" s="126"/>
+    </row>
+    <row r="95" spans="3:16" ht="13.5" x14ac:dyDescent="0.3">
+      <c r="M95" s="51"/>
+      <c r="N95" s="51"/>
+      <c r="O95" s="51"/>
+      <c r="P95" s="126"/>
+    </row>
+    <row r="96" spans="3:16" ht="13.5" x14ac:dyDescent="0.3">
+      <c r="M96" s="51"/>
+      <c r="N96" s="51"/>
+      <c r="O96" s="51"/>
+      <c r="P96" s="126"/>
+    </row>
+    <row r="97" spans="13:16" ht="13.5" x14ac:dyDescent="0.3">
+      <c r="M97" s="51"/>
+      <c r="N97" s="51"/>
+      <c r="O97" s="51"/>
+      <c r="P97" s="126"/>
+    </row>
+    <row r="98" spans="13:16" ht="13.5" x14ac:dyDescent="0.3">
+      <c r="M98" s="51"/>
+      <c r="N98" s="51"/>
+      <c r="O98" s="51"/>
+      <c r="P98" s="126"/>
+    </row>
+    <row r="99" spans="13:16" ht="13.5" x14ac:dyDescent="0.3">
+      <c r="M99" s="51"/>
+      <c r="N99" s="51"/>
+      <c r="O99" s="51"/>
+      <c r="P99" s="126"/>
+    </row>
+    <row r="100" spans="13:16" ht="13.5" x14ac:dyDescent="0.3">
+      <c r="M100" s="51"/>
+      <c r="N100" s="51"/>
+      <c r="O100" s="51"/>
+      <c r="P100" s="126"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="PYFRHoSD+nT5LgrJZz82hn4o8alcePnqk6M3aRNys3XujiSAnhcT/aTlnllLFF1IT+TKFawR4WnzP3jELDmHfQ==" saltValue="zXSNCwS7jhRzhEaACq2QGg==" spinCount="100000" sheet="1" formatColumns="0" formatRows="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="pcgrDC9W+KS1QlMQ80FiB2N+YMrP6uxssaoydXd7G/3aFdqphIRrNZBncyTeprH++vm34Vz8xoRQhKnZ32nLlA==" saltValue="GZv4KuMl0p4FbKEPIZQHSQ==" spinCount="100000" sheet="1" formatColumns="0" formatRows="0"/>
   <mergeCells count="5">
     <mergeCell ref="C10:F10"/>
     <mergeCell ref="C11:F11"/>
     <mergeCell ref="C25:N25"/>
     <mergeCell ref="C42:F42"/>
     <mergeCell ref="C43:F43"/>
   </mergeCells>
+  <conditionalFormatting sqref="C12:C13 E12:E13 B12:B23 D12:D23 C19 C23 B28:C38 B44:C79">
+    <cfRule type="expression" dxfId="40" priority="2">
+      <formula>AND(OR(LEN($G$11)=0,LEN($G$11)=30,LEN($G$11)=46),OR(LEN($H$11)=0,LEN($H$11)=30,LEN($H$11)=46),OR(LEN($I$11)=0,LEN($I$11)=30,LEN($I$11)=46),OR(LEN($J$11)=0,LEN($J$11)=30,LEN($J$11)=46),OR(LEN($K$11)=0,LEN($K$11)=30,LEN($K$11)=46),OR(LEN($L$11)=0,LEN($L$11)=30,LEN($L$11)=46))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="C25">
+    <cfRule type="expression" dxfId="39" priority="1">
+      <formula>AND(OR(LEN($G$11)=0,LEN($G$11)=30,LEN($G$11)=46),OR(LEN($H$11)=0,LEN($H$11)=30,LEN($H$11)=46),OR(LEN($I$11)=0,LEN($I$11)=30,LEN($I$11)=46),OR(LEN($J$11)=0,LEN($J$11)=30,LEN($J$11)=46),OR(LEN($K$11)=0,LEN($K$11)=30,LEN($K$11)=46),OR(LEN($L$11)=0,LEN($L$11)=30,LEN($L$11)=46))</formula>
+    </cfRule>
+  </conditionalFormatting>
   <conditionalFormatting sqref="C81:L81">
-    <cfRule type="expression" dxfId="42" priority="23">
+    <cfRule type="expression" dxfId="38" priority="23">
       <formula>COUNTIFS($G$82:$L$82,"Not Balanced")&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C81:L82">
-    <cfRule type="expression" dxfId="41" priority="19">
+    <cfRule type="expression" dxfId="37" priority="19">
       <formula>COUNTIFS($G$82:$L$82,"Not Balanced")&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E17">
-    <cfRule type="expression" dxfId="40" priority="14">
+    <cfRule type="expression" dxfId="36" priority="14">
       <formula>AND(ISBLANK($N17),OR(NOT(ISBLANK($G17)),NOT(ISBLANK($H17)),NOT(ISBLANK($I17)),NOT(ISBLANK($J17)),NOT(ISBLANK($K17)),NOT(ISBLANK($L17))))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E21">
-    <cfRule type="expression" dxfId="39" priority="13">
+    <cfRule type="expression" dxfId="35" priority="13">
       <formula>AND(ISBLANK($N21),OR(NOT(ISBLANK($G21)),NOT(ISBLANK($H21)),NOT(ISBLANK($I21)),NOT(ISBLANK($J21)),NOT(ISBLANK($K21)),NOT(ISBLANK($L21))))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E48">
-    <cfRule type="expression" dxfId="38" priority="10">
+    <cfRule type="expression" dxfId="34" priority="10">
       <formula>AND(ISBLANK($N48),OR(NOT(ISBLANK($G48)),NOT(ISBLANK($H48)),NOT(ISBLANK($I48)),NOT(ISBLANK($J48)),NOT(ISBLANK($K48)),NOT(ISBLANK($L48))))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E55">
-    <cfRule type="expression" dxfId="37" priority="9">
+    <cfRule type="expression" dxfId="33" priority="9">
       <formula>AND(ISBLANK($N55),OR(NOT(ISBLANK($G55)),NOT(ISBLANK($H55)),NOT(ISBLANK($I55)),NOT(ISBLANK($J55)),NOT(ISBLANK($K55)),NOT(ISBLANK($L55))))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E64">
-    <cfRule type="expression" dxfId="36" priority="8">
+    <cfRule type="expression" dxfId="32" priority="8">
       <formula>AND(ISBLANK($N64),OR(NOT(ISBLANK($G64)),NOT(ISBLANK($H64)),NOT(ISBLANK($I64)),NOT(ISBLANK($J64)),NOT(ISBLANK($K64)),NOT(ISBLANK($L64))))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E69">
-    <cfRule type="expression" dxfId="35" priority="7">
+    <cfRule type="expression" dxfId="31" priority="7">
       <formula>AND(ISBLANK($N69),OR(NOT(ISBLANK($G69)),NOT(ISBLANK($H69)),NOT(ISBLANK($I69)),NOT(ISBLANK($J69)),NOT(ISBLANK($K69)),NOT(ISBLANK($L69))))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G11:H11 J11:L11">
-    <cfRule type="expression" dxfId="34" priority="25">
+    <cfRule type="expression" dxfId="30" priority="25">
       <formula>LEN(G11)=30</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G11:L11">
-    <cfRule type="containsText" dxfId="33" priority="28" operator="containsText" text="[Please input year end date here (DD/MM/YYYY)]">
+    <cfRule type="containsText" dxfId="29" priority="28" operator="containsText" text="[Please input year end date here (DD/MM/YYYY)]">
       <formula>NOT(ISERROR(SEARCH("[Please input year end date here (DD/MM/YYYY)]",G11)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G13:L23 G28:L29 G31:L32 G34:L35 G37:L38 G45:L49 G52:L58 G61:L65 G68:L73 G76:L79">
-    <cfRule type="expression" dxfId="32" priority="26">
+    <cfRule type="expression" dxfId="28" priority="26">
       <formula>OR(LEN(G$11)=0,LEN(G$11)=30,LEN(G$11)=46)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G82:L82">
-    <cfRule type="beginsWith" dxfId="31" priority="20" operator="beginsWith" text="Not">
+    <cfRule type="beginsWith" dxfId="27" priority="20" operator="beginsWith" text="Not">
       <formula>LEFT(G82,LEN("Not"))="Not"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="N17">
-    <cfRule type="expression" dxfId="30" priority="12">
+    <cfRule type="expression" dxfId="26" priority="12">
       <formula>AND(ISBLANK($N17),OR(NOT(ISBLANK($G17)),NOT(ISBLANK($H17)),NOT(ISBLANK($I17)),NOT(ISBLANK($J17)),NOT(ISBLANK($K17)),NOT(ISBLANK($L17))))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="N21">
-    <cfRule type="expression" dxfId="29" priority="11">
+    <cfRule type="expression" dxfId="25" priority="11">
       <formula>AND(ISBLANK($N21),OR(NOT(ISBLANK($G21)),NOT(ISBLANK($H21)),NOT(ISBLANK($I21)),NOT(ISBLANK($J21)),NOT(ISBLANK($K21)),NOT(ISBLANK($L21))))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="N48">
-    <cfRule type="expression" dxfId="28" priority="6">
+    <cfRule type="expression" dxfId="24" priority="6">
       <formula>AND(ISBLANK($N48),OR(NOT(ISBLANK($G48)),NOT(ISBLANK($H48)),NOT(ISBLANK($I48)),NOT(ISBLANK($J48)),NOT(ISBLANK($K48)),NOT(ISBLANK($L48))))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="N55">
-    <cfRule type="expression" dxfId="27" priority="5">
+    <cfRule type="expression" dxfId="23" priority="5">
       <formula>AND(ISBLANK($N55),OR(NOT(ISBLANK($G55)),NOT(ISBLANK($H55)),NOT(ISBLANK($I55)),NOT(ISBLANK($J55)),NOT(ISBLANK($K55)),NOT(ISBLANK($L55))))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="N64">
-    <cfRule type="expression" dxfId="26" priority="4">
+    <cfRule type="expression" dxfId="22" priority="4">
       <formula>AND(ISBLANK($N64),OR(NOT(ISBLANK($G64)),NOT(ISBLANK($H64)),NOT(ISBLANK($I64)),NOT(ISBLANK($J64)),NOT(ISBLANK($K64)),NOT(ISBLANK($L64))))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="N69">
-    <cfRule type="expression" dxfId="25" priority="3">
+    <cfRule type="expression" dxfId="21" priority="3">
       <formula>AND(ISBLANK($N69),OR(NOT(ISBLANK($G69)),NOT(ISBLANK($H69)),NOT(ISBLANK($I69)),NOT(ISBLANK($J69)),NOT(ISBLANK($K69)),NOT(ISBLANK($L69))))</formula>
-    </cfRule>
-[...8 lines deleted...]
-      <formula>AND(OR(LEN($G$11)=0,LEN($G$11)=30,LEN($G$11)=46),OR(LEN($H$11)=0,LEN($H$11)=30,LEN($H$11)=46),OR(LEN($I$11)=0,LEN($I$11)=30,LEN($I$11)=46),OR(LEN($J$11)=0,LEN($J$11)=30,LEN($J$11)=46),OR(LEN($K$11)=0,LEN($K$11)=30,LEN($K$11)=46),OR(LEN($L$11)=0,LEN($L$11)=30,LEN($L$11)=46))</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="2">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please select if not reporting in GBP" sqref="G8" xr:uid="{37AF2CA9-D4B3-4FF3-8693-55659FE2B353}">
       <formula1>"EUR,USD,CAD,SEK,CHF,JPY"</formula1>
     </dataValidation>
     <dataValidation type="date" operator="notEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G11:L11" xr:uid="{91C88B43-A8F2-4DA2-AAAB-C2E6A1935D94}">
       <formula1>23802</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="55" fitToHeight="0" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Aptos"&amp;10&amp;K000000 FCA Public&amp;1#_x000D_</oddHeader>
+  </headerFooter>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ADF27F2B-E600-4466-B607-404DAE8215E7}">
   <sheetPr codeName="Sheet7">
     <tabColor rgb="FFFF585D"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:S84"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="10" topLeftCell="A11" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A11" sqref="A11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="13.5"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="13.5" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="4.140625" style="27" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="17" max="16384" width="9.140625" style="27"/>
+    <col min="1" max="2" width="4.1796875" style="26" customWidth="1"/>
+    <col min="3" max="3" width="13.26953125" style="26" customWidth="1"/>
+    <col min="4" max="4" width="13.453125" style="26" customWidth="1"/>
+    <col min="5" max="5" width="33.54296875" style="26" customWidth="1"/>
+    <col min="6" max="7" width="2.54296875" style="30" customWidth="1"/>
+    <col min="8" max="8" width="22.1796875" style="26" customWidth="1"/>
+    <col min="9" max="10" width="20.7265625" style="26" customWidth="1"/>
+    <col min="11" max="13" width="1.26953125" style="26" customWidth="1"/>
+    <col min="14" max="14" width="89.26953125" style="26" customWidth="1"/>
+    <col min="15" max="15" width="4.1796875" style="26" customWidth="1"/>
+    <col min="16" max="16" width="9.1796875" style="83"/>
+    <col min="17" max="16384" width="9.1796875" style="26"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16">
-[...50 lines deleted...]
-      <c r="A2" s="84">
+    <row r="1" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A1" s="122" t="s">
+        <v>266</v>
+      </c>
+      <c r="B1" s="122" t="s">
+        <v>267</v>
+      </c>
+      <c r="C1" s="122" t="s">
+        <v>268</v>
+      </c>
+      <c r="D1" s="122" t="s">
+        <v>269</v>
+      </c>
+      <c r="E1" s="122" t="s">
+        <v>270</v>
+      </c>
+      <c r="F1" s="122" t="s">
+        <v>271</v>
+      </c>
+      <c r="G1" s="122" t="s">
+        <v>272</v>
+      </c>
+      <c r="H1" s="122" t="s">
+        <v>273</v>
+      </c>
+      <c r="I1" s="122" t="s">
+        <v>274</v>
+      </c>
+      <c r="J1" s="122" t="s">
+        <v>275</v>
+      </c>
+      <c r="K1" s="122" t="s">
+        <v>276</v>
+      </c>
+      <c r="L1" s="122" t="s">
+        <v>277</v>
+      </c>
+      <c r="M1" s="122" t="s">
+        <v>278</v>
+      </c>
+      <c r="N1" s="122" t="s">
+        <v>279</v>
+      </c>
+      <c r="O1" s="122" t="s">
+        <v>280</v>
+      </c>
+      <c r="P1" s="83" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="A2" s="83">
         <f>H7</f>
         <v>0</v>
       </c>
-      <c r="B2" s="29" t="s">
-[...12 lines deleted...]
-      <c r="M2" s="117" t="str">
+      <c r="B2" s="28" t="s">
+        <v>157</v>
+      </c>
+      <c r="C2" s="28"/>
+      <c r="D2" s="28"/>
+      <c r="E2" s="28"/>
+      <c r="F2" s="29"/>
+      <c r="G2" s="29"/>
+      <c r="H2" s="28"/>
+      <c r="I2" s="28"/>
+      <c r="J2" s="28"/>
+      <c r="K2" s="52"/>
+      <c r="L2" s="52"/>
+      <c r="M2" s="123" t="str">
         <f>'Guidance &amp; Glossary'!B4</f>
-        <v xml:space="preserve"> v1.0</v>
-[...2 lines deleted...]
-      <c r="O2" s="84" t="str">
+        <v xml:space="preserve"> v1.1</v>
+      </c>
+      <c r="N2" s="52"/>
+      <c r="O2" s="83" t="str">
         <f>MID(B6,FIND(":",B6)+2,20)</f>
         <v>Single</v>
       </c>
     </row>
-    <row r="3" spans="1:16">
-[...17 lines deleted...]
-      <c r="B5" s="27" t="str">
+    <row r="3" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="B3" s="28" t="s">
+        <v>158</v>
+      </c>
+      <c r="C3" s="52"/>
+      <c r="D3" s="52"/>
+      <c r="E3" s="52"/>
+      <c r="F3" s="53"/>
+      <c r="G3" s="53"/>
+      <c r="H3" s="52"/>
+      <c r="I3" s="52"/>
+      <c r="J3" s="52"/>
+      <c r="K3" s="52"/>
+      <c r="L3" s="52"/>
+      <c r="M3" s="52"/>
+      <c r="N3" s="52"/>
+    </row>
+    <row r="5" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="B5" s="26" t="str">
         <f>"Currency: "&amp;IF($H$7="","GBP",$H$7)</f>
         <v>Currency: GBP</v>
       </c>
     </row>
-    <row r="6" spans="1:16">
-[...4 lines deleted...]
-    <row r="7" spans="1:16">
+    <row r="6" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="B6" s="26" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16" x14ac:dyDescent="0.3">
       <c r="B7" s="5" t="s">
-        <v>121</v>
+        <v>99</v>
       </c>
       <c r="H7" s="8"/>
     </row>
-    <row r="9" spans="1:16" customFormat="1" ht="14.45">
+    <row r="9" spans="1:16" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B9" t="s">
-        <v>181</v>
-[...4 lines deleted...]
-      <c r="I9" s="98" t="str">
+        <v>159</v>
+      </c>
+      <c r="E9" s="98"/>
+      <c r="G9" s="30"/>
+      <c r="H9" s="100"/>
+      <c r="I9" s="99" t="str">
         <f>IF(OR(H9="Please select",H9=""),"* ERROR: please select legal status *","")</f>
         <v>* ERROR: please select legal status *</v>
       </c>
-      <c r="P9" s="121"/>
-[...2 lines deleted...]
-      <c r="B11" s="75" t="str">
+      <c r="P9" s="127"/>
+    </row>
+    <row r="11" spans="1:16" ht="46" x14ac:dyDescent="0.3">
+      <c r="B11" s="74" t="str">
         <f>"Income Statement"</f>
         <v>Income Statement</v>
       </c>
-      <c r="D11" s="74"/>
-[...2 lines deleted...]
-      <c r="G11" s="74"/>
+      <c r="D11" s="73"/>
+      <c r="E11" s="73"/>
+      <c r="F11" s="73"/>
+      <c r="G11" s="73"/>
       <c r="H11" s="16" t="s">
-        <v>123</v>
+        <v>101</v>
       </c>
       <c r="I11" s="16" t="s">
-        <v>124</v>
+        <v>102</v>
       </c>
       <c r="J11" s="16" t="s">
-        <v>125</v>
-[...4 lines deleted...]
-      <c r="P11" s="84" t="str">
+        <v>103</v>
+      </c>
+      <c r="N11" s="24" t="s">
+        <v>259</v>
+      </c>
+      <c r="P11" s="83" t="str">
         <f>$B$11</f>
         <v>Income Statement</v>
       </c>
     </row>
-    <row r="12" spans="1:16" ht="40.5">
-      <c r="C12" s="149" t="str">
+    <row r="12" spans="1:16" ht="40.5" x14ac:dyDescent="0.3">
+      <c r="C12" s="155" t="str">
         <f>IF(OR(I12="[Please input year end date here (DD/MM/YYYY)]",I12=""),"* ERROR: please enter a valid year end date in the 'Current financial year' field first before completing this template *","")</f>
         <v>* ERROR: please enter a valid year end date in the 'Current financial year' field first before completing this template *</v>
       </c>
-      <c r="D12" s="149"/>
-[...3 lines deleted...]
-      <c r="H12" s="83" t="str">
+      <c r="D12" s="155"/>
+      <c r="E12" s="155"/>
+      <c r="F12" s="155"/>
+      <c r="G12" s="84"/>
+      <c r="H12" s="82" t="str">
         <f>IFERROR(DATE(YEAR(I12)-1,MONTH(I12),DAY(I12)),"Fill in current financial year")</f>
         <v>Fill in current financial year</v>
       </c>
-      <c r="I12" s="83" t="s">
-[...2 lines deleted...]
-      <c r="J12" s="83" t="str">
+      <c r="I12" s="82" t="s">
+        <v>107</v>
+      </c>
+      <c r="J12" s="82" t="str">
         <f>IFERROR(DATE(YEAR(I12)+1,MONTH(I12),DAY(I12)),"Fill in current financial year")</f>
         <v>Fill in current financial year</v>
       </c>
-      <c r="N12" s="26" t="s">
-[...2 lines deleted...]
-      <c r="P12" s="84" t="str">
+      <c r="N12" s="25" t="s">
+        <v>108</v>
+      </c>
+      <c r="P12" s="83" t="str">
         <f>$B$11</f>
         <v>Income Statement</v>
       </c>
     </row>
-    <row r="13" spans="1:16">
-[...4 lines deleted...]
-    <row r="14" spans="1:16" ht="27">
+    <row r="13" spans="1:16" x14ac:dyDescent="0.3">
+      <c r="B13" s="32" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16" ht="27" x14ac:dyDescent="0.3">
       <c r="B14" s="4">
         <v>1</v>
       </c>
-      <c r="C14" s="112" t="s">
-[...12 lines deleted...]
-      <c r="P14" s="84" t="str">
+      <c r="C14" s="114" t="s">
+        <v>110</v>
+      </c>
+      <c r="D14" s="97" t="s">
+        <v>111</v>
+      </c>
+      <c r="E14" s="96" t="s">
+        <v>112</v>
+      </c>
+      <c r="H14" s="79"/>
+      <c r="I14" s="79"/>
+      <c r="J14" s="79"/>
+      <c r="N14" s="25"/>
+      <c r="P14" s="83" t="str">
         <f t="shared" ref="P14:P24" si="0">$B$11</f>
         <v>Income Statement</v>
       </c>
     </row>
-    <row r="15" spans="1:16">
+    <row r="15" spans="1:16" x14ac:dyDescent="0.3">
       <c r="B15" s="4">
         <v>2</v>
       </c>
-      <c r="C15" s="84" t="s">
-[...9 lines deleted...]
-      <c r="P15" s="84" t="str">
+      <c r="C15" s="83" t="s">
+        <v>110</v>
+      </c>
+      <c r="D15" s="114" t="s">
+        <v>113</v>
+      </c>
+      <c r="H15" s="79"/>
+      <c r="I15" s="79"/>
+      <c r="J15" s="79"/>
+      <c r="N15" s="25"/>
+      <c r="P15" s="83" t="str">
         <f t="shared" si="0"/>
         <v>Income Statement</v>
       </c>
     </row>
-    <row r="16" spans="1:16">
+    <row r="16" spans="1:16" x14ac:dyDescent="0.3">
       <c r="B16" s="4">
         <v>3</v>
       </c>
-      <c r="C16" s="84" t="s">
-[...9 lines deleted...]
-      <c r="P16" s="84" t="str">
+      <c r="C16" s="83" t="s">
+        <v>110</v>
+      </c>
+      <c r="D16" s="114" t="s">
+        <v>114</v>
+      </c>
+      <c r="H16" s="79"/>
+      <c r="I16" s="79"/>
+      <c r="J16" s="79"/>
+      <c r="N16" s="25"/>
+      <c r="P16" s="83" t="str">
         <f t="shared" si="0"/>
         <v>Income Statement</v>
       </c>
     </row>
-    <row r="17" spans="2:16">
+    <row r="17" spans="2:16" x14ac:dyDescent="0.3">
       <c r="B17" s="4">
         <v>4</v>
       </c>
-      <c r="C17" s="84" t="s">
-[...9 lines deleted...]
-      <c r="P17" s="84" t="str">
+      <c r="C17" s="83" t="s">
+        <v>110</v>
+      </c>
+      <c r="D17" s="26" t="s">
+        <v>115</v>
+      </c>
+      <c r="H17" s="79"/>
+      <c r="I17" s="79"/>
+      <c r="J17" s="79"/>
+      <c r="N17" s="25"/>
+      <c r="P17" s="83" t="str">
         <f t="shared" si="0"/>
         <v>Income Statement</v>
       </c>
     </row>
-    <row r="18" spans="2:16">
+    <row r="18" spans="2:16" x14ac:dyDescent="0.3">
       <c r="B18" s="4">
         <v>5</v>
       </c>
-      <c r="C18" s="84" t="s">
-[...12 lines deleted...]
-      <c r="P18" s="84" t="str">
+      <c r="C18" s="83" t="s">
+        <v>110</v>
+      </c>
+      <c r="D18" s="26" t="s">
+        <v>116</v>
+      </c>
+      <c r="E18" s="83" t="s">
+        <v>117</v>
+      </c>
+      <c r="H18" s="79"/>
+      <c r="I18" s="79"/>
+      <c r="J18" s="79"/>
+      <c r="N18" s="25"/>
+      <c r="P18" s="83" t="str">
         <f t="shared" si="0"/>
         <v>Income Statement</v>
       </c>
     </row>
-    <row r="19" spans="2:16">
+    <row r="19" spans="2:16" x14ac:dyDescent="0.3">
       <c r="B19" s="4">
         <v>6</v>
       </c>
-      <c r="C19" s="33"/>
-[...3 lines deleted...]
-      <c r="E19" s="34"/>
+      <c r="C19" s="32"/>
+      <c r="D19" s="32" t="s">
+        <v>118</v>
+      </c>
+      <c r="E19" s="33"/>
       <c r="H19" s="18">
         <f>SUM(H14:H18)</f>
         <v>0</v>
       </c>
       <c r="I19" s="18">
         <f>SUM(I14:I18)</f>
         <v>0</v>
       </c>
       <c r="J19" s="18">
         <f>SUM(J14:J18)</f>
         <v>0</v>
       </c>
-      <c r="N19" s="26"/>
-      <c r="P19" s="84" t="str">
+      <c r="N19" s="25"/>
+      <c r="P19" s="83" t="str">
         <f t="shared" si="0"/>
         <v>Income Statement</v>
       </c>
     </row>
-    <row r="20" spans="2:16">
+    <row r="20" spans="2:16" x14ac:dyDescent="0.3">
       <c r="B20" s="4">
         <v>7</v>
       </c>
-      <c r="C20" s="112" t="s">
-[...9 lines deleted...]
-      <c r="P20" s="84" t="str">
+      <c r="C20" s="114" t="s">
+        <v>119</v>
+      </c>
+      <c r="D20" s="26" t="s">
+        <v>120</v>
+      </c>
+      <c r="H20" s="79"/>
+      <c r="I20" s="79"/>
+      <c r="J20" s="79"/>
+      <c r="N20" s="25"/>
+      <c r="P20" s="83" t="str">
         <f t="shared" si="0"/>
         <v>Income Statement</v>
       </c>
     </row>
-    <row r="21" spans="2:16">
+    <row r="21" spans="2:16" x14ac:dyDescent="0.3">
       <c r="B21" s="4">
         <v>8</v>
       </c>
-      <c r="C21" s="84" t="s">
-[...9 lines deleted...]
-      <c r="P21" s="84" t="str">
+      <c r="C21" s="83" t="s">
+        <v>119</v>
+      </c>
+      <c r="D21" s="26" t="s">
+        <v>121</v>
+      </c>
+      <c r="H21" s="79"/>
+      <c r="I21" s="79"/>
+      <c r="J21" s="79"/>
+      <c r="N21" s="25"/>
+      <c r="P21" s="83" t="str">
         <f t="shared" si="0"/>
         <v>Income Statement</v>
       </c>
     </row>
-    <row r="22" spans="2:16">
+    <row r="22" spans="2:16" x14ac:dyDescent="0.3">
       <c r="B22" s="4">
         <v>9</v>
       </c>
-      <c r="C22" s="84" t="s">
-[...12 lines deleted...]
-      <c r="P22" s="84" t="str">
+      <c r="C22" s="83" t="s">
+        <v>119</v>
+      </c>
+      <c r="D22" s="26" t="s">
+        <v>116</v>
+      </c>
+      <c r="E22" s="83" t="s">
+        <v>117</v>
+      </c>
+      <c r="H22" s="79"/>
+      <c r="I22" s="79"/>
+      <c r="J22" s="79"/>
+      <c r="N22" s="25"/>
+      <c r="P22" s="83" t="str">
         <f t="shared" si="0"/>
         <v>Income Statement</v>
       </c>
     </row>
-    <row r="23" spans="2:16">
+    <row r="23" spans="2:16" x14ac:dyDescent="0.3">
       <c r="B23" s="4">
         <v>10</v>
       </c>
-      <c r="C23" s="33"/>
-[...3 lines deleted...]
-      <c r="E23" s="34"/>
+      <c r="C23" s="32"/>
+      <c r="D23" s="32" t="s">
+        <v>122</v>
+      </c>
+      <c r="E23" s="33"/>
       <c r="H23" s="18">
         <f>SUM(H20:H22)</f>
         <v>0</v>
       </c>
       <c r="I23" s="18">
         <f>SUM(I20:I22)</f>
         <v>0</v>
       </c>
       <c r="J23" s="18">
         <f>SUM(J20:J22)</f>
         <v>0</v>
       </c>
-      <c r="N23" s="26"/>
-      <c r="P23" s="84" t="str">
+      <c r="N23" s="25"/>
+      <c r="P23" s="83" t="str">
         <f t="shared" si="0"/>
         <v>Income Statement</v>
       </c>
     </row>
-    <row r="24" spans="2:16" ht="14.1" thickBot="1">
+    <row r="24" spans="2:16" ht="14" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B24" s="4">
         <v>11</v>
       </c>
-      <c r="C24" s="33" t="s">
-[...2 lines deleted...]
-      <c r="D24" s="33"/>
+      <c r="C24" s="32" t="s">
+        <v>123</v>
+      </c>
+      <c r="D24" s="32"/>
       <c r="H24" s="17">
         <f>SUM(H19,H23)</f>
         <v>0</v>
       </c>
       <c r="I24" s="17">
         <f>SUM(I19,I23)</f>
         <v>0</v>
       </c>
       <c r="J24" s="17">
         <f>SUM(J19,J23)</f>
         <v>0</v>
       </c>
-      <c r="N24" s="26"/>
-      <c r="P24" s="84" t="str">
+      <c r="N24" s="25"/>
+      <c r="P24" s="83" t="str">
         <f t="shared" si="0"/>
         <v>Income Statement</v>
       </c>
     </row>
-    <row r="25" spans="2:16" ht="14.1" thickTop="1">
-[...4 lines deleted...]
-    <row r="26" spans="2:16">
+    <row r="25" spans="2:16" ht="14" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="D25" s="33"/>
+      <c r="I25" s="34"/>
+      <c r="J25" s="34"/>
+    </row>
+    <row r="26" spans="2:16" x14ac:dyDescent="0.3">
       <c r="B26" s="4">
         <v>13</v>
       </c>
-      <c r="C26" s="36" t="s">
-[...6 lines deleted...]
-      <c r="P26" s="84" t="str">
+      <c r="C26" s="35" t="s">
+        <v>160</v>
+      </c>
+      <c r="H26" s="81"/>
+      <c r="I26" s="81"/>
+      <c r="J26" s="81"/>
+      <c r="N26" s="25"/>
+      <c r="P26" s="83" t="str">
         <f t="shared" ref="P26:P27" si="1">$B$11</f>
         <v>Income Statement</v>
       </c>
     </row>
-    <row r="27" spans="2:16" ht="14.1" thickBot="1">
+    <row r="27" spans="2:16" ht="14" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B27" s="4">
         <v>14</v>
       </c>
-      <c r="C27" s="38" t="s">
-        <v>184</v>
+      <c r="C27" s="37" t="s">
+        <v>161</v>
       </c>
       <c r="H27" s="17">
         <f>H24-H26</f>
         <v>0</v>
       </c>
       <c r="I27" s="17">
         <f>I24-I26</f>
         <v>0</v>
       </c>
       <c r="J27" s="17">
         <f>J24-J26</f>
         <v>0</v>
       </c>
-      <c r="N27" s="26"/>
-      <c r="P27" s="84" t="str">
+      <c r="N27" s="25"/>
+      <c r="P27" s="83" t="str">
         <f t="shared" si="1"/>
         <v>Income Statement</v>
       </c>
     </row>
-    <row r="28" spans="2:16" ht="14.1" thickTop="1">
-[...33 lines deleted...]
-      <c r="B33" s="75" t="str">
+    <row r="28" spans="2:16" ht="14" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="H28" s="34"/>
+      <c r="I28" s="34"/>
+      <c r="J28" s="34"/>
+      <c r="P28" s="128"/>
+    </row>
+    <row r="29" spans="2:16" ht="34.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C29" s="156" t="s">
+        <v>162</v>
+      </c>
+      <c r="D29" s="157"/>
+      <c r="E29" s="157"/>
+      <c r="F29" s="157"/>
+      <c r="G29" s="157"/>
+      <c r="H29" s="157"/>
+      <c r="I29" s="157"/>
+      <c r="J29" s="157"/>
+      <c r="K29" s="157"/>
+      <c r="L29" s="157"/>
+      <c r="M29" s="157"/>
+      <c r="N29" s="158"/>
+      <c r="O29" s="54"/>
+    </row>
+    <row r="30" spans="2:16" x14ac:dyDescent="0.3">
+      <c r="H30" s="34"/>
+      <c r="I30" s="34"/>
+      <c r="J30" s="34"/>
+    </row>
+    <row r="31" spans="2:16" x14ac:dyDescent="0.3">
+      <c r="H31" s="34"/>
+      <c r="I31" s="34"/>
+      <c r="J31" s="34"/>
+    </row>
+    <row r="33" spans="2:18" ht="46" x14ac:dyDescent="0.3">
+      <c r="B33" s="74" t="str">
         <f>"Business Balance Sheet"</f>
         <v>Business Balance Sheet</v>
       </c>
-      <c r="D33" s="75"/>
-[...2 lines deleted...]
-      <c r="G33" s="75"/>
+      <c r="D33" s="74"/>
+      <c r="E33" s="74"/>
+      <c r="F33" s="74"/>
+      <c r="G33" s="74"/>
       <c r="H33" s="16" t="s">
-        <v>123</v>
+        <v>101</v>
       </c>
       <c r="I33" s="16" t="s">
-        <v>124</v>
+        <v>102</v>
       </c>
       <c r="J33" s="16" t="s">
-        <v>125</v>
-[...4 lines deleted...]
-      <c r="P33" s="84" t="str">
+        <v>103</v>
+      </c>
+      <c r="N33" s="24" t="s">
+        <v>259</v>
+      </c>
+      <c r="P33" s="83" t="str">
         <f>$B$33</f>
         <v>Business Balance Sheet</v>
       </c>
     </row>
-    <row r="34" spans="2:18">
-      <c r="C34" s="149" t="str">
+    <row r="34" spans="2:18" x14ac:dyDescent="0.3">
+      <c r="C34" s="155" t="str">
         <f>IF(OR(I34="[Please input year end date here (DD/MM/YYYY)]",I34=""),"* ERROR: please enter a valid year end date above *","")</f>
         <v>* ERROR: please enter a valid year end date above *</v>
       </c>
-      <c r="D34" s="149"/>
-[...3 lines deleted...]
-      <c r="H34" s="39" t="str">
+      <c r="D34" s="155"/>
+      <c r="E34" s="155"/>
+      <c r="F34" s="155"/>
+      <c r="G34" s="84"/>
+      <c r="H34" s="38" t="str">
         <f>IF(OR(H$12="Fill in current financial year",H$12=""),"",H$12)</f>
         <v/>
       </c>
-      <c r="I34" s="39" t="str">
+      <c r="I34" s="38" t="str">
         <f>IF(OR(I$12="[Please input year end date here (DD/MM/YYYY)]",I$12=""),"",I$12)</f>
         <v/>
       </c>
-      <c r="J34" s="39" t="str">
+      <c r="J34" s="38" t="str">
         <f>IF(OR(J$12="Fill in current financial year",J$12=""),"",J$12)</f>
         <v/>
       </c>
-      <c r="P34" s="84" t="str">
+      <c r="P34" s="83" t="str">
         <f>$B$33</f>
         <v>Business Balance Sheet</v>
       </c>
     </row>
-    <row r="35" spans="2:18" ht="24.95" customHeight="1">
-[...6 lines deleted...]
-      <c r="P35" s="84" t="str">
+    <row r="35" spans="2:18" ht="25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B35" s="72" t="s">
+        <v>163</v>
+      </c>
+      <c r="H35" s="55"/>
+      <c r="I35" s="55"/>
+      <c r="J35" s="55"/>
+      <c r="P35" s="83" t="str">
         <f t="shared" ref="P35:P43" si="2">$B$33</f>
         <v>Business Balance Sheet</v>
       </c>
     </row>
-    <row r="36" spans="2:18">
+    <row r="36" spans="2:18" x14ac:dyDescent="0.3">
       <c r="B36" s="4">
         <v>1</v>
       </c>
-      <c r="C36" s="27" t="s">
-[...9 lines deleted...]
-      <c r="P36" s="84" t="str">
+      <c r="C36" s="26" t="s">
+        <v>164</v>
+      </c>
+      <c r="D36" s="32"/>
+      <c r="F36" s="26"/>
+      <c r="G36" s="26"/>
+      <c r="H36" s="81"/>
+      <c r="I36" s="81"/>
+      <c r="J36" s="81"/>
+      <c r="N36" s="25"/>
+      <c r="P36" s="83" t="str">
         <f t="shared" si="2"/>
         <v>Business Balance Sheet</v>
       </c>
     </row>
-    <row r="37" spans="2:18">
+    <row r="37" spans="2:18" x14ac:dyDescent="0.3">
       <c r="B37" s="4">
         <v>2</v>
       </c>
-      <c r="C37" s="46" t="s">
-[...8 lines deleted...]
-      <c r="P37" s="84" t="str">
+      <c r="C37" s="45" t="s">
+        <v>165</v>
+      </c>
+      <c r="F37" s="26"/>
+      <c r="G37" s="26"/>
+      <c r="H37" s="81"/>
+      <c r="I37" s="81"/>
+      <c r="J37" s="81"/>
+      <c r="N37" s="25"/>
+      <c r="P37" s="83" t="str">
         <f t="shared" si="2"/>
         <v>Business Balance Sheet</v>
       </c>
-      <c r="R37" s="57"/>
-[...1 lines deleted...]
-    <row r="38" spans="2:18">
+      <c r="R37" s="56"/>
+    </row>
+    <row r="38" spans="2:18" x14ac:dyDescent="0.3">
       <c r="B38" s="4">
         <v>3</v>
       </c>
-      <c r="C38" s="46" t="s">
-[...11 lines deleted...]
-      <c r="P38" s="84" t="str">
+      <c r="C38" s="45" t="s">
+        <v>166</v>
+      </c>
+      <c r="F38" s="26"/>
+      <c r="G38" s="26"/>
+      <c r="H38" s="81"/>
+      <c r="I38" s="81"/>
+      <c r="J38" s="81"/>
+      <c r="K38" s="34"/>
+      <c r="L38" s="34"/>
+      <c r="M38" s="34"/>
+      <c r="N38" s="25"/>
+      <c r="P38" s="83" t="str">
         <f t="shared" si="2"/>
         <v>Business Balance Sheet</v>
       </c>
-      <c r="R38" s="40"/>
-[...1 lines deleted...]
-    <row r="39" spans="2:18">
+      <c r="R38" s="39"/>
+    </row>
+    <row r="39" spans="2:18" x14ac:dyDescent="0.3">
       <c r="B39" s="4">
         <v>4</v>
       </c>
-      <c r="C39" s="46" t="s">
-[...11 lines deleted...]
-      <c r="P39" s="84" t="str">
+      <c r="C39" s="45" t="s">
+        <v>167</v>
+      </c>
+      <c r="F39" s="26"/>
+      <c r="G39" s="26"/>
+      <c r="H39" s="81"/>
+      <c r="I39" s="81"/>
+      <c r="J39" s="81"/>
+      <c r="K39" s="34"/>
+      <c r="L39" s="34"/>
+      <c r="M39" s="34"/>
+      <c r="N39" s="25"/>
+      <c r="P39" s="83" t="str">
         <f t="shared" si="2"/>
         <v>Business Balance Sheet</v>
       </c>
-      <c r="R39" s="40"/>
-[...1 lines deleted...]
-    <row r="40" spans="2:18">
+      <c r="R39" s="39"/>
+    </row>
+    <row r="40" spans="2:18" x14ac:dyDescent="0.3">
       <c r="B40" s="4">
         <v>5</v>
       </c>
-      <c r="C40" s="46" t="s">
-[...11 lines deleted...]
-      <c r="P40" s="84" t="str">
+      <c r="C40" s="45" t="s">
+        <v>168</v>
+      </c>
+      <c r="F40" s="26"/>
+      <c r="G40" s="26"/>
+      <c r="H40" s="81"/>
+      <c r="I40" s="81"/>
+      <c r="J40" s="81"/>
+      <c r="K40" s="34"/>
+      <c r="L40" s="34"/>
+      <c r="M40" s="34"/>
+      <c r="N40" s="25"/>
+      <c r="P40" s="83" t="str">
         <f t="shared" si="2"/>
         <v>Business Balance Sheet</v>
       </c>
-      <c r="R40" s="40"/>
-[...1 lines deleted...]
-    <row r="41" spans="2:18">
+      <c r="R40" s="39"/>
+    </row>
+    <row r="41" spans="2:18" x14ac:dyDescent="0.3">
       <c r="B41" s="4">
         <v>6</v>
       </c>
-      <c r="C41" s="46" t="s">
-[...11 lines deleted...]
-      <c r="P41" s="84" t="str">
+      <c r="C41" s="45" t="s">
+        <v>169</v>
+      </c>
+      <c r="F41" s="26"/>
+      <c r="G41" s="26"/>
+      <c r="H41" s="81"/>
+      <c r="I41" s="81"/>
+      <c r="J41" s="81"/>
+      <c r="K41" s="34"/>
+      <c r="L41" s="34"/>
+      <c r="M41" s="34"/>
+      <c r="N41" s="25"/>
+      <c r="P41" s="83" t="str">
         <f t="shared" si="2"/>
         <v>Business Balance Sheet</v>
       </c>
     </row>
-    <row r="42" spans="2:18">
+    <row r="42" spans="2:18" x14ac:dyDescent="0.3">
       <c r="B42" s="4">
         <v>7</v>
       </c>
-      <c r="C42" s="46" t="s">
-[...14 lines deleted...]
-      <c r="P42" s="84" t="str">
+      <c r="C42" s="45" t="s">
+        <v>170</v>
+      </c>
+      <c r="E42" s="83" t="s">
+        <v>117</v>
+      </c>
+      <c r="F42" s="26"/>
+      <c r="G42" s="26"/>
+      <c r="H42" s="81"/>
+      <c r="I42" s="81"/>
+      <c r="J42" s="81"/>
+      <c r="K42" s="34"/>
+      <c r="L42" s="34"/>
+      <c r="M42" s="34"/>
+      <c r="N42" s="25"/>
+      <c r="P42" s="83" t="str">
         <f t="shared" si="2"/>
         <v>Business Balance Sheet</v>
       </c>
-      <c r="R42" s="40"/>
-[...1 lines deleted...]
-    <row r="43" spans="2:18" ht="14.1" thickBot="1">
+      <c r="R42" s="39"/>
+    </row>
+    <row r="43" spans="2:18" ht="14" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B43" s="4">
         <v>8</v>
       </c>
-      <c r="C43" s="33" t="s">
-        <v>163</v>
+      <c r="C43" s="32" t="s">
+        <v>141</v>
       </c>
       <c r="H43" s="17">
         <f>SUM(H36:H42)</f>
         <v>0</v>
       </c>
       <c r="I43" s="17">
         <f t="shared" ref="I43:J43" si="3">SUM(I36:I42)</f>
         <v>0</v>
       </c>
       <c r="J43" s="17">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="K43" s="35"/>
-[...3 lines deleted...]
-      <c r="P43" s="84" t="str">
+      <c r="K43" s="34"/>
+      <c r="L43" s="34"/>
+      <c r="M43" s="34"/>
+      <c r="N43" s="25"/>
+      <c r="P43" s="83" t="str">
         <f t="shared" si="2"/>
         <v>Business Balance Sheet</v>
       </c>
-      <c r="R43" s="40"/>
-[...29 lines deleted...]
-      <c r="P45" s="84" t="str">
+      <c r="R43" s="39"/>
+    </row>
+    <row r="44" spans="2:18" ht="14" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="C44" s="32"/>
+      <c r="E44" s="30"/>
+      <c r="F44" s="26"/>
+      <c r="G44" s="26"/>
+      <c r="H44" s="57"/>
+      <c r="I44" s="57"/>
+      <c r="J44" s="57"/>
+      <c r="K44" s="34"/>
+      <c r="L44" s="34"/>
+      <c r="M44" s="34"/>
+      <c r="N44" s="34"/>
+      <c r="R44" s="39"/>
+    </row>
+    <row r="45" spans="2:18" ht="25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B45" s="72" t="s">
+        <v>171</v>
+      </c>
+      <c r="E45" s="30"/>
+      <c r="F45" s="26"/>
+      <c r="G45" s="26"/>
+      <c r="H45" s="57"/>
+      <c r="I45" s="57"/>
+      <c r="J45" s="57"/>
+      <c r="K45" s="34"/>
+      <c r="L45" s="34"/>
+      <c r="M45" s="34"/>
+      <c r="N45" s="34"/>
+      <c r="P45" s="83" t="str">
         <f t="shared" ref="P45:P51" si="4">$B$33</f>
         <v>Business Balance Sheet</v>
       </c>
-      <c r="R45" s="40"/>
-[...1 lines deleted...]
-    <row r="46" spans="2:18">
+      <c r="R45" s="39"/>
+    </row>
+    <row r="46" spans="2:18" x14ac:dyDescent="0.3">
       <c r="B46" s="4">
         <v>9</v>
       </c>
-      <c r="C46" s="46" t="s">
-[...7 lines deleted...]
-      <c r="P46" s="84" t="str">
+      <c r="C46" s="45" t="s">
+        <v>172</v>
+      </c>
+      <c r="E46" s="30"/>
+      <c r="H46" s="81"/>
+      <c r="I46" s="81"/>
+      <c r="J46" s="81"/>
+      <c r="N46" s="25"/>
+      <c r="P46" s="83" t="str">
         <f t="shared" si="4"/>
         <v>Business Balance Sheet</v>
       </c>
-      <c r="R46" s="57"/>
-[...1 lines deleted...]
-    <row r="47" spans="2:18">
+      <c r="R46" s="56"/>
+    </row>
+    <row r="47" spans="2:18" x14ac:dyDescent="0.3">
       <c r="B47" s="4">
         <v>10</v>
       </c>
-      <c r="C47" s="46" t="s">
-[...7 lines deleted...]
-      <c r="P47" s="84" t="str">
+      <c r="C47" s="45" t="s">
+        <v>173</v>
+      </c>
+      <c r="E47" s="30"/>
+      <c r="H47" s="81"/>
+      <c r="I47" s="81"/>
+      <c r="J47" s="81"/>
+      <c r="N47" s="25"/>
+      <c r="P47" s="83" t="str">
         <f t="shared" si="4"/>
         <v>Business Balance Sheet</v>
       </c>
-      <c r="R47" s="40"/>
-[...1 lines deleted...]
-    <row r="48" spans="2:18">
+      <c r="R47" s="39"/>
+    </row>
+    <row r="48" spans="2:18" x14ac:dyDescent="0.3">
       <c r="B48" s="4">
         <v>11</v>
       </c>
-      <c r="C48" s="46" t="s">
-[...7 lines deleted...]
-      <c r="P48" s="84" t="str">
+      <c r="C48" s="45" t="s">
+        <v>174</v>
+      </c>
+      <c r="E48" s="30"/>
+      <c r="H48" s="81"/>
+      <c r="I48" s="81"/>
+      <c r="J48" s="81"/>
+      <c r="N48" s="25"/>
+      <c r="P48" s="83" t="str">
         <f t="shared" si="4"/>
         <v>Business Balance Sheet</v>
       </c>
-      <c r="R48" s="40"/>
-[...1 lines deleted...]
-    <row r="49" spans="2:18">
+      <c r="R48" s="39"/>
+    </row>
+    <row r="49" spans="2:18" x14ac:dyDescent="0.3">
       <c r="B49" s="4">
         <v>12</v>
       </c>
-      <c r="C49" s="46" t="s">
-[...7 lines deleted...]
-      <c r="P49" s="84" t="str">
+      <c r="C49" s="45" t="s">
+        <v>175</v>
+      </c>
+      <c r="E49" s="30"/>
+      <c r="H49" s="81"/>
+      <c r="I49" s="81"/>
+      <c r="J49" s="81"/>
+      <c r="N49" s="25"/>
+      <c r="P49" s="83" t="str">
         <f t="shared" si="4"/>
         <v>Business Balance Sheet</v>
       </c>
     </row>
-    <row r="50" spans="2:18">
+    <row r="50" spans="2:18" x14ac:dyDescent="0.3">
       <c r="B50" s="4">
         <v>13</v>
       </c>
-      <c r="C50" s="46" t="s">
-[...9 lines deleted...]
-      <c r="P50" s="84" t="str">
+      <c r="C50" s="45" t="s">
+        <v>176</v>
+      </c>
+      <c r="E50" s="83" t="s">
+        <v>117</v>
+      </c>
+      <c r="H50" s="81"/>
+      <c r="I50" s="81"/>
+      <c r="J50" s="81"/>
+      <c r="N50" s="25"/>
+      <c r="P50" s="83" t="str">
         <f t="shared" si="4"/>
         <v>Business Balance Sheet</v>
       </c>
-      <c r="R50" s="40"/>
-[...1 lines deleted...]
-    <row r="51" spans="2:18" ht="14.1" thickBot="1">
+      <c r="R50" s="39"/>
+    </row>
+    <row r="51" spans="2:18" ht="14" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B51" s="4">
         <v>14</v>
       </c>
-      <c r="C51" s="33" t="s">
-        <v>173</v>
+      <c r="C51" s="32" t="s">
+        <v>151</v>
       </c>
       <c r="H51" s="17">
         <f>SUM(H46:H50)</f>
         <v>0</v>
       </c>
       <c r="I51" s="17">
         <f>SUM(I46:I50)</f>
         <v>0</v>
       </c>
       <c r="J51" s="17">
         <f>SUM(J46:J50)</f>
         <v>0</v>
       </c>
-      <c r="N51" s="26"/>
-      <c r="P51" s="84" t="str">
+      <c r="N51" s="25"/>
+      <c r="P51" s="83" t="str">
         <f t="shared" si="4"/>
         <v>Business Balance Sheet</v>
       </c>
-      <c r="R51" s="40"/>
-[...14 lines deleted...]
-      <c r="G53" s="62"/>
+      <c r="R51" s="39"/>
+    </row>
+    <row r="52" spans="2:18" ht="14" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="C52" s="58"/>
+      <c r="D52" s="58"/>
+      <c r="R52" s="39"/>
+    </row>
+    <row r="53" spans="2:18" ht="14" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B53" s="72" t="s">
+        <v>177</v>
+      </c>
+      <c r="C53" s="59"/>
+      <c r="D53" s="59"/>
+      <c r="E53" s="43"/>
+      <c r="F53" s="61"/>
+      <c r="G53" s="61"/>
       <c r="H53" s="17">
         <f>H43-H51</f>
         <v>0</v>
       </c>
       <c r="I53" s="17">
         <f>I43-I51</f>
         <v>0</v>
       </c>
       <c r="J53" s="17">
         <f>J43-J51</f>
         <v>0</v>
       </c>
-      <c r="N53" s="26"/>
-      <c r="P53" s="84" t="str">
+      <c r="N53" s="25"/>
+      <c r="P53" s="83" t="str">
         <f>$B$33</f>
         <v>Business Balance Sheet</v>
       </c>
-      <c r="R53" s="40"/>
-[...10 lines deleted...]
-      <c r="B56" s="75" t="str">
+      <c r="R53" s="39"/>
+    </row>
+    <row r="54" spans="2:18" ht="14" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="C54" s="35"/>
+      <c r="R54" s="39"/>
+    </row>
+    <row r="55" spans="2:18" x14ac:dyDescent="0.3">
+      <c r="C55" s="35"/>
+      <c r="R55" s="39"/>
+    </row>
+    <row r="56" spans="2:18" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B56" s="74" t="str">
         <f>"Personal Balance Sheet"</f>
         <v>Personal Balance Sheet</v>
       </c>
-      <c r="D56" s="75"/>
-[...2 lines deleted...]
-      <c r="G56" s="75"/>
+      <c r="D56" s="74"/>
+      <c r="E56" s="74"/>
+      <c r="F56" s="74"/>
+      <c r="G56" s="74"/>
       <c r="H56" s="16" t="s">
-        <v>123</v>
+        <v>101</v>
       </c>
       <c r="I56" s="16" t="s">
-        <v>124</v>
+        <v>102</v>
       </c>
       <c r="J56" s="16" t="s">
-        <v>125</v>
-[...4 lines deleted...]
-      <c r="P56" s="84" t="str">
+        <v>103</v>
+      </c>
+      <c r="N56" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="P56" s="83" t="str">
         <f>$B$56</f>
         <v>Personal Balance Sheet</v>
       </c>
     </row>
-    <row r="57" spans="2:18" ht="13.5" customHeight="1">
-      <c r="C57" s="149" t="str">
+    <row r="57" spans="2:18" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C57" s="155" t="str">
         <f>IF(OR(I57="[Please input year end date here (DD/MM/YYYY)]",I57=""),"* ERROR: please enter a valid year end date above *","")</f>
         <v>* ERROR: please enter a valid year end date above *</v>
       </c>
-      <c r="D57" s="149"/>
-[...3 lines deleted...]
-      <c r="H57" s="39" t="str">
+      <c r="D57" s="155"/>
+      <c r="E57" s="155"/>
+      <c r="F57" s="155"/>
+      <c r="G57" s="84"/>
+      <c r="H57" s="38" t="str">
         <f>IF(OR(H$12="Fill in current financial year",H$12=""),"",H$12)</f>
         <v/>
       </c>
-      <c r="I57" s="39" t="str">
+      <c r="I57" s="38" t="str">
         <f>IF(OR(I$12="[Please input year end date here (DD/MM/YYYY)]",I$12=""),"",I$12)</f>
         <v/>
       </c>
-      <c r="J57" s="39" t="str">
+      <c r="J57" s="38" t="str">
         <f>IF(OR(J$12="Fill in current financial year",J$12=""),"",J$12)</f>
         <v/>
       </c>
-      <c r="P57" s="84" t="str">
+      <c r="P57" s="83" t="str">
         <f>$B$56</f>
         <v>Personal Balance Sheet</v>
       </c>
     </row>
-    <row r="58" spans="2:18" ht="24.95" customHeight="1">
-[...6 lines deleted...]
-      <c r="P58" s="84" t="str">
+    <row r="58" spans="2:18" ht="25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B58" s="72" t="s">
+        <v>179</v>
+      </c>
+      <c r="H58" s="55"/>
+      <c r="I58" s="55"/>
+      <c r="J58" s="55"/>
+      <c r="P58" s="83" t="str">
         <f t="shared" ref="P58:P66" si="5">$B$56</f>
         <v>Personal Balance Sheet</v>
       </c>
     </row>
-    <row r="59" spans="2:18">
+    <row r="59" spans="2:18" x14ac:dyDescent="0.3">
       <c r="B59" s="4">
         <v>1</v>
       </c>
-      <c r="C59" s="46" t="s">
-[...9 lines deleted...]
-      <c r="P59" s="84" t="str">
+      <c r="C59" s="45" t="s">
+        <v>180</v>
+      </c>
+      <c r="D59" s="60"/>
+      <c r="F59" s="26"/>
+      <c r="G59" s="26"/>
+      <c r="H59" s="81"/>
+      <c r="I59" s="81"/>
+      <c r="J59" s="81"/>
+      <c r="N59" s="25"/>
+      <c r="P59" s="83" t="str">
         <f t="shared" si="5"/>
         <v>Personal Balance Sheet</v>
       </c>
     </row>
-    <row r="60" spans="2:18">
+    <row r="60" spans="2:18" x14ac:dyDescent="0.3">
       <c r="B60" s="4">
         <v>2</v>
       </c>
-      <c r="C60" s="113" t="s">
-[...7 lines deleted...]
-      <c r="P60" s="84" t="str">
+      <c r="C60" s="118" t="s">
+        <v>265</v>
+      </c>
+      <c r="D60" s="60"/>
+      <c r="H60" s="81"/>
+      <c r="I60" s="81"/>
+      <c r="J60" s="81"/>
+      <c r="N60" s="25"/>
+      <c r="P60" s="83" t="str">
         <f t="shared" si="5"/>
         <v>Personal Balance Sheet</v>
       </c>
     </row>
-    <row r="61" spans="2:18">
+    <row r="61" spans="2:18" x14ac:dyDescent="0.3">
       <c r="B61" s="4">
         <v>3</v>
       </c>
-      <c r="C61" s="46" t="s">
-[...7 lines deleted...]
-      <c r="P61" s="84" t="str">
+      <c r="C61" s="45" t="s">
+        <v>181</v>
+      </c>
+      <c r="D61" s="60"/>
+      <c r="H61" s="81"/>
+      <c r="I61" s="81"/>
+      <c r="J61" s="81"/>
+      <c r="N61" s="25"/>
+      <c r="P61" s="83" t="str">
         <f t="shared" si="5"/>
         <v>Personal Balance Sheet</v>
       </c>
     </row>
-    <row r="62" spans="2:18">
+    <row r="62" spans="2:18" x14ac:dyDescent="0.3">
       <c r="B62" s="4">
         <v>4</v>
       </c>
-      <c r="C62" s="46" t="s">
-[...7 lines deleted...]
-      <c r="P62" s="84" t="str">
+      <c r="C62" s="45" t="s">
+        <v>168</v>
+      </c>
+      <c r="D62" s="60"/>
+      <c r="H62" s="81"/>
+      <c r="I62" s="81"/>
+      <c r="J62" s="81"/>
+      <c r="N62" s="25"/>
+      <c r="P62" s="83" t="str">
         <f t="shared" si="5"/>
         <v>Personal Balance Sheet</v>
       </c>
     </row>
-    <row r="63" spans="2:18">
+    <row r="63" spans="2:18" x14ac:dyDescent="0.3">
       <c r="B63" s="4">
         <v>5</v>
       </c>
-      <c r="C63" s="46" t="s">
-[...10 lines deleted...]
-      <c r="P63" s="84" t="str">
+      <c r="C63" s="45" t="s">
+        <v>182</v>
+      </c>
+      <c r="D63" s="60"/>
+      <c r="E63" s="83" t="s">
+        <v>117</v>
+      </c>
+      <c r="H63" s="81"/>
+      <c r="I63" s="81"/>
+      <c r="J63" s="81"/>
+      <c r="N63" s="25"/>
+      <c r="P63" s="83" t="str">
         <f t="shared" si="5"/>
         <v>Personal Balance Sheet</v>
       </c>
     </row>
-    <row r="64" spans="2:18">
+    <row r="64" spans="2:18" x14ac:dyDescent="0.3">
       <c r="B64" s="4">
         <v>6</v>
       </c>
-      <c r="C64" s="46" t="s">
-[...7 lines deleted...]
-      <c r="P64" s="84" t="str">
+      <c r="C64" s="45" t="s">
+        <v>183</v>
+      </c>
+      <c r="D64" s="60"/>
+      <c r="H64" s="81"/>
+      <c r="I64" s="81"/>
+      <c r="J64" s="81"/>
+      <c r="N64" s="25"/>
+      <c r="P64" s="83" t="str">
         <f t="shared" si="5"/>
         <v>Personal Balance Sheet</v>
       </c>
     </row>
-    <row r="65" spans="2:16">
+    <row r="65" spans="2:16" x14ac:dyDescent="0.3">
       <c r="B65" s="4">
         <v>7</v>
       </c>
-      <c r="C65" s="46" t="s">
-[...10 lines deleted...]
-      <c r="P65" s="84" t="str">
+      <c r="C65" s="45" t="s">
+        <v>170</v>
+      </c>
+      <c r="D65" s="60"/>
+      <c r="E65" s="83" t="s">
+        <v>117</v>
+      </c>
+      <c r="H65" s="81"/>
+      <c r="I65" s="81"/>
+      <c r="J65" s="81"/>
+      <c r="N65" s="25"/>
+      <c r="P65" s="83" t="str">
         <f t="shared" si="5"/>
         <v>Personal Balance Sheet</v>
       </c>
     </row>
-    <row r="66" spans="2:16" ht="14.1" thickBot="1">
+    <row r="66" spans="2:16" ht="14" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B66" s="4">
         <v>8</v>
       </c>
-      <c r="C66" s="33" t="s">
-[...2 lines deleted...]
-      <c r="D66" s="61"/>
+      <c r="C66" s="32" t="s">
+        <v>184</v>
+      </c>
+      <c r="D66" s="60"/>
       <c r="H66" s="17">
         <f>SUM(H59:H65)</f>
         <v>0</v>
       </c>
       <c r="I66" s="17">
         <f t="shared" ref="I66:J66" si="6">SUM(I59:I65)</f>
         <v>0</v>
       </c>
       <c r="J66" s="17">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="N66" s="26"/>
-      <c r="P66" s="84" t="str">
+      <c r="N66" s="25"/>
+      <c r="P66" s="83" t="str">
         <f t="shared" si="5"/>
         <v>Personal Balance Sheet</v>
       </c>
     </row>
-    <row r="67" spans="2:16" ht="14.1" thickTop="1">
-[...8 lines deleted...]
-      <c r="P68" s="84" t="str">
+    <row r="67" spans="2:16" ht="14" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="C67" s="32"/>
+      <c r="E67" s="30"/>
+    </row>
+    <row r="68" spans="2:16" ht="25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B68" s="72" t="s">
+        <v>185</v>
+      </c>
+      <c r="E68" s="30"/>
+      <c r="P68" s="83" t="str">
         <f t="shared" ref="P68:P72" si="7">$B$56</f>
         <v>Personal Balance Sheet</v>
       </c>
     </row>
-    <row r="69" spans="2:16">
+    <row r="69" spans="2:16" x14ac:dyDescent="0.3">
       <c r="B69" s="4">
         <v>9</v>
       </c>
-      <c r="C69" s="112" t="s">
-[...7 lines deleted...]
-      <c r="P69" s="84" t="str">
+      <c r="C69" s="117" t="s">
+        <v>263</v>
+      </c>
+      <c r="E69" s="30"/>
+      <c r="H69" s="81"/>
+      <c r="I69" s="81"/>
+      <c r="J69" s="81"/>
+      <c r="N69" s="25"/>
+      <c r="P69" s="83" t="str">
         <f t="shared" si="7"/>
         <v>Personal Balance Sheet</v>
       </c>
     </row>
-    <row r="70" spans="2:16">
+    <row r="70" spans="2:16" x14ac:dyDescent="0.3">
       <c r="B70" s="4">
         <v>10</v>
       </c>
-      <c r="C70" s="112" t="s">
-[...7 lines deleted...]
-      <c r="P70" s="84" t="str">
+      <c r="C70" s="117" t="s">
+        <v>264</v>
+      </c>
+      <c r="E70" s="30"/>
+      <c r="H70" s="81"/>
+      <c r="I70" s="81"/>
+      <c r="J70" s="81"/>
+      <c r="N70" s="25"/>
+      <c r="P70" s="83" t="str">
         <f t="shared" si="7"/>
         <v>Personal Balance Sheet</v>
       </c>
     </row>
-    <row r="71" spans="2:16">
+    <row r="71" spans="2:16" x14ac:dyDescent="0.3">
       <c r="B71" s="4">
         <v>11</v>
       </c>
-      <c r="C71" s="112" t="s">
-[...9 lines deleted...]
-      <c r="P71" s="84" t="str">
+      <c r="C71" s="117" t="s">
+        <v>176</v>
+      </c>
+      <c r="E71" s="83" t="s">
+        <v>117</v>
+      </c>
+      <c r="H71" s="81"/>
+      <c r="I71" s="81"/>
+      <c r="J71" s="81"/>
+      <c r="N71" s="25"/>
+      <c r="P71" s="83" t="str">
         <f t="shared" si="7"/>
         <v>Personal Balance Sheet</v>
       </c>
     </row>
-    <row r="72" spans="2:16" ht="14.1" thickBot="1">
+    <row r="72" spans="2:16" ht="14" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B72" s="4">
         <v>12</v>
       </c>
-      <c r="C72" s="33" t="s">
-        <v>212</v>
+      <c r="C72" s="32" t="s">
+        <v>186</v>
       </c>
       <c r="H72" s="17">
         <f>SUM(H69:H71)</f>
         <v>0</v>
       </c>
       <c r="I72" s="17">
         <f t="shared" ref="I72:J72" si="8">SUM(I69:I71)</f>
         <v>0</v>
       </c>
       <c r="J72" s="17">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
-      <c r="N72" s="26"/>
-      <c r="P72" s="84" t="str">
+      <c r="N72" s="25"/>
+      <c r="P72" s="83" t="str">
         <f t="shared" si="7"/>
         <v>Personal Balance Sheet</v>
       </c>
     </row>
-    <row r="73" spans="2:16" ht="14.1" thickTop="1">
-[...10 lines deleted...]
-      <c r="G74" s="62"/>
+    <row r="73" spans="2:16" ht="14" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="C73" s="32"/>
+      <c r="E73" s="30"/>
+    </row>
+    <row r="74" spans="2:16" ht="14" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B74" s="72" t="s">
+        <v>187</v>
+      </c>
+      <c r="D74" s="59"/>
+      <c r="E74" s="43"/>
+      <c r="F74" s="61"/>
+      <c r="G74" s="61"/>
       <c r="H74" s="17">
         <f>H66-H72</f>
         <v>0</v>
       </c>
       <c r="I74" s="17">
         <f>I66-I72</f>
         <v>0</v>
       </c>
       <c r="J74" s="17">
         <f>J66-J72</f>
         <v>0</v>
       </c>
-      <c r="N74" s="26"/>
-      <c r="P74" s="84" t="str">
+      <c r="N74" s="25"/>
+      <c r="P74" s="83" t="str">
         <f>$B$56</f>
         <v>Personal Balance Sheet</v>
       </c>
     </row>
-    <row r="75" spans="2:16" ht="14.1" hidden="1" thickTop="1">
-      <c r="C75" s="44" t="str">
+    <row r="75" spans="2:16" ht="14" hidden="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="C75" s="43" t="str">
         <f>IF(OR(H74&lt;&gt;0,I74&lt;&gt;0,J74&lt;&gt;0),"* ERROR: balance sheet does not balance *","")</f>
         <v/>
       </c>
-      <c r="H75" s="45" t="str">
+      <c r="H75" s="44" t="str">
         <f>IF(H74=0,"Balanced","Not balanced")</f>
         <v>Balanced</v>
       </c>
-      <c r="I75" s="45" t="str">
+      <c r="I75" s="44" t="str">
         <f t="shared" ref="I75:J75" si="9">IF(I74=0,"Balanced","Not balanced")</f>
         <v>Balanced</v>
       </c>
-      <c r="J75" s="45" t="str">
+      <c r="J75" s="44" t="str">
         <f t="shared" si="9"/>
         <v>Balanced</v>
       </c>
     </row>
-    <row r="76" spans="2:16" ht="14.1" thickTop="1"/>
-[...49 lines deleted...]
-      <c r="N84" s="50"/>
+    <row r="76" spans="2:16" ht="14" thickTop="1" x14ac:dyDescent="0.3"/>
+    <row r="78" spans="2:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C78" s="47" t="s">
+        <v>188</v>
+      </c>
+      <c r="D78" s="47"/>
+      <c r="E78" s="47"/>
+      <c r="F78" s="47"/>
+      <c r="G78" s="47"/>
+      <c r="H78" s="47"/>
+      <c r="I78" s="47"/>
+      <c r="J78" s="47"/>
+      <c r="K78" s="47"/>
+      <c r="L78" s="47"/>
+      <c r="M78" s="47"/>
+      <c r="N78" s="47"/>
+      <c r="O78" s="47"/>
+    </row>
+    <row r="81" spans="3:19" x14ac:dyDescent="0.3">
+      <c r="P81" s="124"/>
+      <c r="Q81" s="48"/>
+      <c r="R81" s="48"/>
+      <c r="S81" s="48"/>
+    </row>
+    <row r="82" spans="3:19" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C82" s="49"/>
+      <c r="D82" s="49"/>
+      <c r="E82" s="49"/>
+      <c r="F82" s="49"/>
+      <c r="G82" s="49"/>
+      <c r="H82" s="49"/>
+      <c r="I82" s="49"/>
+      <c r="J82" s="49"/>
+      <c r="K82" s="49"/>
+      <c r="L82" s="49"/>
+      <c r="M82" s="49"/>
+      <c r="N82" s="49"/>
+    </row>
+    <row r="84" spans="3:19" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C84" s="49"/>
+      <c r="D84" s="49"/>
+      <c r="E84" s="49"/>
+      <c r="F84" s="49"/>
+      <c r="G84" s="49"/>
+      <c r="H84" s="49"/>
+      <c r="I84" s="49"/>
+      <c r="J84" s="49"/>
+      <c r="K84" s="49"/>
+      <c r="L84" s="49"/>
+      <c r="M84" s="49"/>
+      <c r="N84" s="49"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="SH3yW0oANEk7l6J4VjihEvuo5Eo/UaIpYJcvll9VYHkX9wI6rwOiFt5GqWPop541wLaZX8jagCdjojRQVNS5Gw==" saltValue="Zk+9Hwp+8FVFbW9mI4JZJA==" spinCount="100000" sheet="1" formatColumns="0" formatRows="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="kXNBYapZEzcb8663JQ33LklTinuyoXi+Yy0zfaVfIGClNj6vE5PNHIAgwB4gqiDMOUNfHOPcq5pPumug69q5Wg==" saltValue="1+RT8e4A82rSNmvQqh1NZw==" spinCount="100000" sheet="1" formatColumns="0" formatRows="0"/>
   <mergeCells count="4">
     <mergeCell ref="C12:F12"/>
     <mergeCell ref="C29:N29"/>
     <mergeCell ref="C34:F34"/>
     <mergeCell ref="C57:F57"/>
   </mergeCells>
+  <conditionalFormatting sqref="C13:C14 E13:E14 B13:B27 D13:D27 C20 C24 C26:C27 B35:C53 B58:C74">
+    <cfRule type="expression" dxfId="20" priority="2">
+      <formula>AND(OR(LEN($H$12)=0,LEN($H$12)=30,LEN($H$12)=46),OR(LEN($I$12)=0,LEN($I$12)=30,LEN($I$12)=46),OR(LEN($J$12)=0,LEN($J$12)=30,LEN($J$12)=46))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="C29">
+    <cfRule type="expression" dxfId="19" priority="1">
+      <formula>AND(OR(LEN($H$12)=0,LEN($H$12)=30,LEN($H$12)=46),OR(LEN($I$12)=0,LEN($I$12)=30,LEN($I$12)=46),OR(LEN($J$12)=0,LEN($J$12)=30,LEN($J$12)=46))</formula>
+    </cfRule>
+  </conditionalFormatting>
   <conditionalFormatting sqref="E18">
-    <cfRule type="expression" dxfId="22" priority="14">
+    <cfRule type="expression" dxfId="18" priority="14">
       <formula>AND(ISBLANK($N18),OR(NOT(ISBLANK($H18)),NOT(ISBLANK($I18)),NOT(ISBLANK($J18))))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E22">
-    <cfRule type="expression" dxfId="21" priority="13">
+    <cfRule type="expression" dxfId="17" priority="13">
       <formula>AND(ISBLANK($N22),OR(NOT(ISBLANK($H22)),NOT(ISBLANK($I22)),NOT(ISBLANK($J22))))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E42">
-    <cfRule type="expression" dxfId="20" priority="10">
+    <cfRule type="expression" dxfId="16" priority="10">
       <formula>AND(ISBLANK($N42),OR(NOT(ISBLANK($H42)),NOT(ISBLANK($I42)),NOT(ISBLANK($J42))))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E50">
-    <cfRule type="expression" dxfId="19" priority="9">
+    <cfRule type="expression" dxfId="15" priority="9">
       <formula>AND(ISBLANK($N50),OR(NOT(ISBLANK($H50)),NOT(ISBLANK($I50)),NOT(ISBLANK($J50))))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E63">
-    <cfRule type="expression" dxfId="18" priority="8">
+    <cfRule type="expression" dxfId="14" priority="8">
       <formula>AND(ISBLANK($N63),OR(NOT(ISBLANK($H63)),NOT(ISBLANK($I63)),NOT(ISBLANK($J63))))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E65">
-    <cfRule type="expression" dxfId="17" priority="7">
+    <cfRule type="expression" dxfId="13" priority="7">
       <formula>AND(ISBLANK($N65),OR(NOT(ISBLANK($H65)),NOT(ISBLANK($I65)),NOT(ISBLANK($J65))))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E71">
-    <cfRule type="expression" dxfId="16" priority="6">
+    <cfRule type="expression" dxfId="12" priority="6">
       <formula>AND(ISBLANK($N71),OR(NOT(ISBLANK($H71)),NOT(ISBLANK($I71)),NOT(ISBLANK($J71))))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="H12 J12">
-    <cfRule type="expression" dxfId="15" priority="29">
+    <cfRule type="expression" dxfId="10" priority="29">
       <formula>LEN(H12)=30</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="H12:J12">
-    <cfRule type="containsText" dxfId="14" priority="30" operator="containsText" text="[Please input year end date here (DD/MM/YYYY)]">
+    <cfRule type="containsText" dxfId="9" priority="30" operator="containsText" text="[Please input year end date here (DD/MM/YYYY)]">
       <formula>NOT(ISERROR(SEARCH("[Please input year end date here (DD/MM/YYYY)]",H12)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="H14:J24 H26:J27 H36:J43 H46:J53 H59:J66 H69:J74">
-    <cfRule type="expression" dxfId="13" priority="28">
+    <cfRule type="expression" dxfId="8" priority="28">
       <formula>OR(LEN(H$12)=0,LEN(H$12)=30,LEN(H$12)=46)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="H75:J75">
-    <cfRule type="expression" dxfId="12" priority="27">
+    <cfRule type="expression" dxfId="7" priority="27">
       <formula>H$74&lt;&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="N18">
-    <cfRule type="expression" dxfId="11" priority="22">
+    <cfRule type="expression" dxfId="6" priority="22">
       <formula>AND(ISBLANK($N18),OR(NOT(ISBLANK($H18)),NOT(ISBLANK($I18)),NOT(ISBLANK($J18))))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="N22">
-    <cfRule type="expression" dxfId="10" priority="21">
+    <cfRule type="expression" dxfId="5" priority="21">
       <formula>AND(ISBLANK($N22),OR(NOT(ISBLANK($H22)),NOT(ISBLANK($I22)),NOT(ISBLANK($J22))))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="N42">
-    <cfRule type="expression" dxfId="9" priority="26">
+    <cfRule type="expression" dxfId="4" priority="26">
       <formula>AND(ISBLANK($N42),OR(NOT(ISBLANK($H42)),NOT(ISBLANK($I42)),NOT(ISBLANK($J42))))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="N50">
-    <cfRule type="expression" dxfId="8" priority="5">
+    <cfRule type="expression" dxfId="3" priority="5">
       <formula>AND(ISBLANK($N50),OR(NOT(ISBLANK($H50)),NOT(ISBLANK($I50)),NOT(ISBLANK($J50))))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="N63">
-    <cfRule type="expression" dxfId="7" priority="24">
+    <cfRule type="expression" dxfId="2" priority="24">
       <formula>AND(ISBLANK($N63),OR(NOT(ISBLANK($H63)),NOT(ISBLANK($I63)),NOT(ISBLANK($J63))))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="N65">
-    <cfRule type="expression" dxfId="6" priority="23">
+    <cfRule type="expression" dxfId="1" priority="23">
       <formula>AND(ISBLANK($N65),OR(NOT(ISBLANK($H65)),NOT(ISBLANK($I65)),NOT(ISBLANK($J65))))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="N71">
-    <cfRule type="expression" dxfId="5" priority="4">
+    <cfRule type="expression" dxfId="0" priority="4">
       <formula>AND(ISBLANK($N71),OR(NOT(ISBLANK($H71)),NOT(ISBLANK($I71)),NOT(ISBLANK($J71))))</formula>
-    </cfRule>
-[...8 lines deleted...]
-      <formula>AND(OR(LEN($H$12)=0,LEN($H$12)=30,LEN($H$12)=46),OR(LEN($I$12)=0,LEN($I$12)=30,LEN($I$12)=46),OR(LEN($J$12)=0,LEN($J$12)=30,LEN($J$12)=46))</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="3">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please select if not reporting in GBP" sqref="H7" xr:uid="{A9D33494-68E7-4F29-ABD2-A44FD388769F}">
       <formula1>"EUR,USD,CAD,SEK,CHF,JPY"</formula1>
     </dataValidation>
     <dataValidation type="date" operator="notEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H12:J12" xr:uid="{3D35B086-CE1A-4465-A3CD-4EF8FE668DEC}">
       <formula1>23802</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Please either select check mark from the drop-down menu or leave blank" prompt="Select legal status" sqref="H9" xr:uid="{5211B4FF-8B84-4124-A94E-2D4A8EF843A7}">
       <formula1>"Sole trader,Unincorporated partnership"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="63" fitToHeight="0" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Aptos"&amp;10&amp;K000000 FCA Public&amp;1#_x000D_</oddHeader>
+  </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="52" max="16383" man="1"/>
   </rowBreaks>
   <legacyDrawing r:id="rId2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="containsText" priority="3" operator="containsText" id="{B0E9AAEB-487B-4038-B1FF-A148E6BA7F0B}">
             <xm:f>NOT(ISERROR(SEARCH("Please select",H9)))</xm:f>
             <xm:f>"Please select"</xm:f>
             <x14:dxf>
               <font>
                 <b val="0"/>
                 <i/>
                 <color rgb="FFFF0000"/>
               </font>
               <fill>
                 <patternFill>
                   <bgColor rgb="FFFFDDDE"/>
                 </patternFill>
               </fill>
               <border>
                 <left style="thin">
                   <color rgb="FFFF0000"/>
@@ -8656,1385 +8655,1507 @@
                   <color rgb="FFFF0000"/>
                 </bottom>
               </border>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H9</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1568B9D3-C6EA-41A8-8825-A0AE0252D0A6}">
   <sheetPr codeName="Sheet8">
     <tabColor rgb="FFFF585D"/>
   </sheetPr>
   <dimension ref="A1:U29"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="12" topLeftCell="A13" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A13" sqref="A13"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="13.5"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="13.5" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="9.140625" style="27"/>
-[...13 lines deleted...]
-    <col min="25" max="16384" width="9.140625" style="27"/>
+    <col min="1" max="1" width="9.1796875" style="26"/>
+    <col min="2" max="2" width="13.54296875" style="26" customWidth="1"/>
+    <col min="3" max="3" width="21.81640625" style="26" customWidth="1"/>
+    <col min="4" max="4" width="20.26953125" style="26" customWidth="1"/>
+    <col min="5" max="10" width="11.7265625" style="26" customWidth="1"/>
+    <col min="11" max="11" width="3.7265625" style="26" customWidth="1"/>
+    <col min="12" max="12" width="13.1796875" style="26" customWidth="1"/>
+    <col min="13" max="13" width="21.54296875" style="26" customWidth="1"/>
+    <col min="14" max="16" width="12.26953125" style="26" customWidth="1"/>
+    <col min="17" max="19" width="10.7265625" style="26" customWidth="1"/>
+    <col min="20" max="20" width="9.1796875" style="26"/>
+    <col min="21" max="21" width="9.1796875" style="83"/>
+    <col min="22" max="22" width="12.54296875" style="26" customWidth="1"/>
+    <col min="23" max="24" width="11.54296875" style="26" customWidth="1"/>
+    <col min="25" max="16384" width="9.1796875" style="26"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:21">
-[...56 lines deleted...]
-      <c r="T2" s="84" t="str">
+    <row r="1" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A1" s="122"/>
+      <c r="K1" s="122" t="s">
+        <v>267</v>
+      </c>
+      <c r="L1" s="122" t="s">
+        <v>268</v>
+      </c>
+      <c r="M1" s="122" t="s">
+        <v>269</v>
+      </c>
+      <c r="N1" s="122" t="s">
+        <v>272</v>
+      </c>
+      <c r="O1" s="122" t="s">
+        <v>273</v>
+      </c>
+      <c r="P1" s="122" t="s">
+        <v>274</v>
+      </c>
+      <c r="Q1" s="122" t="s">
+        <v>275</v>
+      </c>
+      <c r="R1" s="122" t="s">
+        <v>276</v>
+      </c>
+      <c r="S1" s="122" t="s">
+        <v>277</v>
+      </c>
+      <c r="T1" s="122" t="s">
+        <v>278</v>
+      </c>
+      <c r="U1" s="83" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="2" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="B2" s="28" t="s">
+        <v>189</v>
+      </c>
+      <c r="C2" s="28"/>
+      <c r="D2" s="28"/>
+      <c r="E2" s="28"/>
+      <c r="F2" s="28"/>
+      <c r="G2" s="28"/>
+      <c r="H2" s="28"/>
+      <c r="I2" s="28"/>
+      <c r="J2" s="28"/>
+      <c r="K2" s="28"/>
+      <c r="L2" s="28"/>
+      <c r="M2" s="28"/>
+      <c r="N2" s="28"/>
+      <c r="O2" s="28"/>
+      <c r="P2" s="28"/>
+      <c r="Q2" s="28"/>
+      <c r="R2" s="28"/>
+      <c r="S2" s="28"/>
+      <c r="T2" s="83" t="str">
         <f>Incorporated!M2</f>
-        <v xml:space="preserve"> v1.0</v>
-[...47 lines deleted...]
-      <c r="B6" s="27" t="str">
+        <v xml:space="preserve"> v1.1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="B3" s="101" t="s">
+        <v>190</v>
+      </c>
+      <c r="C3" s="28"/>
+      <c r="D3" s="28"/>
+      <c r="E3" s="28"/>
+      <c r="F3" s="28"/>
+      <c r="G3" s="28"/>
+      <c r="H3" s="28"/>
+      <c r="I3" s="28"/>
+      <c r="J3" s="28"/>
+      <c r="K3" s="28"/>
+      <c r="L3" s="28"/>
+      <c r="M3" s="28"/>
+      <c r="N3" s="28"/>
+      <c r="O3" s="28"/>
+      <c r="P3" s="28"/>
+      <c r="Q3" s="28"/>
+      <c r="R3" s="28"/>
+      <c r="S3" s="28"/>
+    </row>
+    <row r="4" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="B4" s="102" t="s">
+        <v>191</v>
+      </c>
+      <c r="C4" s="28"/>
+      <c r="D4" s="28"/>
+      <c r="E4" s="28"/>
+      <c r="F4" s="28"/>
+      <c r="G4" s="28"/>
+      <c r="H4" s="28"/>
+      <c r="I4" s="28"/>
+      <c r="J4" s="28"/>
+      <c r="K4" s="28"/>
+      <c r="L4" s="28"/>
+      <c r="M4" s="28"/>
+      <c r="N4" s="28"/>
+      <c r="O4" s="28"/>
+      <c r="P4" s="28"/>
+      <c r="Q4" s="28"/>
+      <c r="R4" s="28"/>
+      <c r="S4" s="28"/>
+    </row>
+    <row r="6" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="B6" s="26" t="str">
         <f>"Currency: "&amp;IF(AND(Incorporated!$G$8="",'Sole Trader &amp; Partnerships'!$H$7=""),"GBP",IF(Incorporated!$G$8&lt;&gt;"",Incorporated!$G$8,'Sole Trader &amp; Partnerships'!$H$7))</f>
         <v>Currency: GBP</v>
       </c>
     </row>
-    <row r="7" spans="1:21">
-[...13 lines deleted...]
-      <c r="B12" s="102" t="str">
+    <row r="7" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="B7" s="26" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="9" spans="1:21" ht="17.5" x14ac:dyDescent="0.35">
+      <c r="B9" s="103" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="11" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="B11" s="32"/>
+    </row>
+    <row r="12" spans="1:21" ht="62.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B12" s="104" t="str">
         <f>"Revenue ("&amp;RIGHT($B$6,3)&amp;")"</f>
         <v>Revenue (GBP)</v>
       </c>
-      <c r="C12" s="102" t="s">
-[...3 lines deleted...]
-        <v>220</v>
+      <c r="C12" s="104" t="s">
+        <v>193</v>
+      </c>
+      <c r="D12" s="104" t="s">
+        <v>194</v>
       </c>
       <c r="E12" s="16" t="s">
-        <v>122</v>
+        <v>100</v>
       </c>
       <c r="F12" s="16" t="s">
-        <v>123</v>
+        <v>101</v>
       </c>
       <c r="G12" s="16" t="s">
-        <v>124</v>
+        <v>102</v>
       </c>
       <c r="H12" s="16" t="s">
-        <v>125</v>
+        <v>103</v>
       </c>
       <c r="I12" s="16" t="s">
-        <v>126</v>
+        <v>104</v>
       </c>
       <c r="J12" s="16" t="s">
-        <v>127</v>
-[...6 lines deleted...]
-        <v>219</v>
+        <v>105</v>
+      </c>
+      <c r="K12" s="105"/>
+      <c r="L12" s="104" t="s">
+        <v>192</v>
+      </c>
+      <c r="M12" s="104" t="s">
+        <v>193</v>
       </c>
       <c r="N12" s="16" t="s">
-        <v>122</v>
+        <v>100</v>
       </c>
       <c r="O12" s="16" t="s">
-        <v>123</v>
+        <v>101</v>
       </c>
       <c r="P12" s="16" t="s">
-        <v>124</v>
+        <v>102</v>
       </c>
       <c r="Q12" s="16" t="s">
-        <v>125</v>
+        <v>103</v>
       </c>
       <c r="R12" s="16" t="s">
-        <v>126</v>
+        <v>104</v>
       </c>
       <c r="S12" s="16" t="s">
-        <v>127</v>
-[...10 lines deleted...]
-      <c r="E13" s="162" t="str">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="13" spans="1:21" ht="68.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B13" s="162" t="s">
+        <v>195</v>
+      </c>
+      <c r="C13" s="106" t="s">
+        <v>196</v>
+      </c>
+      <c r="D13" s="120"/>
+      <c r="E13" s="115" t="str">
         <f>IF(Incorporated!G13="","",Incorporated!G13)</f>
         <v/>
       </c>
-      <c r="F13" s="162" t="str">
+      <c r="F13" s="115" t="str">
         <f>IF(AND('Sole Trader &amp; Partnerships'!H14="",Incorporated!H13=""),"",IF(Incorporated!H13&lt;&gt;"",Incorporated!H13,'Sole Trader &amp; Partnerships'!H14))</f>
         <v/>
       </c>
-      <c r="G13" s="162" t="str">
+      <c r="G13" s="115" t="str">
         <f>IF(AND('Sole Trader &amp; Partnerships'!I14="",Incorporated!I13=""),"",IF(Incorporated!I13&lt;&gt;"",Incorporated!I13,'Sole Trader &amp; Partnerships'!I14))</f>
         <v/>
       </c>
-      <c r="H13" s="162" t="str">
+      <c r="H13" s="115" t="str">
         <f>IF(AND('Sole Trader &amp; Partnerships'!J14="",Incorporated!J13=""),"",IF(Incorporated!J13&lt;&gt;"",Incorporated!J13,'Sole Trader &amp; Partnerships'!J14))</f>
         <v/>
       </c>
-      <c r="I13" s="162" t="str">
+      <c r="I13" s="115" t="str">
         <f>IF(Incorporated!K13="","",Incorporated!K13)</f>
         <v/>
       </c>
-      <c r="J13" s="162" t="str">
+      <c r="J13" s="115" t="str">
         <f>IF(Incorporated!L13="","",Incorporated!L13)</f>
         <v/>
       </c>
-      <c r="K13" s="123">
+      <c r="K13" s="129">
         <v>1</v>
       </c>
-      <c r="L13" s="156" t="s">
-[...11 lines deleted...]
-      <c r="U13" s="124" t="str">
+      <c r="L13" s="162" t="s">
+        <v>195</v>
+      </c>
+      <c r="M13" s="106" t="s">
+        <v>196</v>
+      </c>
+      <c r="N13" s="119"/>
+      <c r="O13" s="119"/>
+      <c r="P13" s="119"/>
+      <c r="Q13" s="119"/>
+      <c r="R13" s="119"/>
+      <c r="S13" s="119"/>
+      <c r="U13" s="130" t="str">
         <f>$L$12</f>
         <v>Sales Volumes</v>
       </c>
     </row>
-    <row r="14" spans="1:21" ht="27" customHeight="1">
-[...5 lines deleted...]
-      <c r="E14" s="162" t="str">
+    <row r="14" spans="1:21" ht="27" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B14" s="163"/>
+      <c r="C14" s="106" t="s">
+        <v>197</v>
+      </c>
+      <c r="D14" s="120"/>
+      <c r="E14" s="115" t="str">
         <f>IF(Incorporated!G14="","",Incorporated!G14)</f>
         <v/>
       </c>
-      <c r="F14" s="162" t="str">
+      <c r="F14" s="115" t="str">
         <f>IF(AND('Sole Trader &amp; Partnerships'!H15="",Incorporated!H14=""),"",IF(Incorporated!H14&lt;&gt;"",Incorporated!H14,'Sole Trader &amp; Partnerships'!H15))</f>
         <v/>
       </c>
-      <c r="G14" s="162" t="str">
+      <c r="G14" s="115" t="str">
         <f>IF(AND('Sole Trader &amp; Partnerships'!I15="",Incorporated!I14=""),"",IF(Incorporated!I14&lt;&gt;"",Incorporated!I14,'Sole Trader &amp; Partnerships'!I15))</f>
         <v/>
       </c>
-      <c r="H14" s="162" t="str">
+      <c r="H14" s="115" t="str">
         <f>IF(AND('Sole Trader &amp; Partnerships'!J15="",Incorporated!J14=""),"",IF(Incorporated!J14&lt;&gt;"",Incorporated!J14,'Sole Trader &amp; Partnerships'!J15))</f>
         <v/>
       </c>
-      <c r="I14" s="162" t="str">
+      <c r="I14" s="115" t="str">
         <f>IF(Incorporated!K14="","",Incorporated!K14)</f>
         <v/>
       </c>
-      <c r="J14" s="162" t="str">
+      <c r="J14" s="115" t="str">
         <f>IF(Incorporated!L14="","",Incorporated!L14)</f>
         <v/>
       </c>
-      <c r="K14" s="123">
+      <c r="K14" s="129">
         <v>2</v>
       </c>
-      <c r="L14" s="157"/>
-[...9 lines deleted...]
-      <c r="U14" s="124" t="str">
+      <c r="L14" s="163"/>
+      <c r="M14" s="106" t="s">
+        <v>197</v>
+      </c>
+      <c r="N14" s="119"/>
+      <c r="O14" s="119"/>
+      <c r="P14" s="119"/>
+      <c r="Q14" s="119"/>
+      <c r="R14" s="119"/>
+      <c r="S14" s="119"/>
+      <c r="U14" s="130" t="str">
         <f t="shared" ref="U14:U23" si="0">$L$12</f>
         <v>Sales Volumes</v>
       </c>
     </row>
-    <row r="15" spans="1:21" ht="27" customHeight="1">
-[...5 lines deleted...]
-      <c r="E15" s="162" t="str">
+    <row r="15" spans="1:21" ht="27" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B15" s="163"/>
+      <c r="C15" s="106" t="s">
+        <v>198</v>
+      </c>
+      <c r="D15" s="120"/>
+      <c r="E15" s="115" t="str">
         <f>IF(Incorporated!G15="","",Incorporated!G15)</f>
         <v/>
       </c>
-      <c r="F15" s="162" t="str">
+      <c r="F15" s="115" t="str">
         <f>IF(AND('Sole Trader &amp; Partnerships'!H16="",Incorporated!H15=""),"",IF(Incorporated!H15&lt;&gt;"",Incorporated!H15,'Sole Trader &amp; Partnerships'!H16))</f>
         <v/>
       </c>
-      <c r="G15" s="162" t="str">
+      <c r="G15" s="115" t="str">
         <f>IF(AND('Sole Trader &amp; Partnerships'!I16="",Incorporated!I15=""),"",IF(Incorporated!I15&lt;&gt;"",Incorporated!I15,'Sole Trader &amp; Partnerships'!I16))</f>
         <v/>
       </c>
-      <c r="H15" s="162" t="str">
+      <c r="H15" s="115" t="str">
         <f>IF(AND('Sole Trader &amp; Partnerships'!J16="",Incorporated!J15=""),"",IF(Incorporated!J15&lt;&gt;"",Incorporated!J15,'Sole Trader &amp; Partnerships'!J16))</f>
         <v/>
       </c>
-      <c r="I15" s="162" t="str">
+      <c r="I15" s="115" t="str">
         <f>IF(Incorporated!K15="","",Incorporated!K15)</f>
         <v/>
       </c>
-      <c r="J15" s="162" t="str">
+      <c r="J15" s="115" t="str">
         <f>IF(Incorporated!L15="","",Incorporated!L15)</f>
         <v/>
       </c>
-      <c r="K15" s="123">
+      <c r="K15" s="129">
         <v>3</v>
       </c>
-      <c r="L15" s="157"/>
-[...9 lines deleted...]
-      <c r="U15" s="124" t="str">
+      <c r="L15" s="163"/>
+      <c r="M15" s="106" t="s">
+        <v>199</v>
+      </c>
+      <c r="N15" s="119"/>
+      <c r="O15" s="119"/>
+      <c r="P15" s="119"/>
+      <c r="Q15" s="119"/>
+      <c r="R15" s="119"/>
+      <c r="S15" s="119"/>
+      <c r="U15" s="130" t="str">
         <f t="shared" si="0"/>
         <v>Sales Volumes</v>
       </c>
     </row>
-    <row r="16" spans="1:21" ht="27" customHeight="1">
-[...5 lines deleted...]
-      <c r="E16" s="162" t="str">
+    <row r="16" spans="1:21" ht="27" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B16" s="163"/>
+      <c r="C16" s="106" t="s">
+        <v>115</v>
+      </c>
+      <c r="D16" s="120"/>
+      <c r="E16" s="115" t="str">
         <f>IF(Incorporated!G16="","",Incorporated!G16)</f>
         <v/>
       </c>
-      <c r="F16" s="162" t="str">
+      <c r="F16" s="115" t="str">
         <f>IF(AND('Sole Trader &amp; Partnerships'!H17="",Incorporated!H16=""),"",IF(Incorporated!H16&lt;&gt;"",Incorporated!H16,'Sole Trader &amp; Partnerships'!H17))</f>
         <v/>
       </c>
-      <c r="G16" s="162" t="str">
+      <c r="G16" s="115" t="str">
         <f>IF(AND('Sole Trader &amp; Partnerships'!I17="",Incorporated!I16=""),"",IF(Incorporated!I16&lt;&gt;"",Incorporated!I16,'Sole Trader &amp; Partnerships'!I17))</f>
         <v/>
       </c>
-      <c r="H16" s="162" t="str">
+      <c r="H16" s="115" t="str">
         <f>IF(AND('Sole Trader &amp; Partnerships'!J17="",Incorporated!J16=""),"",IF(Incorporated!J16&lt;&gt;"",Incorporated!J16,'Sole Trader &amp; Partnerships'!J17))</f>
         <v/>
       </c>
-      <c r="I16" s="162" t="str">
+      <c r="I16" s="115" t="str">
         <f>IF(Incorporated!K16="","",Incorporated!K16)</f>
         <v/>
       </c>
-      <c r="J16" s="162" t="str">
+      <c r="J16" s="115" t="str">
         <f>IF(Incorporated!L16="","",Incorporated!L16)</f>
         <v/>
       </c>
-      <c r="K16" s="123">
+      <c r="K16" s="129">
         <v>4</v>
       </c>
-      <c r="L16" s="157"/>
-[...9 lines deleted...]
-      <c r="U16" s="124" t="str">
+      <c r="L16" s="163"/>
+      <c r="M16" s="106" t="s">
+        <v>115</v>
+      </c>
+      <c r="N16" s="119"/>
+      <c r="O16" s="119"/>
+      <c r="P16" s="119"/>
+      <c r="Q16" s="119"/>
+      <c r="R16" s="119"/>
+      <c r="S16" s="119"/>
+      <c r="U16" s="130" t="str">
         <f t="shared" si="0"/>
         <v>Sales Volumes</v>
       </c>
     </row>
-    <row r="17" spans="2:21" ht="27" customHeight="1">
-[...5 lines deleted...]
-      <c r="E17" s="162" t="str">
+    <row r="17" spans="2:21" ht="27" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B17" s="163"/>
+      <c r="C17" s="106" t="s">
+        <v>116</v>
+      </c>
+      <c r="D17" s="120"/>
+      <c r="E17" s="115" t="str">
         <f>IF(Incorporated!G17="","",Incorporated!G17)</f>
         <v/>
       </c>
-      <c r="F17" s="162" t="str">
+      <c r="F17" s="115" t="str">
         <f>IF(AND('Sole Trader &amp; Partnerships'!H18="",Incorporated!H17=""),"",IF(Incorporated!H17&lt;&gt;"",Incorporated!H17,'Sole Trader &amp; Partnerships'!H18))</f>
         <v/>
       </c>
-      <c r="G17" s="162" t="str">
+      <c r="G17" s="115" t="str">
         <f>IF(AND('Sole Trader &amp; Partnerships'!I18="",Incorporated!I17=""),"",IF(Incorporated!I17&lt;&gt;"",Incorporated!I17,'Sole Trader &amp; Partnerships'!I18))</f>
         <v/>
       </c>
-      <c r="H17" s="162" t="str">
+      <c r="H17" s="115" t="str">
         <f>IF(AND('Sole Trader &amp; Partnerships'!J18="",Incorporated!J17=""),"",IF(Incorporated!J17&lt;&gt;"",Incorporated!J17,'Sole Trader &amp; Partnerships'!J18))</f>
         <v/>
       </c>
-      <c r="I17" s="162" t="str">
+      <c r="I17" s="115" t="str">
         <f>IF(Incorporated!K17="","",Incorporated!K17)</f>
         <v/>
       </c>
-      <c r="J17" s="162" t="str">
+      <c r="J17" s="115" t="str">
         <f>IF(Incorporated!L17="","",Incorporated!L17)</f>
         <v/>
       </c>
-      <c r="K17" s="123">
+      <c r="K17" s="129">
         <v>5</v>
       </c>
-      <c r="L17" s="157"/>
-[...9 lines deleted...]
-      <c r="U17" s="124" t="str">
+      <c r="L17" s="163"/>
+      <c r="M17" s="106" t="s">
+        <v>116</v>
+      </c>
+      <c r="N17" s="119"/>
+      <c r="O17" s="119"/>
+      <c r="P17" s="119"/>
+      <c r="Q17" s="119"/>
+      <c r="R17" s="119"/>
+      <c r="S17" s="119"/>
+      <c r="U17" s="130" t="str">
         <f t="shared" si="0"/>
         <v>Sales Volumes</v>
       </c>
     </row>
-    <row r="18" spans="2:21" ht="27" customHeight="1">
-[...5 lines deleted...]
-      <c r="E18" s="107">
+    <row r="18" spans="2:21" ht="27" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B18" s="164"/>
+      <c r="C18" s="107" t="s">
+        <v>200</v>
+      </c>
+      <c r="D18" s="121"/>
+      <c r="E18" s="109">
         <f t="shared" ref="E18:J18" si="1">SUM(E13:E17)</f>
         <v>0</v>
       </c>
-      <c r="F18" s="107">
+      <c r="F18" s="109">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G18" s="107">
+      <c r="G18" s="109">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H18" s="107">
+      <c r="H18" s="109">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="I18" s="107">
+      <c r="I18" s="109">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="J18" s="107">
+      <c r="J18" s="109">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K18" s="123">
+      <c r="K18" s="129">
         <v>6</v>
       </c>
-      <c r="L18" s="158"/>
-[...3 lines deleted...]
-      <c r="N18" s="107">
+      <c r="L18" s="164"/>
+      <c r="M18" s="107" t="s">
+        <v>200</v>
+      </c>
+      <c r="N18" s="109">
         <f t="shared" ref="N18:S18" si="2">SUM(N13:N17)</f>
         <v>0</v>
       </c>
-      <c r="O18" s="107">
+      <c r="O18" s="109">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="P18" s="107">
+      <c r="P18" s="109">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="Q18" s="107">
+      <c r="Q18" s="109">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="R18" s="107">
+      <c r="R18" s="109">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="S18" s="107">
+      <c r="S18" s="109">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="U18" s="124" t="str">
+      <c r="U18" s="130" t="str">
         <f t="shared" si="0"/>
         <v>Sales Volumes</v>
       </c>
     </row>
-    <row r="19" spans="2:21" ht="20.25" customHeight="1">
-[...7 lines deleted...]
-      <c r="E19" s="162" t="str">
+    <row r="19" spans="2:21" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B19" s="162" t="s">
+        <v>119</v>
+      </c>
+      <c r="C19" s="106" t="s">
+        <v>120</v>
+      </c>
+      <c r="D19" s="120"/>
+      <c r="E19" s="115" t="str">
         <f>IF(Incorporated!G19="","",Incorporated!G19)</f>
         <v/>
       </c>
-      <c r="F19" s="162" t="str">
+      <c r="F19" s="115" t="str">
         <f>IF(AND('Sole Trader &amp; Partnerships'!H20="",Incorporated!H19=""),"",IF(Incorporated!H19&lt;&gt;"",Incorporated!H19,'Sole Trader &amp; Partnerships'!H20))</f>
         <v/>
       </c>
-      <c r="G19" s="162" t="str">
+      <c r="G19" s="115" t="str">
         <f>IF(AND('Sole Trader &amp; Partnerships'!I20="",Incorporated!I19=""),"",IF(Incorporated!I19&lt;&gt;"",Incorporated!I19,'Sole Trader &amp; Partnerships'!I20))</f>
         <v/>
       </c>
-      <c r="H19" s="162" t="str">
+      <c r="H19" s="115" t="str">
         <f>IF(AND('Sole Trader &amp; Partnerships'!J20="",Incorporated!J19=""),"",IF(Incorporated!J19&lt;&gt;"",Incorporated!J19,'Sole Trader &amp; Partnerships'!J20))</f>
         <v/>
       </c>
-      <c r="I19" s="162" t="str">
+      <c r="I19" s="115" t="str">
         <f>IF(Incorporated!K19="","",Incorporated!K19)</f>
         <v/>
       </c>
-      <c r="J19" s="162" t="str">
+      <c r="J19" s="115" t="str">
         <f>IF(Incorporated!L19="","",Incorporated!L19)</f>
         <v/>
       </c>
-      <c r="K19" s="123">
+      <c r="K19" s="129">
         <v>7</v>
       </c>
-      <c r="L19" s="156" t="s">
-[...11 lines deleted...]
-      <c r="U19" s="124" t="str">
+      <c r="L19" s="162" t="s">
+        <v>119</v>
+      </c>
+      <c r="M19" s="106" t="s">
+        <v>120</v>
+      </c>
+      <c r="N19" s="119"/>
+      <c r="O19" s="119"/>
+      <c r="P19" s="119"/>
+      <c r="Q19" s="119"/>
+      <c r="R19" s="119"/>
+      <c r="S19" s="119"/>
+      <c r="U19" s="130" t="str">
         <f t="shared" si="0"/>
         <v>Sales Volumes</v>
       </c>
     </row>
-    <row r="20" spans="2:21" ht="30" customHeight="1">
-[...5 lines deleted...]
-      <c r="E20" s="162" t="str">
+    <row r="20" spans="2:21" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B20" s="163"/>
+      <c r="C20" s="106" t="s">
+        <v>121</v>
+      </c>
+      <c r="D20" s="120"/>
+      <c r="E20" s="115" t="str">
         <f>IF(Incorporated!G20="","",Incorporated!G20)</f>
         <v/>
       </c>
-      <c r="F20" s="162" t="str">
+      <c r="F20" s="115" t="str">
         <f>IF(AND('Sole Trader &amp; Partnerships'!H21="",Incorporated!H20=""),"",IF(Incorporated!H20&lt;&gt;"",Incorporated!H20,'Sole Trader &amp; Partnerships'!H21))</f>
         <v/>
       </c>
-      <c r="G20" s="162" t="str">
+      <c r="G20" s="115" t="str">
         <f>IF(AND('Sole Trader &amp; Partnerships'!I21="",Incorporated!I20=""),"",IF(Incorporated!I20&lt;&gt;"",Incorporated!I20,'Sole Trader &amp; Partnerships'!I21))</f>
         <v/>
       </c>
-      <c r="H20" s="162" t="str">
+      <c r="H20" s="115" t="str">
         <f>IF(AND('Sole Trader &amp; Partnerships'!J21="",Incorporated!J20=""),"",IF(Incorporated!J20&lt;&gt;"",Incorporated!J20,'Sole Trader &amp; Partnerships'!J21))</f>
         <v/>
       </c>
-      <c r="I20" s="162" t="str">
+      <c r="I20" s="115" t="str">
         <f>IF(Incorporated!K20="","",Incorporated!K20)</f>
         <v/>
       </c>
-      <c r="J20" s="162" t="str">
+      <c r="J20" s="115" t="str">
         <f>IF(Incorporated!L20="","",Incorporated!L20)</f>
         <v/>
       </c>
-      <c r="K20" s="123">
+      <c r="K20" s="129">
         <v>8</v>
       </c>
-      <c r="L20" s="157"/>
-[...9 lines deleted...]
-      <c r="U20" s="124" t="str">
+      <c r="L20" s="163"/>
+      <c r="M20" s="106" t="s">
+        <v>121</v>
+      </c>
+      <c r="N20" s="119"/>
+      <c r="O20" s="119"/>
+      <c r="P20" s="119"/>
+      <c r="Q20" s="119"/>
+      <c r="R20" s="119"/>
+      <c r="S20" s="119"/>
+      <c r="U20" s="130" t="str">
         <f t="shared" si="0"/>
         <v>Sales Volumes</v>
       </c>
     </row>
-    <row r="21" spans="2:21" ht="20.25" customHeight="1">
-[...5 lines deleted...]
-      <c r="E21" s="162" t="str">
+    <row r="21" spans="2:21" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B21" s="163"/>
+      <c r="C21" s="106" t="s">
+        <v>116</v>
+      </c>
+      <c r="D21" s="120"/>
+      <c r="E21" s="115" t="str">
         <f>IF(Incorporated!G21="","",Incorporated!G21)</f>
         <v/>
       </c>
-      <c r="F21" s="162" t="str">
+      <c r="F21" s="115" t="str">
         <f>IF(AND('Sole Trader &amp; Partnerships'!H22="",Incorporated!H21=""),"",IF(Incorporated!H21&lt;&gt;"",Incorporated!H21,'Sole Trader &amp; Partnerships'!H22))</f>
         <v/>
       </c>
-      <c r="G21" s="162" t="str">
+      <c r="G21" s="115" t="str">
         <f>IF(AND('Sole Trader &amp; Partnerships'!I22="",Incorporated!I21=""),"",IF(Incorporated!I21&lt;&gt;"",Incorporated!I21,'Sole Trader &amp; Partnerships'!I22))</f>
         <v/>
       </c>
-      <c r="H21" s="162" t="str">
+      <c r="H21" s="115" t="str">
         <f>IF(AND('Sole Trader &amp; Partnerships'!J22="",Incorporated!J21=""),"",IF(Incorporated!J21&lt;&gt;"",Incorporated!J21,'Sole Trader &amp; Partnerships'!J22))</f>
         <v/>
       </c>
-      <c r="I21" s="162" t="str">
+      <c r="I21" s="115" t="str">
         <f>IF(Incorporated!K21="","",Incorporated!K21)</f>
         <v/>
       </c>
-      <c r="J21" s="162" t="str">
+      <c r="J21" s="115" t="str">
         <f>IF(Incorporated!L21="","",Incorporated!L21)</f>
         <v/>
       </c>
-      <c r="K21" s="123">
+      <c r="K21" s="129">
         <v>9</v>
       </c>
-      <c r="L21" s="157"/>
-[...9 lines deleted...]
-      <c r="U21" s="124" t="str">
+      <c r="L21" s="163"/>
+      <c r="M21" s="106" t="s">
+        <v>116</v>
+      </c>
+      <c r="N21" s="119"/>
+      <c r="O21" s="119"/>
+      <c r="P21" s="119"/>
+      <c r="Q21" s="119"/>
+      <c r="R21" s="119"/>
+      <c r="S21" s="119"/>
+      <c r="U21" s="130" t="str">
         <f t="shared" si="0"/>
         <v>Sales Volumes</v>
       </c>
     </row>
-    <row r="22" spans="2:21" ht="20.25" customHeight="1">
-[...5 lines deleted...]
-      <c r="E22" s="108">
+    <row r="22" spans="2:21" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B22" s="164"/>
+      <c r="C22" s="108" t="s">
+        <v>201</v>
+      </c>
+      <c r="D22" s="121"/>
+      <c r="E22" s="110">
         <f>SUM(E19:E21)</f>
         <v>0</v>
       </c>
-      <c r="F22" s="108">
+      <c r="F22" s="110">
         <f t="shared" ref="F22:J22" si="3">SUM(F19:F21)</f>
         <v>0</v>
       </c>
-      <c r="G22" s="108">
+      <c r="G22" s="110">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="H22" s="108">
+      <c r="H22" s="110">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="I22" s="108">
+      <c r="I22" s="110">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="J22" s="108">
+      <c r="J22" s="110">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="K22" s="123">
+      <c r="K22" s="129">
         <v>10</v>
       </c>
-      <c r="L22" s="158"/>
-[...3 lines deleted...]
-      <c r="N22" s="108">
+      <c r="L22" s="164"/>
+      <c r="M22" s="108" t="s">
+        <v>201</v>
+      </c>
+      <c r="N22" s="110">
         <f>SUM(N19:N21)</f>
         <v>0</v>
       </c>
-      <c r="O22" s="108">
+      <c r="O22" s="110">
         <f t="shared" ref="O22" si="4">SUM(O19:O21)</f>
         <v>0</v>
       </c>
-      <c r="P22" s="108">
+      <c r="P22" s="110">
         <f t="shared" ref="P22" si="5">SUM(P19:P21)</f>
         <v>0</v>
       </c>
-      <c r="Q22" s="108">
+      <c r="Q22" s="110">
         <f t="shared" ref="Q22" si="6">SUM(Q19:Q21)</f>
         <v>0</v>
       </c>
-      <c r="R22" s="108">
+      <c r="R22" s="110">
         <f t="shared" ref="R22" si="7">SUM(R19:R21)</f>
         <v>0</v>
       </c>
-      <c r="S22" s="108">
+      <c r="S22" s="110">
         <f t="shared" ref="S22" si="8">SUM(S19:S21)</f>
         <v>0</v>
       </c>
-      <c r="U22" s="124" t="str">
+      <c r="U22" s="130" t="str">
         <f t="shared" si="0"/>
         <v>Sales Volumes</v>
       </c>
     </row>
-    <row r="23" spans="2:21" ht="15.75" customHeight="1" thickBot="1">
-[...5 lines deleted...]
-      <c r="E23" s="109">
+    <row r="23" spans="2:21" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B23" s="108" t="s">
+        <v>202</v>
+      </c>
+      <c r="C23" s="108"/>
+      <c r="D23" s="121"/>
+      <c r="E23" s="111">
         <f>SUM(E18,E22)</f>
         <v>0</v>
       </c>
-      <c r="F23" s="109">
+      <c r="F23" s="111">
         <f t="shared" ref="F23:J23" si="9">SUM(F18,F22)</f>
         <v>0</v>
       </c>
-      <c r="G23" s="109">
+      <c r="G23" s="111">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="H23" s="109">
+      <c r="H23" s="111">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="I23" s="109">
+      <c r="I23" s="111">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="J23" s="109">
+      <c r="J23" s="111">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="K23" s="123">
+      <c r="K23" s="129">
         <v>11</v>
       </c>
-      <c r="L23" s="106" t="s">
-[...7 lines deleted...]
-      <c r="O23" s="109">
+      <c r="L23" s="108" t="s">
+        <v>202</v>
+      </c>
+      <c r="M23" s="108"/>
+      <c r="N23" s="111">
+        <f>SUM(N18,N22)</f>
+        <v>0</v>
+      </c>
+      <c r="O23" s="111">
+        <f t="shared" ref="O23:S23" si="10">SUM(O18,O22)</f>
+        <v>0</v>
+      </c>
+      <c r="P23" s="111">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="P23" s="109">
+      <c r="Q23" s="111">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="Q23" s="109">
+      <c r="R23" s="111">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="R23" s="109">
+      <c r="S23" s="111">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
-      <c r="S23" s="109">
-[...3 lines deleted...]
-      <c r="U23" s="124" t="str">
+      <c r="U23" s="130" t="str">
         <f t="shared" si="0"/>
         <v>Sales Volumes</v>
       </c>
     </row>
-    <row r="24" spans="2:21" ht="14.1" thickTop="1">
-[...121 lines deleted...]
-      <c r="S29" s="112"/>
+    <row r="24" spans="2:21" ht="14" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="B24" s="114"/>
+      <c r="C24" s="114"/>
+      <c r="D24" s="114"/>
+      <c r="E24" s="114"/>
+      <c r="F24" s="114"/>
+      <c r="G24" s="114"/>
+      <c r="H24" s="114"/>
+      <c r="I24" s="114"/>
+      <c r="J24" s="114"/>
+      <c r="K24" s="114"/>
+      <c r="L24" s="114"/>
+      <c r="M24" s="114"/>
+      <c r="N24" s="114"/>
+      <c r="O24" s="114"/>
+      <c r="P24" s="114"/>
+      <c r="Q24" s="114"/>
+      <c r="R24" s="114"/>
+      <c r="S24" s="114"/>
+    </row>
+    <row r="25" spans="2:21" x14ac:dyDescent="0.3">
+      <c r="B25" s="112"/>
+      <c r="C25" s="114"/>
+      <c r="D25" s="114"/>
+      <c r="E25" s="114"/>
+      <c r="F25" s="114"/>
+      <c r="G25" s="114"/>
+      <c r="H25" s="114"/>
+      <c r="I25" s="114"/>
+      <c r="J25" s="114"/>
+      <c r="K25" s="114"/>
+      <c r="L25" s="114"/>
+      <c r="M25" s="114"/>
+      <c r="N25" s="114"/>
+      <c r="O25" s="114"/>
+      <c r="P25" s="114"/>
+      <c r="Q25" s="116"/>
+      <c r="R25" s="116"/>
+      <c r="S25" s="116"/>
+      <c r="T25" s="113"/>
+    </row>
+    <row r="26" spans="2:21" ht="85.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B26" s="159" t="s">
+        <v>203</v>
+      </c>
+      <c r="C26" s="160"/>
+      <c r="D26" s="160"/>
+      <c r="E26" s="160"/>
+      <c r="F26" s="160"/>
+      <c r="G26" s="160"/>
+      <c r="H26" s="160"/>
+      <c r="I26" s="160"/>
+      <c r="J26" s="160"/>
+      <c r="K26" s="160"/>
+      <c r="L26" s="160"/>
+      <c r="M26" s="160"/>
+      <c r="N26" s="160"/>
+      <c r="O26" s="160"/>
+      <c r="P26" s="160"/>
+      <c r="Q26" s="160"/>
+      <c r="R26" s="160"/>
+      <c r="S26" s="161"/>
+      <c r="T26" s="113"/>
+    </row>
+    <row r="27" spans="2:21" x14ac:dyDescent="0.3">
+      <c r="B27" s="114"/>
+      <c r="C27" s="114"/>
+      <c r="D27" s="114"/>
+      <c r="E27" s="114"/>
+      <c r="F27" s="114"/>
+      <c r="G27" s="114"/>
+      <c r="H27" s="114"/>
+      <c r="I27" s="114"/>
+      <c r="J27" s="114"/>
+      <c r="K27" s="114"/>
+      <c r="L27" s="114"/>
+      <c r="M27" s="114"/>
+      <c r="N27" s="114"/>
+      <c r="O27" s="114"/>
+      <c r="P27" s="114"/>
+      <c r="Q27" s="114"/>
+      <c r="R27" s="114"/>
+      <c r="S27" s="114"/>
+    </row>
+    <row r="28" spans="2:21" x14ac:dyDescent="0.3">
+      <c r="B28" s="114"/>
+      <c r="C28" s="114"/>
+      <c r="D28" s="114"/>
+      <c r="E28" s="114"/>
+      <c r="F28" s="114"/>
+      <c r="G28" s="114"/>
+      <c r="H28" s="114"/>
+      <c r="I28" s="114"/>
+      <c r="J28" s="114"/>
+      <c r="K28" s="114"/>
+      <c r="L28" s="114"/>
+      <c r="M28" s="114"/>
+      <c r="N28" s="114"/>
+      <c r="O28" s="114"/>
+      <c r="P28" s="114"/>
+      <c r="Q28" s="114"/>
+      <c r="R28" s="114"/>
+      <c r="S28" s="114"/>
+    </row>
+    <row r="29" spans="2:21" x14ac:dyDescent="0.3">
+      <c r="B29" s="114"/>
+      <c r="C29" s="114"/>
+      <c r="D29" s="114"/>
+      <c r="E29" s="114"/>
+      <c r="F29" s="114"/>
+      <c r="G29" s="114"/>
+      <c r="H29" s="114"/>
+      <c r="I29" s="114"/>
+      <c r="J29" s="114"/>
+      <c r="K29" s="114"/>
+      <c r="L29" s="114"/>
+      <c r="M29" s="114"/>
+      <c r="N29" s="114"/>
+      <c r="O29" s="114"/>
+      <c r="P29" s="114"/>
+      <c r="Q29" s="114"/>
+      <c r="R29" s="114"/>
+      <c r="S29" s="114"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="vq0FXlJdK3FLgLof2dVpDSJiHI5Cl+pUQBjVUL6rRqNRCsuUlVXYNyLtV5JmMDBEGI6hIxgHhiOYUuSXIWJmEQ==" saltValue="D0mVhXR301JPiWEiSp011Q==" spinCount="100000" sheet="1" formatColumns="0" formatRows="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="ZzrdifGUdZ7V3znaSrHd4tp8B1zfQUsyJoE/NNzkzW0BMGUrSMgy6amzjxsqYcWxH/jjk6QRG8W3N2NHrrbyRw==" saltValue="UebAbp9EkTI244XUy7gnyQ==" spinCount="100000" sheet="1" formatColumns="0" formatRows="0"/>
   <mergeCells count="5">
     <mergeCell ref="B26:S26"/>
     <mergeCell ref="B13:B18"/>
     <mergeCell ref="B19:B22"/>
     <mergeCell ref="L13:L18"/>
     <mergeCell ref="L19:L22"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Aptos"&amp;10&amp;K000000 FCA Public&amp;1#_x000D_</oddHeader>
+  </headerFooter>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{86504AE8-3779-4A5F-BEB1-8FA2668CCE0D}">
   <sheetPr codeName="Sheet5"/>
   <dimension ref="B2:D20"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="13.5" outlineLevelRow="1"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="13.5" outlineLevelRow="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="3.85546875" style="6" customWidth="1"/>
-    <col min="2" max="2" width="11.28515625" style="6" customWidth="1"/>
+    <col min="1" max="1" width="3.81640625" style="6" customWidth="1"/>
+    <col min="2" max="2" width="11.26953125" style="6" customWidth="1"/>
     <col min="3" max="3" width="22" style="6" customWidth="1"/>
-    <col min="4" max="4" width="144.5703125" style="6" customWidth="1"/>
-    <col min="5" max="16384" width="8.7109375" style="6"/>
+    <col min="4" max="4" width="144.54296875" style="6" customWidth="1"/>
+    <col min="5" max="16384" width="8.7265625" style="6"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:4" ht="17.45">
+    <row r="2" spans="2:4" ht="17.5" x14ac:dyDescent="0.35">
       <c r="B2" s="13" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-    <row r="5" spans="2:4" ht="38.1" customHeight="1">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="5" spans="2:4" ht="38.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B5" s="14" t="s">
-        <v>231</v>
+        <v>205</v>
       </c>
       <c r="C5" s="14" t="s">
-        <v>232</v>
+        <v>206</v>
       </c>
       <c r="D5" s="15" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-    <row r="6" spans="2:4" ht="28.5" customHeight="1">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="6" spans="2:4" ht="28.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B6" s="10">
         <v>0.1</v>
       </c>
       <c r="C6" s="11">
         <v>45930</v>
       </c>
       <c r="D6" s="7" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-    <row r="7" spans="2:4" ht="58.5" customHeight="1">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="7" spans="2:4" ht="58.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B7" s="10">
         <v>0.2</v>
       </c>
       <c r="C7" s="11">
         <v>45932</v>
       </c>
       <c r="D7" s="7" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-    <row r="8" spans="2:4" ht="63.6" customHeight="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="8" spans="2:4" ht="63.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B8" s="10">
         <v>0.3</v>
       </c>
       <c r="C8" s="11">
         <v>45957</v>
       </c>
       <c r="D8" s="7" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-    <row r="9" spans="2:4" ht="32.1" customHeight="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="9" spans="2:4" ht="32.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B9" s="10">
         <v>1</v>
       </c>
       <c r="C9" s="11" t="s">
-        <v>237</v>
+        <v>282</v>
       </c>
       <c r="D9" s="7" t="s">
-        <v>238</v>
-[...7 lines deleted...]
-    <row r="14" spans="2:4" hidden="1" outlineLevel="1">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="10" spans="2:4" ht="35.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B10" s="9">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="C10" s="11">
+        <v>46035</v>
+      </c>
+      <c r="D10" s="7" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="14" spans="2:4" hidden="1" outlineLevel="1" x14ac:dyDescent="0.35">
       <c r="B14" s="12" t="s">
-        <v>239</v>
-[...3 lines deleted...]
-    <row r="16" spans="2:4" hidden="1" outlineLevel="1">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="15" spans="2:4" hidden="1" outlineLevel="1" x14ac:dyDescent="0.35"/>
+    <row r="16" spans="2:4" hidden="1" outlineLevel="1" x14ac:dyDescent="0.35">
       <c r="B16" s="9">
         <v>1</v>
       </c>
       <c r="C16" s="6" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-    <row r="17" spans="2:3" hidden="1" outlineLevel="1">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="17" spans="2:3" hidden="1" outlineLevel="1" x14ac:dyDescent="0.35">
       <c r="B17" s="9"/>
       <c r="C17" s="6" t="s">
-        <v>241</v>
-[...2 lines deleted...]
-    <row r="18" spans="2:3" hidden="1" outlineLevel="1">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="18" spans="2:3" hidden="1" outlineLevel="1" x14ac:dyDescent="0.35">
       <c r="B18" s="9"/>
     </row>
-    <row r="19" spans="2:3" hidden="1" outlineLevel="1"/>
-    <row r="20" spans="2:3" collapsed="1"/>
+    <row r="19" spans="2:3" hidden="1" outlineLevel="1" x14ac:dyDescent="0.35"/>
+    <row r="20" spans="2:3" collapsed="1" x14ac:dyDescent="0.35"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="Dwx0SXVsvhcRF9sSfART81prUVh4M0esr0tTflJhChS0Gm6fuMag+pvUKaZWtUpsHDEvKLAzTFBYugZ/mQSq5g==" saltValue="3FZAcH86zVrgvWueunFnVQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="c6plRblDwpNx6g//B3l3TV4cJ2PvV4GBG1G7FXI1hyQ/ahn8DlwppLzrix+XgBnxiVGTbmWafzSWlFLU6009mg==" saltValue="IYS7nFmLsijdYC/Qsvl+yw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter>
-    <oddHeader>&amp;L&amp;"Calibri"&amp;10&amp;K000000 FCA Official&amp;1#_x000D_</oddHeader>
+    <oddHeader>&amp;L&amp;"Aptos"&amp;10&amp;K000000 FCA Public&amp;1#_x000D_</oddHeader>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{43DD19CA-9306-48A5-A5E8-7399FDD97FE2}">
   <sheetPr codeName="Sheet10"/>
   <dimension ref="B2:D42"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.45"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="1"/>
-    <col min="2" max="2" width="50.42578125" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="68.140625" customWidth="1"/>
+    <col min="2" max="2" width="50.453125" customWidth="1"/>
+    <col min="3" max="3" width="26.54296875" customWidth="1"/>
+    <col min="4" max="4" width="68.1796875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:4">
+    <row r="2" spans="2:4" x14ac:dyDescent="0.35">
       <c r="B2" s="3" t="s">
-        <v>242</v>
+        <v>214</v>
       </c>
       <c r="C2" s="21" t="s">
-        <v>243</v>
+        <v>215</v>
       </c>
       <c r="D2" s="21" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-    <row r="3" spans="2:4">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="3" spans="2:4" x14ac:dyDescent="0.35">
       <c r="B3" s="20" t="s">
-        <v>245</v>
+        <v>217</v>
       </c>
       <c r="C3" s="22" t="s">
-        <v>246</v>
+        <v>218</v>
       </c>
       <c r="D3" s="22" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-    <row r="4" spans="2:4">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="4" spans="2:4" x14ac:dyDescent="0.35">
       <c r="B4" s="20" t="s">
-        <v>248</v>
+        <v>220</v>
       </c>
       <c r="C4" s="22" t="s">
-        <v>249</v>
+        <v>221</v>
       </c>
       <c r="D4" s="22" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-    <row r="5" spans="2:4">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="5" spans="2:4" x14ac:dyDescent="0.35">
       <c r="B5" s="20" t="s">
-        <v>251</v>
+        <v>223</v>
       </c>
       <c r="C5" s="22" t="s">
-        <v>246</v>
+        <v>218</v>
       </c>
       <c r="D5" s="22" t="s">
-        <v>252</v>
-[...2 lines deleted...]
-    <row r="6" spans="2:4">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="6" spans="2:4" x14ac:dyDescent="0.35">
       <c r="B6" s="20" t="s">
-        <v>253</v>
+        <v>225</v>
       </c>
       <c r="C6" s="22" t="s">
-        <v>254</v>
+        <v>226</v>
       </c>
       <c r="D6" s="22" t="s">
-        <v>255</v>
-[...2 lines deleted...]
-    <row r="7" spans="2:4">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="7" spans="2:4" x14ac:dyDescent="0.35">
       <c r="B7" s="20" t="s">
-        <v>256</v>
+        <v>228</v>
       </c>
       <c r="C7" s="22" t="s">
-        <v>254</v>
+        <v>226</v>
       </c>
       <c r="D7" s="22" t="s">
-        <v>255</v>
-[...2 lines deleted...]
-    <row r="8" spans="2:4">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="8" spans="2:4" x14ac:dyDescent="0.35">
       <c r="B8" s="20" t="s">
-        <v>257</v>
+        <v>229</v>
       </c>
       <c r="C8" s="22" t="s">
-        <v>254</v>
+        <v>226</v>
       </c>
       <c r="D8" s="22" t="s">
-        <v>255</v>
-[...2 lines deleted...]
-    <row r="9" spans="2:4">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="9" spans="2:4" x14ac:dyDescent="0.35">
       <c r="B9" s="20" t="s">
-        <v>258</v>
+        <v>230</v>
       </c>
       <c r="C9" s="22" t="s">
-        <v>254</v>
+        <v>226</v>
       </c>
       <c r="D9" s="22" t="s">
-        <v>255</v>
-[...2 lines deleted...]
-    <row r="10" spans="2:4">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="10" spans="2:4" x14ac:dyDescent="0.35">
       <c r="B10" s="20" t="s">
-        <v>259</v>
+        <v>231</v>
       </c>
       <c r="C10" s="22" t="s">
-        <v>254</v>
+        <v>226</v>
       </c>
       <c r="D10" s="22" t="s">
-        <v>255</v>
-[...2 lines deleted...]
-    <row r="11" spans="2:4">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="11" spans="2:4" x14ac:dyDescent="0.35">
       <c r="B11" s="20" t="s">
-        <v>260</v>
+        <v>232</v>
       </c>
       <c r="C11" s="22" t="s">
-        <v>254</v>
+        <v>226</v>
       </c>
       <c r="D11" s="22" t="s">
-        <v>261</v>
-[...2 lines deleted...]
-    <row r="12" spans="2:4">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="12" spans="2:4" x14ac:dyDescent="0.35">
       <c r="B12" s="20" t="s">
-        <v>262</v>
+        <v>234</v>
       </c>
       <c r="C12" s="22" t="s">
-        <v>254</v>
+        <v>226</v>
       </c>
       <c r="D12" s="22" t="s">
-        <v>263</v>
-[...2 lines deleted...]
-    <row r="13" spans="2:4">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="13" spans="2:4" x14ac:dyDescent="0.35">
       <c r="B13" s="20" t="s">
-        <v>264</v>
+        <v>236</v>
       </c>
       <c r="C13" s="22"/>
       <c r="D13" s="22"/>
     </row>
-    <row r="14" spans="2:4">
+    <row r="14" spans="2:4" x14ac:dyDescent="0.35">
       <c r="B14" s="20" t="s">
-        <v>265</v>
+        <v>237</v>
       </c>
       <c r="C14" s="22"/>
       <c r="D14" s="22"/>
     </row>
-    <row r="15" spans="2:4">
+    <row r="15" spans="2:4" x14ac:dyDescent="0.35">
       <c r="B15" s="20" t="s">
-        <v>266</v>
+        <v>238</v>
       </c>
       <c r="C15" s="22"/>
       <c r="D15" s="22"/>
     </row>
-    <row r="16" spans="2:4">
+    <row r="16" spans="2:4" x14ac:dyDescent="0.35">
       <c r="B16" s="20" t="s">
-        <v>267</v>
+        <v>239</v>
       </c>
       <c r="C16" s="22" t="s">
-        <v>268</v>
+        <v>240</v>
       </c>
       <c r="D16" s="22" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-    <row r="17" spans="2:4">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.35">
       <c r="B17" s="2"/>
       <c r="D17" s="2"/>
     </row>
-    <row r="18" spans="2:4">
+    <row r="18" spans="2:4" x14ac:dyDescent="0.35">
       <c r="B18" s="2"/>
       <c r="D18" s="2"/>
     </row>
-    <row r="20" spans="2:4">
+    <row r="20" spans="2:4" x14ac:dyDescent="0.35">
       <c r="B20" s="3" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-    <row r="21" spans="2:4">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.35">
       <c r="B21" s="20" t="s">
-        <v>270</v>
-[...2 lines deleted...]
-    <row r="22" spans="2:4">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.35">
       <c r="B22" s="20" t="s">
-        <v>271</v>
-[...2 lines deleted...]
-    <row r="23" spans="2:4">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.35">
       <c r="B23" s="20" t="s">
-        <v>272</v>
-[...2 lines deleted...]
-    <row r="24" spans="2:4">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.35">
       <c r="B24" s="20" t="s">
-        <v>273</v>
-[...2 lines deleted...]
-    <row r="25" spans="2:4">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.35">
       <c r="B25" s="20" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-    <row r="26" spans="2:4">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.35">
       <c r="B26" s="20" t="s">
-        <v>275</v>
-[...2 lines deleted...]
-    <row r="27" spans="2:4">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.35">
       <c r="B27" s="20" t="s">
-        <v>276</v>
-[...2 lines deleted...]
-    <row r="31" spans="2:4">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" x14ac:dyDescent="0.35">
       <c r="B31" s="3" t="s">
-        <v>277</v>
-[...2 lines deleted...]
-    <row r="32" spans="2:4">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" x14ac:dyDescent="0.35">
       <c r="B32" s="20" t="s">
-        <v>278</v>
-[...2 lines deleted...]
-    <row r="33" spans="2:2">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="33" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B33" s="20" t="s">
-        <v>279</v>
-[...2 lines deleted...]
-    <row r="34" spans="2:2">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="34" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B34" s="20" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-    <row r="38" spans="2:2">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="38" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B38" s="3" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-    <row r="39" spans="2:2">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="39" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B39" s="20" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-    <row r="40" spans="2:2">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="40" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B40" s="20" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="41" spans="2:2">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="41" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B41" s="20" t="s">
-        <v>283</v>
-[...2 lines deleted...]
-    <row r="42" spans="2:2">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="42" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B42" s="20" t="s">
-        <v>284</v>
+        <v>256</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="9fUM7Dyw7YQLLKeAR9/7nYvL/J4J59seqAp8qX7ymCvbC/Bl2wzKeLhf0YXkhYQbtbhdECTCQkWcm9uCa0DVqQ==" saltValue="CMseVRCabNuo22EEMCI9gQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Aptos"&amp;10&amp;K000000 FCA Public&amp;1#_x000D_</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="FCA Document" ma:contentTypeID="0x0101005A9549D9A06FAF49B2796176C16A6E110060B6CCC7727C8B46A7D62B552D0A5D30" ma:contentTypeVersion="30" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="f244aa1d75c54aca53441d45d40fcf09">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="964f0a7c-bcf0-4337-b577-3747e0a5c4bc" xmlns:ns3="89a121d7-0f83-4fe4-9209-73446f4f3649" xmlns:ns4="cd635929-ea41-46c2-87bb-7a02822f0613" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4a3ec394a7d7cf536f8d6548d7efe515" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <fca_mig_date xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <fca_livelink_local_metadata xmlns="964f0a7c-bcf0-4337-b577-3747e0a5c4bc" xsi:nil="true"/>
+    <fca_livelink_obj_id xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <fca_livelink_accessed_date xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <fca_mig_stage xmlns="964f0a7c-bcf0-4337-b577-3747e0a5c4bc">0</fca_mig_stage>
+    <fca_mig_source xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <fca_livelink_description xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <fca_mig_full_path xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <fca_livelink_recstatus xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <fca_retention_trg_date xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <fca_livelink_recstatus_date xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <fca_mig_partial_path xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <i7382953a7c14d49b483126af46f0dd6 xmlns="964f0a7c-bcf0-4337-b577-3747e0a5c4bc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">External Engagement</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">9b00bd8a-6b07-402d-8d49-d99261372b0d</TermId>
+        </TermInfo>
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Case work</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">281a76e5-7b81-4766-bb79-c812421e7a09</TermId>
+        </TermInfo>
+      </Terms>
+    </i7382953a7c14d49b483126af46f0dd6>
+    <j863df97efa040da9c8165feb4e31e75 xmlns="964f0a7c-bcf0-4337-b577-3747e0a5c4bc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">FCA Official</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">d07129ec-4894-4cda-af0c-a925cb68d6e3</TermId>
+        </TermInfo>
+      </Terms>
+    </j863df97efa040da9c8165feb4e31e75>
+    <TaxCatchAll xmlns="89a121d7-0f83-4fe4-9209-73446f4f3649">
+      <Value>4</Value>
+      <Value>3</Value>
+      <Value>1</Value>
+    </TaxCatchAll>
+    <_dlc_DocId xmlns="89a121d7-0f83-4fe4-9209-73446f4f3649">VNYSQYFFTVYR-1451908436-27</_dlc_DocId>
+    <_dlc_DocIdPersistId xmlns="89a121d7-0f83-4fe4-9209-73446f4f3649">true</_dlc_DocIdPersistId>
+    <_dlc_DocIdUrl xmlns="89a121d7-0f83-4fe4-9209-73446f4f3649">
+      <Url>https://thefca.sharepoint.com/sites/PROJ_Auths_FinDataCollect/_layouts/15/DocIdRedir.aspx?ID=VNYSQYFFTVYR-1451908436-27</Url>
+      <Description>VNYSQYFFTVYR-1451908436-27</Description>
+    </_dlc_DocIdUrl>
+    <Is_FirstChKInDone xmlns="http://schemas.microsoft.com/sharepoint/v3">Yes</Is_FirstChKInDone>
+    <fca_mig_stage_2 xmlns="964f0a7c-bcf0-4337-b577-3747e0a5c4bc" xsi:nil="true"/>
+    <fca_prop_ret_label xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="FCA Document" ma:contentTypeID="0x0101005A9549D9A06FAF49B2796176C16A6E110060B6CCC7727C8B46A7D62B552D0A5D30" ma:contentTypeVersion="30" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="5f024d8784998d70740b82f08b36093e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="964f0a7c-bcf0-4337-b577-3747e0a5c4bc" xmlns:ns3="89a121d7-0f83-4fe4-9209-73446f4f3649" xmlns:ns4="cd635929-ea41-46c2-87bb-7a02822f0613" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="314af61cd2c3716c7d81ef2327f93a65" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="964f0a7c-bcf0-4337-b577-3747e0a5c4bc"/>
     <xsd:import namespace="89a121d7-0f83-4fe4-9209-73446f4f3649"/>
     <xsd:import namespace="cd635929-ea41-46c2-87bb-7a02822f0613"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:j863df97efa040da9c8165feb4e31e75" minOccurs="0"/>
                 <xsd:element ref="ns2:i7382953a7c14d49b483126af46f0dd6" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns1:fca_mig_source" minOccurs="0"/>
                 <xsd:element ref="ns1:fca_mig_full_path" minOccurs="0"/>
                 <xsd:element ref="ns1:fca_mig_partial_path" minOccurs="0"/>
                 <xsd:element ref="ns1:fca_livelink_obj_id" minOccurs="0"/>
                 <xsd:element ref="ns1:fca_mig_date" minOccurs="0"/>
                 <xsd:element ref="ns1:fca_retention_trg_date" minOccurs="0"/>
                 <xsd:element ref="ns1:fca_livelink_description" minOccurs="0"/>
                 <xsd:element ref="ns1:fca_livelink_recstatus" minOccurs="0"/>
                 <xsd:element ref="ns1:fca_livelink_recstatus_date" minOccurs="0"/>
                 <xsd:element ref="ns1:Is_FirstChKInDone" minOccurs="0"/>
@@ -10313,219 +10434,180 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...110 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AF469BE6-9679-4B8B-821F-53755F120C9E}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8B8FCB26-91E9-455E-826E-FD4366B0A27C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96337D05-175D-4A6C-823F-EE3C0EA7632D}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A87B2399-B5B2-4151-9076-C0833A483B7C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="cd635929-ea41-46c2-87bb-7a02822f0613"/>
+    <ds:schemaRef ds:uri="964f0a7c-bcf0-4337-b577-3747e0a5c4bc"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="89a121d7-0f83-4fe4-9209-73446f4f3649"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A87B2399-B5B2-4151-9076-C0833A483B7C}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96337D05-175D-4A6C-823F-EE3C0EA7632D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8B8FCB26-91E9-455E-826E-FD4366B0A27C}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B26A23F9-FF94-42D9-9665-3AAB4E6D12F7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="964f0a7c-bcf0-4337-b577-3747e0a5c4bc"/>
+    <ds:schemaRef ds:uri="89a121d7-0f83-4fe4-9209-73446f4f3649"/>
+    <ds:schemaRef ds:uri="cd635929-ea41-46c2-87bb-7a02822f0613"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel Online</Application>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Named Ranges</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="5" baseType="lpstr">
+      <vt:lpstr>Guidance &amp; Glossary</vt:lpstr>
+      <vt:lpstr>Incorporated</vt:lpstr>
+      <vt:lpstr>Sole Trader &amp; Partnerships</vt:lpstr>
+      <vt:lpstr>Sales Volumes</vt:lpstr>
+      <vt:lpstr>'Guidance &amp; Glossary'!Print_Area</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager/>
   <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>FCA@fca.org.uk</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101005A9549D9A06FAF49B2796176C16A6E110060B6CCC7727C8B46A7D62B552D0A5D30</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>d8a15e7d-8846-4858-bc56-6d5d738f14c9</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="fca_information_classification">
     <vt:lpwstr>1;#FCA Official|d07129ec-4894-4cda-af0c-a925cb68d6e3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="fca_document_purpose">
     <vt:lpwstr>3;#External Engagement|9b00bd8a-6b07-402d-8d49-d99261372b0d;#4;#Case work|281a76e5-7b81-4766-bb79-c812421e7a09</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Is_FirstChKInDone">
     <vt:lpwstr>Yes</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_dec5709d-e239-496d-88c9-7dae94c5106e_Enabled">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_ceacc62a-ff53-4fb3-9cdc-bb655f5bd38e_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_dec5709d-e239-496d-88c9-7dae94c5106e_SetDate">
-    <vt:lpwstr>2024-07-02T15:35:29Z</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_ceacc62a-ff53-4fb3-9cdc-bb655f5bd38e_SetDate">
+    <vt:lpwstr>2026-01-15T14:29:28Z</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_dec5709d-e239-496d-88c9-7dae94c5106e_Method">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_ceacc62a-ff53-4fb3-9cdc-bb655f5bd38e_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_dec5709d-e239-496d-88c9-7dae94c5106e_Name">
-    <vt:lpwstr>FCA Official</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_ceacc62a-ff53-4fb3-9cdc-bb655f5bd38e_Name">
+    <vt:lpwstr>FCA Public</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_dec5709d-e239-496d-88c9-7dae94c5106e_SiteId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_ceacc62a-ff53-4fb3-9cdc-bb655f5bd38e_SiteId">
     <vt:lpwstr>551f9db3-821c-4457-8551-b43423dce661</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_dec5709d-e239-496d-88c9-7dae94c5106e_ActionId">
-    <vt:lpwstr>9f224b47-4b5f-405d-9530-8821b9403b22</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_ceacc62a-ff53-4fb3-9cdc-bb655f5bd38e_ActionId">
+    <vt:lpwstr>004e7b8a-a8a7-49a5-b46f-f77391dae9e7</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_dec5709d-e239-496d-88c9-7dae94c5106e_ContentBits">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_ceacc62a-ff53-4fb3-9cdc-bb655f5bd38e_ContentBits">
     <vt:lpwstr>1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_ceacc62a-ff53-4fb3-9cdc-bb655f5bd38e_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>