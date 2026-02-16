--- v0 (2025-10-22)
+++ v1 (2026-02-16)
@@ -1,76 +1,76 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29429"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\EReid\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://thefca.sharepoint.com/sites/PROJ_Auths_FinDataCollect/Shared Documents/Consumer Investment/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{9AA5A571-C4CE-4EFC-ABF8-66FF36E023AC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B65AB9EB-9504-4AD6-9DFF-5CDC11FE0714}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="30450" yWindow="1650" windowWidth="21600" windowHeight="11175" tabRatio="603" xr2:uid="{552AA2BE-F978-4914-8586-D9583E802BEB}"/>
+    <workbookView xWindow="28680" yWindow="210" windowWidth="29040" windowHeight="15720" tabRatio="603" xr2:uid="{552AA2BE-F978-4914-8586-D9583E802BEB}"/>
   </bookViews>
   <sheets>
     <sheet name="Guidance &amp; Glossary" sheetId="7" r:id="rId1"/>
     <sheet name="Income Statement" sheetId="3" r:id="rId2"/>
     <sheet name="Balance Sheet" sheetId="2" r:id="rId3"/>
     <sheet name="Qualitative Questions" sheetId="15" r:id="rId4"/>
     <sheet name="Version" sheetId="8" state="veryHidden" r:id="rId5"/>
     <sheet name="Options" sheetId="16" state="veryHidden" r:id="rId6"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId7"/>
     <externalReference r:id="rId8"/>
   </externalReferences>
   <definedNames>
     <definedName name="___FSA001" localSheetId="3">#REF!</definedName>
     <definedName name="___FSA001">#REF!</definedName>
     <definedName name="___FSA003" localSheetId="3">#REF!</definedName>
     <definedName name="___FSA003">#REF!</definedName>
     <definedName name="__FSA001" localSheetId="3">#REF!</definedName>
     <definedName name="__FSA001">#REF!</definedName>
     <definedName name="__FSA002">#REF!</definedName>
     <definedName name="__FSA007">[1]FSA002!$A$1</definedName>
     <definedName name="__FSA014">#REF!</definedName>
     <definedName name="__FSA015">#REF!</definedName>
     <definedName name="__FSA016">#REF!</definedName>
@@ -114,50 +114,61 @@
     <definedName name="Table_V">#REF!</definedName>
     <definedName name="YEAR">'[2]Drop Down List'!$H$3</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="L21" i="3" l="1"/>
+  <c r="K21" i="3"/>
+  <c r="J21" i="3"/>
+  <c r="I21" i="3"/>
+  <c r="H21" i="3"/>
+  <c r="G21" i="3"/>
+  <c r="L50" i="2" l="1"/>
+  <c r="K50" i="2"/>
+  <c r="J50" i="2"/>
+  <c r="I50" i="2"/>
+  <c r="H50" i="2"/>
   <c r="O2" i="2" l="1"/>
   <c r="O2" i="3"/>
   <c r="M2" i="3"/>
   <c r="A2" i="3"/>
   <c r="A2" i="2"/>
   <c r="M2" i="2"/>
   <c r="G5" i="2"/>
   <c r="L13" i="3" l="1"/>
   <c r="K13" i="3"/>
   <c r="J13" i="3"/>
   <c r="J18" i="3" s="1"/>
   <c r="I13" i="3"/>
   <c r="H13" i="3"/>
   <c r="H18" i="3" s="1"/>
   <c r="G13" i="3"/>
   <c r="G18" i="3" s="1"/>
   <c r="L18" i="3"/>
   <c r="K18" i="3"/>
   <c r="I18" i="3"/>
   <c r="G33" i="15" l="1"/>
   <c r="C31" i="15"/>
   <c r="C29" i="15"/>
   <c r="G22" i="15"/>
   <c r="C20" i="15"/>
   <c r="C18" i="15"/>
@@ -167,107 +178,96 @@
   <c r="B2" i="15"/>
   <c r="H8" i="3" l="1"/>
   <c r="G8" i="3" s="1"/>
   <c r="J8" i="3"/>
   <c r="C8" i="3" l="1"/>
   <c r="I8" i="2" l="1"/>
   <c r="D8" i="2" s="1"/>
   <c r="K8" i="3"/>
   <c r="L8" i="3" s="1"/>
   <c r="L8" i="2" l="1"/>
   <c r="J8" i="2"/>
   <c r="K8" i="2"/>
   <c r="G8" i="2"/>
   <c r="H8" i="2"/>
   <c r="L13" i="2" l="1"/>
   <c r="B3" i="2" l="1"/>
   <c r="B3" i="3"/>
   <c r="G38" i="2" l="1"/>
   <c r="L38" i="2"/>
   <c r="H29" i="2"/>
   <c r="J29" i="2"/>
   <c r="K29" i="2"/>
   <c r="L29" i="2"/>
   <c r="G29" i="2"/>
   <c r="G47" i="2" l="1"/>
+  <c r="G50" i="2" s="1"/>
   <c r="I29" i="2"/>
   <c r="I47" i="2" l="1"/>
   <c r="G21" i="2"/>
   <c r="G13" i="2"/>
   <c r="H38" i="2"/>
   <c r="H21" i="2"/>
   <c r="H13" i="2"/>
-  <c r="G21" i="3" l="1"/>
-  <c r="G25" i="3" s="1"/>
+  <c r="G25" i="3" l="1"/>
+  <c r="G28" i="3" s="1"/>
   <c r="G31" i="2"/>
-  <c r="G28" i="3"/>
-[...2 lines deleted...]
-  <c r="I25" i="3" s="1"/>
+  <c r="I25" i="3"/>
   <c r="K47" i="2"/>
   <c r="H47" i="2"/>
   <c r="L47" i="2"/>
   <c r="J47" i="2"/>
   <c r="H31" i="2"/>
   <c r="H40" i="2"/>
   <c r="G40" i="2"/>
   <c r="I38" i="2"/>
   <c r="J38" i="2"/>
   <c r="K38" i="2"/>
   <c r="I21" i="2"/>
   <c r="J21" i="2"/>
   <c r="K21" i="2"/>
   <c r="L21" i="2"/>
   <c r="I13" i="2"/>
   <c r="J13" i="2"/>
   <c r="K13" i="2"/>
   <c r="G31" i="3" l="1"/>
   <c r="H25" i="3"/>
   <c r="I28" i="3"/>
-  <c r="J21" i="3"/>
-[...2 lines deleted...]
-  <c r="L21" i="3"/>
+  <c r="J25" i="3"/>
   <c r="K31" i="2"/>
   <c r="J31" i="2"/>
   <c r="I31" i="2"/>
   <c r="I40" i="2"/>
   <c r="J40" i="2"/>
   <c r="L31" i="2"/>
   <c r="L40" i="2"/>
   <c r="K40" i="2"/>
-  <c r="H50" i="2"/>
-  <c r="G50" i="2"/>
   <c r="I31" i="3" l="1"/>
   <c r="J28" i="3"/>
   <c r="L25" i="3"/>
   <c r="K25" i="3"/>
   <c r="H28" i="3"/>
-  <c r="L50" i="2"/>
-[...2 lines deleted...]
-  <c r="I50" i="2"/>
   <c r="H31" i="3" l="1"/>
   <c r="J31" i="3"/>
   <c r="K28" i="3"/>
   <c r="L28" i="3"/>
   <c r="L31" i="3" l="1"/>
   <c r="K31" i="3"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Chris Alidor</author>
   </authors>
   <commentList>
     <comment ref="I7" authorId="0" shapeId="0" xr:uid="{FFA1DFA9-1200-492F-BE36-04CA416387BF}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Verdana"/>
             <family val="2"/>
           </rPr>
@@ -300,779 +300,785 @@
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Verdana"/>
             <family val="2"/>
           </rPr>
           <t>Note:</t>
         </r>
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Verdana"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve"> to allow comparability with annual historical and forecasted figures, please make sure you provide annual figures under Current financial year. This practically means that, depending on your firm's year-end and the timing you submit these figures, you may have some months of actual and some months of forecast data for this current period.</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="313" uniqueCount="228">
-[...25 lines deleted...]
-    <t>Description</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="314" uniqueCount="229">
+  <si>
+    <t>Financial Data Template for Financial Advisers</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> v1.1</t>
+  </si>
+  <si>
+    <t>Please note that this template does NOT replace the financial questions in any other forms you need to submit as part of your application. Please refer to the pages specific to your business model, ensuring you complete and submit the relevant forms.</t>
   </si>
   <si>
     <t>Guidance</t>
   </si>
   <si>
-    <t>Interest expense</t>
-[...379 lines deleted...]
-    <t>Have you reconciled your capital requirement and capital resources figures to confirm you are meeting your capital requirement at the point of authorisation and on an ongoing basis? Please provide details in a separate Excel file using your own management information. Please detail the instruments used, to demonstrate they are allowable instruments, in line with the requirements set in the regulatory regime.</t>
+    <t>This guide sets out how to complete the Financial Data Template ("the Template"). The Template is comprised of a Balance Sheet, Income Statement, and Qualitative Questions. Please provide supporting evidence/documents where relevant (e.g.,  cashflow statement, bank statements, etc.) when submitting the template to the FCA.</t>
   </si>
   <si>
     <t>This guide uses terms as defined in the Companies Act of 1985 and 2006, or based on the firm's accounting framework (usually UK GAAP or IFRS). The descriptions in this guide are meant to repeat, summarise, or clarify these official definitions without changing their full meaning.</t>
-  </si>
-[...131 lines deleted...]
-    <t>2. In both the Income Statement and Balance Sheet, please input the forecast budget calculation for the first three financial years in columns J to L. Where available, please provide financials for the previous three years (inclusive of the current year) in columns G to I. In column N, input key assumptions, drivers for material movements, and explanations if the historical amounts cannot be directly reconciled to the accounts on Companies House.</t>
   </si>
   <si>
     <t>1. Please enter your accounting year-end date in the "Current financial year" field in the Income Statement (cell I8) and any corresponding notes for the current period in the "Comments" section (cell N8). This must be entered first before completing the template.
 Note: year-end dates in the Balance Sheet and the other periods are auto-filled based on your input in the "Current financial year" in the Income Statement. If appropriate, you may type in the year-end dates for other periods, in the format 'DD/MM/YYYY'.</t>
   </si>
   <si>
-    <t>Total</t>
-[...2 lines deleted...]
-    <t>Total revenue</t>
+    <t>2. In both the Income Statement and Balance Sheet, please input the forecast budget calculation for the first three financial years in columns J to L. Where available, please provide financials for the previous three years (inclusive of the current year) in columns G to I. In column N, input key assumptions, drivers for material movements, and explanations if the historical amounts cannot be directly reconciled to the accounts on Companies House.</t>
+  </si>
+  <si>
+    <t>3. For all financial data entered in columns G to L, please ensure you adhere to the conditions below:</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3.1. The data item should comply with the principles and requirements of the firm's accounting framework, which will generally be UK GAAP (including relevant provisions of the Companies Acts 1985 and 2006 as appropriate) or IFRS. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">3.2. The data item should be unconsolidated. </t>
+  </si>
+  <si>
+    <t>3.3. The data item should be rounded to whole numbers and in single units.</t>
+  </si>
+  <si>
+    <t>3.4. The data item should be left blank where the item does not apply to the firm.</t>
+  </si>
+  <si>
+    <t>3.5. The data item should be in GBP or one of the accepted non-GBP currencies if submitting as per the currency in your audited accounts. Accepted currencies are: EUR, USD, CAD, SEK, CHF, and JPY.</t>
+  </si>
+  <si>
+    <t>3.6. The data item should be for the whole financial year. Where the current financial year is not complete, the data item should incorporate a forecast to complete the dataset for the whole financial year.</t>
+  </si>
+  <si>
+    <t>3.7. The data item for expenses in the Income Statement and liabilities in the Balance Sheet should be in positive numbers, except where this is not relevant.</t>
+  </si>
+  <si>
+    <t>3.8. For a sole trader, only the assets and liabilities of the business should be included. It should not include the personal assets and liabilities of the owner.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3.9. The data item should be in agreement with the underlying accounting records. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">3.10. Accounting policies should be consistent with those adopted in the statutory Annual Accounts and should be consistently applied. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">3.11. Information required should be prepared in accordance with generally accepted accounting standards. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">3.12. The data item should not give a misleading impression of the firm. A data item is likely to give a misleading impression if a firm wrongly omits or includes a material item or presents a material item in the wrong way. </t>
+  </si>
+  <si>
+    <t>3.13. The requirement that any figures be audited does not apply to small companies exempted from audit under the Companies Act 2006.</t>
+  </si>
+  <si>
+    <t>4. Please ensure the Template does not contain error messages and that the Balance Sheet is balanced upon submission to the FCA.</t>
+  </si>
+  <si>
+    <t>5. Please answer the five questions in the Qualitative Questions page by selecting either "Yes" or "No" in the drop-down lists, ensuring to adhere to the below:</t>
+  </si>
+  <si>
+    <t>5.1. Where a question has been answered as "Yes", please answer the corresponding sub-questions where relevant. Note that sub-questions that are not relevant to your firm will be automatically greyed out.</t>
+  </si>
+  <si>
+    <t>5.2. If you answered "Yes" to question 1 and/or question 2, and your capital and/or liquidity requirement is NOT in GBP, please select the currency at the top of the page (all figures are in GBP by default). Accepted currencies are EUR, USD, CAD, SEK, CHF, and JPY.</t>
+  </si>
+  <si>
+    <t>5.3. If your firm is subject to multiple prudential regimes, please select the regime with the highest requirement in question 1a (this is the overarching regime).</t>
+  </si>
+  <si>
+    <t>Glossary</t>
+  </si>
+  <si>
+    <t>Income Statement</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Data Element</t>
+  </si>
+  <si>
+    <t>Revenue from credit related activities</t>
+  </si>
+  <si>
+    <t>This is the total of the firm’s regulated income during the reporting period in relation to credit activities.</t>
+  </si>
+  <si>
+    <t>Revenue from non-investment insurance</t>
+  </si>
+  <si>
+    <t>This is the total of the firm’s regulated income during the reporting period in relation to its non-investment insurance activities.</t>
+  </si>
+  <si>
+    <t>Revenue from retail investment products</t>
+  </si>
+  <si>
+    <t>This is the total of the firm’s regulated income during the reporting period in relation to its retail investment products.</t>
   </si>
   <si>
     <t>Income from other regulated activities</t>
-  </si>
-[...67 lines deleted...]
-    <t>Revenue from credit related activities</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Any other income earned from regulated activities, that is not in items 1, 2, or 3, as defined in the </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color theme="10"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>FCA's Perimeter Report.</t>
     </r>
   </si>
   <si>
+    <t>Other revenue (income from non-regulated activities)</t>
+  </si>
+  <si>
+    <t>Gross revenue arising from the firm’s non-regulated activities, if any, should be entered here.</t>
+  </si>
+  <si>
+    <t>Total operating expense</t>
+  </si>
+  <si>
+    <t>This is the total operating expenses that arise in the course of undertaking the firm’s activities.</t>
+  </si>
+  <si>
+    <t>Interest expense</t>
+  </si>
+  <si>
+    <t>This is the total of interest payable on borrowings of the firm and interest payable on client bank accounts.</t>
+  </si>
+  <si>
+    <t>Other non-operating expense</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Other expenses that do not directly relate to the firm's primary operations. Include here any exceptional items which are separately disclosed in your accounts by virtue of their size or incidence to enable a full understanding of the firm's financial performance. </t>
+  </si>
+  <si>
+    <t>Taxation</t>
+  </si>
+  <si>
+    <t>This comprises current tax charge (income) and deferred tax charge (income). Include any adjustments recognised in the period for current tax of prior periods. It may also include the amount of deferred tax charge (income) relating to the origination and reversal of temporary differences.</t>
+  </si>
+  <si>
+    <t>Dividends and other appropriations</t>
+  </si>
+  <si>
+    <t>The amount of dividends and appropriations paid in the reporting period.</t>
+  </si>
+  <si>
+    <t>Data Validation</t>
+  </si>
+  <si>
+    <t>Please do not amend the formulas in the spreadsheets.</t>
+  </si>
+  <si>
+    <t>[4] = [1] + [2] + [3]</t>
+  </si>
+  <si>
+    <t>[14] = [5] + [6] + [7] + [8] + [9] +[10] + [11] + [12] + [13]</t>
+  </si>
+  <si>
+    <t>[14D] = [14A] + [14B] - [14C]</t>
+  </si>
+  <si>
+    <t>[14D] = [4] + [14]</t>
+  </si>
+  <si>
+    <t xml:space="preserve">[19B] = [15] + [16] + [17] + [18] + [19A] </t>
+  </si>
+  <si>
+    <t>[19C] = [4] + [14] - [19B]</t>
+  </si>
+  <si>
+    <t>[25] = [23] - [24]</t>
+  </si>
+  <si>
+    <t>[27] = [25] - [26]</t>
+  </si>
+  <si>
+    <t>[28]: if [23] ≠ 0, then 0, else [4] + [14] - [19B] - [21]</t>
+  </si>
+  <si>
+    <t>[31] = [28] + [29] + [30]</t>
+  </si>
+  <si>
+    <t>Balance Sheet</t>
+  </si>
+  <si>
+    <t>Intangible assets</t>
+  </si>
+  <si>
+    <t>Intangible assets include goodwill, capitalised development costs, patents, licences, exchange seats (such as seats on LIFFE), trademarks and similar rights. Exchange seats held for investment purposes may be treated as a fixed asset investment.</t>
+  </si>
+  <si>
+    <t>Tangible assets</t>
+  </si>
+  <si>
+    <t>Includes property, real estate, plant and equipment beneficially owned by the firm.</t>
+  </si>
+  <si>
+    <t>Investments</t>
+  </si>
+  <si>
+    <t>Financial assets held by the firm for earning income or for capital appreciation. Investments can include shares, bonds, real estate, or other types of financial assets.</t>
+  </si>
+  <si>
+    <t>Debtors</t>
+  </si>
+  <si>
+    <t>Amounts due from counterparties should be reflected at gross amounts less any provisions for bad and doubtful debts. Netting is only permitted to the extent that there is express agreement with the counterparty that balances may be settled on a net basis.</t>
+  </si>
+  <si>
+    <t>Related party receivables</t>
+  </si>
+  <si>
+    <t>Debts owed by one of the other group entities to the company for goods or services that have been provided but not yet been fully paid for.</t>
+  </si>
+  <si>
+    <t>Other current assets</t>
+  </si>
+  <si>
+    <t>Any current asset not defined in the other data elements.</t>
+  </si>
+  <si>
+    <t>Cash and cash equivalents</t>
+  </si>
+  <si>
+    <t>Cash balances and bank balances or invoices payable to your business in the next 3 months; anything which is so liquid it is as good as cash.</t>
+  </si>
+  <si>
+    <t>Creditors</t>
+  </si>
+  <si>
+    <t>These are entities or individuals to whom the company owes money. Creditors can include suppliers, lenders, or any other parties that have provided goods, services, or funds to the company on credit.</t>
+  </si>
+  <si>
+    <t>Related party payable</t>
+  </si>
+  <si>
+    <t>These are entities or individuals, who are related to company, to whom the company owes money.</t>
+  </si>
+  <si>
+    <t>Loan payable</t>
+  </si>
+  <si>
+    <t>These are loans and overdrafts that are due to be repaid within one year.</t>
+  </si>
+  <si>
+    <t>Other current liabilities</t>
+  </si>
+  <si>
+    <t>This is money that the firm owes to creditors within one year.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">These are loans and overdraft facilities that are due for repayment more than one year from now. </t>
+  </si>
+  <si>
+    <t>Other payables</t>
+  </si>
+  <si>
+    <t>This is usually money that a company owes, which is repayable after/more than one year.
+This is a debt that is ranked behind other loans that are payable by your business first in terms of order of priority.</t>
+  </si>
+  <si>
+    <t>Subordinated debt</t>
+  </si>
+  <si>
+    <t>This is a loan where the lender's rights to repayment are ranked below other creditors and is due for repayment after more than one year.</t>
+  </si>
+  <si>
+    <t>Share capital</t>
+  </si>
+  <si>
+    <t>These are common shares of a company, representing ownership interest. Holders of ordinary shares usually have voting rights and are entitled to dividends, but they are paid after preference shareholders.</t>
+  </si>
+  <si>
+    <t>Retained earnings</t>
+  </si>
+  <si>
+    <t>This figure should include audited figures where applicable. The requirement that this figure be audited does not apply to small companies exempted from audit under the Companies Act 2006.</t>
+  </si>
+  <si>
+    <t>[13] = [5] + [6] + [7] + [8] + [9] +[10] + [11] + [12]</t>
+  </si>
+  <si>
+    <t>[55] = [14] + [15] + [16] + [17] + [18] + [19]</t>
+  </si>
+  <si>
+    <t>[21]: [13] – [55]</t>
+  </si>
+  <si>
+    <t>[27] = [22] + [23] + [24] + [26]</t>
+  </si>
+  <si>
+    <t>[28] = [4] + [13] - [55] - [27]</t>
+  </si>
+  <si>
+    <t>[34]: If [29] = 0, then 0, else [32] + [33]</t>
+  </si>
+  <si>
+    <t>[42]: If [29] = 0, then 0, else [29] + [30] + [31] + [34] + [35] + [36] + [37] + [38] + [39] + [40] + [41]</t>
+  </si>
+  <si>
+    <t>[42]: If [29] = 0, then 0, else [28]</t>
+  </si>
+  <si>
+    <t>[44]: If [29] &gt; 0, then 0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">[49]: If [44] &gt; 0, then [44] + [45] + [46] + [47] + [48], else 0 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">[49]: If [44] &gt; 0, then [28], else 0 </t>
+  </si>
+  <si>
+    <t>[51]: If [29] + [44] &gt; 0, then 0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">[53]: If [51] &gt; 0, then [51] + [52], else 0 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">[53]: If [51] &gt; 0, then [28], else 0 </t>
+  </si>
+  <si>
     <t>currency</t>
   </si>
   <si>
     <t>q_number</t>
   </si>
   <si>
     <t>q_text1</t>
   </si>
   <si>
     <t>q_text2</t>
   </si>
   <si>
     <t>q_text3</t>
   </si>
   <si>
     <t>q_text4</t>
   </si>
   <si>
     <t>fy-2</t>
   </si>
   <si>
     <t>fy-1</t>
   </si>
   <si>
     <t>fy</t>
   </si>
   <si>
     <t>fy+1</t>
   </si>
   <si>
     <t>fy+2</t>
   </si>
   <si>
     <t>fy+3</t>
   </si>
   <si>
     <t>version</t>
   </si>
   <si>
     <t>comments</t>
   </si>
   <si>
     <t>units</t>
   </si>
   <si>
-    <t>1. First draft of template with initial ideas.</t>
+    <t>Currency Units: Single</t>
+  </si>
+  <si>
+    <t>Please select currency if NOT in British Pound Sterling (GBP):</t>
+  </si>
+  <si>
+    <t>Historical actuals (previous financial year -2)</t>
+  </si>
+  <si>
+    <t>Historical actuals (previous financial year -1)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Current financial year </t>
+  </si>
+  <si>
+    <t>Forecast year 1</t>
+  </si>
+  <si>
+    <t>Forecast year 2</t>
+  </si>
+  <si>
+    <t>Forecast year 3</t>
+  </si>
+  <si>
+    <t>Comments
+(Key assumptions, drivers for material movements, explanations if the historical amounts cannot be directly reconciled to the accounts on Companies House)</t>
+  </si>
+  <si>
+    <t>[Please input year end date here (DD/MM/YYYY)]</t>
+  </si>
+  <si>
+    <t>[Please state what periods in the 'Current financial year' are forecasted and what are actuals here]</t>
+  </si>
+  <si>
+    <t>Revenue from credit-related activities</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Total revenue</t>
+  </si>
+  <si>
+    <t>Operating profit/(loss)</t>
+  </si>
+  <si>
+    <t>Profit/(loss) before taxation</t>
+  </si>
+  <si>
+    <t>Profit/(loss) for the period before dividends and appropriations</t>
+  </si>
+  <si>
+    <t>Retained profit</t>
+  </si>
+  <si>
+    <t>Please select currency in Income Statement if applicable</t>
+  </si>
+  <si>
+    <t>Fixed Assets</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Total fixed assets </t>
+  </si>
+  <si>
+    <t>Current Assets</t>
+  </si>
+  <si>
+    <r>
+      <t>Total current assets</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t/>
+    </r>
+  </si>
+  <si>
+    <t>Current Liabilities</t>
+  </si>
+  <si>
+    <t>Total current liabilities</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Net current assets (liabilities) </t>
+  </si>
+  <si>
+    <t>Long Term Liabilities</t>
+  </si>
+  <si>
+    <t>Total long term liabilities</t>
+  </si>
+  <si>
+    <t>Total assets less total liabilities</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Capital </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Total capital </t>
+  </si>
+  <si>
+    <t>Balance Sheet Data Validation</t>
+  </si>
+  <si>
+    <t>response_no</t>
+  </si>
+  <si>
+    <t>response</t>
+  </si>
+  <si>
+    <t>Please select the currency units (single or thousands):</t>
+  </si>
+  <si>
+    <t>Please Select</t>
+  </si>
+  <si>
+    <t>Is your firm subject to a prudential regime?</t>
+  </si>
+  <si>
+    <t>Yes/No</t>
+  </si>
+  <si>
+    <t>1a</t>
+  </si>
+  <si>
+    <t>If you answered "Yes" in question 1, please specify the prudential regime, your capital requirements and capital resources</t>
+  </si>
+  <si>
+    <t>Prudential regime (please select from list):</t>
+  </si>
+  <si>
+    <t>If you selected "Other", please provide details below:</t>
+  </si>
+  <si>
+    <t> </t>
+  </si>
+  <si>
+    <t>1b</t>
+  </si>
+  <si>
+    <t>Have you reconciled your capital requirement and capital resources figures to confirm you are meeting your capital requirement at the point of authorisation and on an ongoing basis? Please provide details in a separate Excel file using your own management information. Please detail the instruments used, to demonstrate they are allowable instruments, in line with the requirements set in the regulatory regime.</t>
+  </si>
+  <si>
+    <t>Is your firm subject to a liquidity requirement?</t>
+  </si>
+  <si>
+    <t>2a</t>
+  </si>
+  <si>
+    <t>If you answered "Yes" in question 2, please specify your liquidity requirement and your liquidity resources</t>
+  </si>
+  <si>
+    <t>2b</t>
+  </si>
+  <si>
+    <t>Have you reconciled your liquidity requirement and liquidity resources figures to confirm you are meeting your liquidity requirement at the point of authorisation and on an ongoing basis? Please provide details in a separate Excel file using your own management information. Please detail the instruments used, to demonstrate they are allowable instruments, in line with the requirements set in the regulatory regime.</t>
+  </si>
+  <si>
+    <t>Are there any significant related parties agreements that we should be aware of?</t>
+  </si>
+  <si>
+    <t>3a</t>
+  </si>
+  <si>
+    <t>If you answered "Yes" in question 3, please explain further:</t>
+  </si>
+  <si>
+    <t>Are there any off-balance sheet items we should be aware of?</t>
+  </si>
+  <si>
+    <t>4a</t>
+  </si>
+  <si>
+    <t>If you answered "Yes" in question 4, please explain further:</t>
+  </si>
+  <si>
+    <t>Are the firm's annual report and accounts prepared on a going concern basis?</t>
+  </si>
+  <si>
+    <t>Version History</t>
+  </si>
+  <si>
+    <t>Version</t>
+  </si>
+  <si>
+    <t>Publication Date</t>
+  </si>
+  <si>
+    <t>Changes</t>
+  </si>
+  <si>
+    <t>1. First draft of template.</t>
   </si>
   <si>
     <t>1. First publication version.
 2. Adjusted text in Glossary for data item 5.
 3. Added fields in Income Statement and Balance Sheet tabs to aid data transformation.</t>
   </si>
   <si>
-    <t xml:space="preserve"> v1.0</t>
-[...8 lines deleted...]
-    <t>Retained profit</t>
+    <t>1. Renamed title in Guidance &amp; Glossary tab for clarity.
+2. Added additional text in first paragraph in the Guidane &amp; Glossary tab.
+3. Adjusted formula in Balance Sheet to account for rounding differences. The tolerance is 1/-1.
+4. Corrected formula in row 21 in the Income Statement tab.</t>
+  </si>
+  <si>
+    <t>Suggestions:</t>
+  </si>
+  <si>
+    <t>Include a drop-down menu for firm type (disregard this if there are too many firm types) - fields in the forms can be more dynamic to accommodate relevant firm type</t>
+  </si>
+  <si>
+    <t>As an option, drop-down could only include 'incorporated', 'partnership', 'LLP', and 'sole trader'</t>
+  </si>
+  <si>
+    <t>Prudential Regime</t>
+  </si>
+  <si>
+    <t>FCA Handbook Section</t>
+  </si>
+  <si>
+    <t>FCA Handbook Description</t>
+  </si>
+  <si>
+    <t>CMCOB</t>
+  </si>
+  <si>
+    <t>Business Standards</t>
+  </si>
+  <si>
+    <t>Claims Management</t>
+  </si>
+  <si>
+    <t>CONC</t>
+  </si>
+  <si>
+    <t>Specialist Sourcebooks</t>
+  </si>
+  <si>
+    <t>Consumer Credit</t>
+  </si>
+  <si>
+    <t>FPCOB</t>
+  </si>
+  <si>
+    <t>Funeral Plan</t>
+  </si>
+  <si>
+    <t>IPRU-INV 3</t>
+  </si>
+  <si>
+    <t>Prudential Standards</t>
+  </si>
+  <si>
+    <t>Investment Businesses</t>
+  </si>
+  <si>
+    <t>IPRU-INV 5</t>
+  </si>
+  <si>
+    <t>IPRU-INV 11</t>
+  </si>
+  <si>
+    <t>IPRU-INV 12</t>
+  </si>
+  <si>
+    <t>IPRU-INV 13</t>
+  </si>
+  <si>
+    <t>MIFIDPRU</t>
+  </si>
+  <si>
+    <t>MiFID Investment Firms</t>
+  </si>
+  <si>
+    <t>MIPRU</t>
+  </si>
+  <si>
+    <t>Mortgage and Home Finance Firms, and Insurance Intermediaries</t>
+  </si>
+  <si>
+    <t>EMR</t>
+  </si>
+  <si>
+    <t>PSR</t>
+  </si>
+  <si>
+    <t>MLR</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t>Currency</t>
+  </si>
+  <si>
+    <t>GBP</t>
+  </si>
+  <si>
+    <t>EUR</t>
+  </si>
+  <si>
+    <t>USD</t>
+  </si>
+  <si>
+    <t>CAD</t>
+  </si>
+  <si>
+    <t>SEK</t>
+  </si>
+  <si>
+    <t>CHF</t>
+  </si>
+  <si>
+    <t>JPY</t>
+  </si>
+  <si>
+    <t>Currency Unit</t>
+  </si>
+  <si>
+    <t>Single</t>
+  </si>
+  <si>
+    <t>Thousands</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="4">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
     <numFmt numFmtId="166" formatCode="dd/mm/yyyy;@"/>
   </numFmts>
-  <fonts count="44" x14ac:knownFonts="1">
+  <fonts count="44">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="0"/>
       <name val="Verdana"/>
       <family val="2"/>
@@ -1603,51 +1609,51 @@
     </border>
     <border>
       <left style="thin">
         <color rgb="FFFF999B"/>
       </left>
       <right style="thin">
         <color theme="5" tint="0.39997558519241921"/>
       </right>
       <top style="thin">
         <color rgb="FFFF999B"/>
       </top>
       <bottom style="thin">
         <color rgb="FFFF999B"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="149">
+  <cellXfs count="150">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="14" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="8" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
@@ -1948,95 +1954,122 @@
     <xf numFmtId="164" fontId="4" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="3" applyFont="1"/>
     <xf numFmtId="0" fontId="43" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="4"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="2" borderId="11" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="7" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="7" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="7" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="41" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Comma 2" xfId="5" xr:uid="{82CC82A1-70F2-4FFD-9092-8867216A153A}"/>
     <cellStyle name="Hyperlink" xfId="4" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="3" xr:uid="{2C4D3736-E3E7-4366-BBA4-3A150BFCB997}"/>
     <cellStyle name="Normal_SUP 16 Annex 24 R FSA029 to FAS044 FINAL 20060522" xfId="2" xr:uid="{C06AA1DD-EBBC-4C88-A619-A31ED43D6F78}"/>
   </cellStyles>
   <dxfs count="33">
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Verdana"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+      </font>
+    </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i/>
         <color theme="0" tint="-0.34998626667073579"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i/>
         <color theme="0" tint="-0.34998626667073579"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i/>
         <color theme="0" tint="-0.34998626667073579"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i/>
@@ -2361,74 +2394,50 @@
       <font>
         <b val="0"/>
         <i/>
         <color rgb="FFFF0000"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFDDDE"/>
         </patternFill>
       </fill>
       <border>
         <left style="thin">
           <color rgb="FFFF0000"/>
         </left>
         <right style="thin">
           <color rgb="FFFF0000"/>
         </right>
         <top style="thin">
           <color rgb="FFFF0000"/>
         </top>
         <bottom style="thin">
           <color rgb="FFFF0000"/>
         </bottom>
       </border>
     </dxf>
-    <dxf>
-[...22 lines deleted...]
-    </dxf>
   </dxfs>
   <tableStyles count="1" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="Invisible" pivot="0" table="0" count="0" xr9:uid="{9CD45264-D6A6-4D66-8C7F-F9D0FCEF423F}"/>
   </tableStyles>
   <colors>
     <mruColors>
       <color rgb="FFFFDDDE"/>
       <color rgb="FF660033"/>
       <color rgb="FFFF999B"/>
       <color rgb="FFFFBBBD"/>
       <color rgb="FFAA0004"/>
       <color rgb="FFFF585D"/>
       <color rgb="FF701B45"/>
       <color rgb="FFC3F3FD"/>
       <color rgb="FFF5EBFF"/>
       <color rgb="FFF3E7FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
@@ -2476,51 +2485,51 @@
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="13564924" y="0"/>
           <a:ext cx="1436949" cy="1076325"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///T:\PROJECTS-THEMES\IRR\MER\References%20materials\PS%20data%20items%20v3%2020060918.xls" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/Documents%20and%20Settings/nlock/Local%20Settings/Temporary%20Internet%20Files/OLKB/MLAR%20Return%20with%20Validation%20rules.xls" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///C:\Documents%20and%20Settings\nlock\Local%20Settings\Temporary%20Internet%20Files\OLKB\MLAR%20Return%20with%20Validation%20rules.xls" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="FSA001"/>
       <sheetName val="FSA002"/>
       <sheetName val="FSA003"/>
       <sheetName val="FSA004"/>
       <sheetName val="FSA005"/>
       <sheetName val="FSA006"/>
       <sheetName val="FSA007"/>
       <sheetName val="FSA008"/>
       <sheetName val="FSA009"/>
       <sheetName val="FSA010"/>
       <sheetName val="FSA011"/>
       <sheetName val="FSA012"/>
       <sheetName val="FSA013"/>
       <sheetName val="FSA014"/>
       <sheetName val="FSA015"/>
       <sheetName val="FSA016"/>
       <sheetName val="FSA017"/>
       <sheetName val="FSA018"/>
       <sheetName val="FSA019"/>
@@ -2548,65 +2557,53 @@
       <sheetName val="FSA044"/>
       <sheetName val="Balance Sheet"/>
       <sheetName val="Summary P&amp;L"/>
       <sheetName val="Jul 19 Mapping BS"/>
       <sheetName val="Jul'19 MappingP&amp;L"/>
       <sheetName val="XYZ"/>
       <sheetName val="Jul mvnt"/>
       <sheetName val="Jul YTD"/>
       <sheetName val="Jun mvnt"/>
       <sheetName val="Jun YTD"/>
       <sheetName val="May mvnt"/>
       <sheetName val="May YTD"/>
       <sheetName val="Apr mvnt"/>
       <sheetName val="July"/>
       <sheetName val="Apr"/>
       <sheetName val="Mar"/>
       <sheetName val="Mar Monthly"/>
       <sheetName val="Dec"/>
       <sheetName val="Nov"/>
       <sheetName val="Oct"/>
       <sheetName val="sept"/>
       <sheetName val="SGAM Sept"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0" refreshError="1"/>
-      <sheetData sheetId="1">
-[...5 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="1"/>
       <sheetData sheetId="2" refreshError="1"/>
-      <sheetData sheetId="3">
-[...5 lines deleted...]
-      </sheetData>
+      <sheetData sheetId="3"/>
       <sheetData sheetId="4" refreshError="1"/>
       <sheetData sheetId="5" refreshError="1"/>
       <sheetData sheetId="6" refreshError="1"/>
       <sheetData sheetId="7" refreshError="1"/>
       <sheetData sheetId="8" refreshError="1"/>
       <sheetData sheetId="9" refreshError="1"/>
       <sheetData sheetId="10" refreshError="1"/>
       <sheetData sheetId="11" refreshError="1"/>
       <sheetData sheetId="12" refreshError="1"/>
       <sheetData sheetId="13" refreshError="1"/>
       <sheetData sheetId="14" refreshError="1"/>
       <sheetData sheetId="15" refreshError="1"/>
       <sheetData sheetId="16" refreshError="1"/>
       <sheetData sheetId="17" refreshError="1"/>
       <sheetData sheetId="18" refreshError="1"/>
       <sheetData sheetId="19" refreshError="1"/>
       <sheetData sheetId="20" refreshError="1"/>
       <sheetData sheetId="21" refreshError="1"/>
       <sheetData sheetId="22" refreshError="1"/>
       <sheetData sheetId="23" refreshError="1"/>
       <sheetData sheetId="24" refreshError="1"/>
       <sheetData sheetId="25" refreshError="1"/>
       <sheetData sheetId="26" refreshError="1"/>
       <sheetData sheetId="27" refreshError="1"/>
       <sheetData sheetId="28" refreshError="1"/>
@@ -2672,103 +2669,103 @@
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0" refreshError="1"/>
       <sheetData sheetId="1" refreshError="1"/>
       <sheetData sheetId="2" refreshError="1"/>
       <sheetData sheetId="3" refreshError="1"/>
       <sheetData sheetId="4" refreshError="1"/>
       <sheetData sheetId="5" refreshError="1"/>
       <sheetData sheetId="6" refreshError="1"/>
       <sheetData sheetId="7" refreshError="1"/>
       <sheetData sheetId="8" refreshError="1"/>
       <sheetData sheetId="9" refreshError="1"/>
       <sheetData sheetId="10" refreshError="1"/>
       <sheetData sheetId="11" refreshError="1"/>
       <sheetData sheetId="12" refreshError="1"/>
       <sheetData sheetId="13" refreshError="1"/>
       <sheetData sheetId="14" refreshError="1"/>
       <sheetData sheetId="15" refreshError="1"/>
       <sheetData sheetId="16"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{BA1F8A06-4AB4-4AA5-B0E7-EB867363BDA3}" name="Table1" displayName="Table1" ref="B5:D8" totalsRowShown="0" headerRowDxfId="32">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{BA1F8A06-4AB4-4AA5-B0E7-EB867363BDA3}" name="Table1" displayName="Table1" ref="B5:D8" totalsRowShown="0" headerRowDxfId="1">
   <autoFilter ref="B5:D8" xr:uid="{BA1F8A06-4AB4-4AA5-B0E7-EB867363BDA3}"/>
   <tableColumns count="3">
     <tableColumn id="1" xr3:uid="{57EBEE97-AF63-4CF4-9745-CF1CCCF7DE98}" name="Version"/>
     <tableColumn id="2" xr3:uid="{6B8B2908-816F-4B6E-89C9-816334A9F98E}" name="Publication Date"/>
-    <tableColumn id="3" xr3:uid="{65EA828C-1E1E-4B37-A54C-42AFE28B3F5B}" name="Changes" dataDxfId="31"/>
+    <tableColumn id="3" xr3:uid="{65EA828C-1E1E-4B37-A54C-42AFE28B3F5B}" name="Changes" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office 2013 - 2022">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2013 - 2022">
+    <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -2830,51 +2827,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2013 - 2022">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -2972,4391 +2969,4408 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fca.org.uk/publications/corporate-documents/perimeter-report" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{78261156-3533-4152-8214-08206F7D5003}">
   <sheetPr codeName="Sheet1">
     <tabColor rgb="FF701B45"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A3:D107"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="8" topLeftCell="A9" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A9" sqref="A9"/>
+      <selection pane="bottomLeft" activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="13.5" outlineLevelRow="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="13.5" outlineLevelRow="1"/>
   <cols>
-    <col min="1" max="1" width="4.54296875" style="22" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="16384" width="8.81640625" style="22"/>
+    <col min="1" max="1" width="4.5703125" style="22" customWidth="1"/>
+    <col min="2" max="2" width="64.7109375" style="22" customWidth="1"/>
+    <col min="3" max="3" width="17.28515625" style="22" customWidth="1"/>
+    <col min="4" max="4" width="138.7109375" style="22" customWidth="1"/>
+    <col min="5" max="5" width="4.5703125" style="22" customWidth="1"/>
+    <col min="6" max="16384" width="8.85546875" style="22"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:4" ht="24.65" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="3" spans="1:4" ht="24.6" customHeight="1">
       <c r="B3" s="105" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" ht="16.5" customHeight="1">
       <c r="B4" s="82" t="s">
-        <v>224</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:4" s="39" customFormat="1" ht="35.15" customHeight="1" x14ac:dyDescent="0.35">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" s="39" customFormat="1" ht="35.1" customHeight="1">
       <c r="A7" s="37"/>
-      <c r="B7" s="139" t="s">
-[...5 lines deleted...]
-    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" s="140" t="s">
+        <v>2</v>
+      </c>
+      <c r="C7" s="140"/>
+      <c r="D7" s="140"/>
+    </row>
+    <row r="8" spans="1:4">
       <c r="C8" s="28"/>
       <c r="D8" s="27"/>
     </row>
-    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:4">
       <c r="C9" s="28"/>
       <c r="D9" s="27"/>
     </row>
-    <row r="10" spans="1:4" ht="17.5" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:4" ht="17.45">
       <c r="B10" s="81" t="s">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="C10" s="28"/>
       <c r="D10" s="27"/>
     </row>
-    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:4">
       <c r="C11" s="28"/>
       <c r="D11" s="27"/>
     </row>
-    <row r="12" spans="1:4" ht="35.15" customHeight="1" x14ac:dyDescent="0.25">
-[...17 lines deleted...]
-    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:4" ht="44.45" customHeight="1">
+      <c r="B12" s="141" t="s">
+        <v>4</v>
+      </c>
+      <c r="C12" s="141"/>
+      <c r="D12" s="141"/>
+    </row>
+    <row r="13" spans="1:4" ht="38.1" customHeight="1">
+      <c r="B13" s="141" t="s">
+        <v>5</v>
+      </c>
+      <c r="C13" s="141"/>
+      <c r="D13" s="141"/>
+    </row>
+    <row r="14" spans="1:4">
+      <c r="B14" s="138"/>
+      <c r="C14" s="138"/>
+      <c r="D14" s="138"/>
+    </row>
+    <row r="15" spans="1:4">
       <c r="C15" s="28"/>
       <c r="D15" s="27"/>
     </row>
-    <row r="16" spans="1:4" ht="63.65" customHeight="1" x14ac:dyDescent="0.25">
-[...13 lines deleted...]
-    <row r="18" spans="1:4" s="39" customFormat="1" ht="32.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:4" ht="63.6" customHeight="1">
+      <c r="B16" s="142" t="s">
+        <v>6</v>
+      </c>
+      <c r="C16" s="142"/>
+      <c r="D16" s="142"/>
+    </row>
+    <row r="17" spans="1:4" ht="51" customHeight="1">
+      <c r="B17" s="142" t="s">
+        <v>7</v>
+      </c>
+      <c r="C17" s="142"/>
+      <c r="D17" s="142"/>
+    </row>
+    <row r="18" spans="1:4" s="39" customFormat="1" ht="32.450000000000003" customHeight="1">
       <c r="A18" s="37"/>
-      <c r="B18" s="142" t="s">
-[...5 lines deleted...]
-    <row r="19" spans="1:4" s="39" customFormat="1" ht="35.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B18" s="143" t="s">
+        <v>8</v>
+      </c>
+      <c r="C18" s="143"/>
+      <c r="D18" s="143"/>
+    </row>
+    <row r="19" spans="1:4" s="39" customFormat="1" ht="35.1" customHeight="1">
       <c r="A19" s="37"/>
-      <c r="B19" s="138" t="s">
-[...5 lines deleted...]
-    <row r="20" spans="1:4" s="39" customFormat="1" ht="17.5" x14ac:dyDescent="0.35">
+      <c r="B19" s="139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" s="139"/>
+      <c r="D19" s="139"/>
+    </row>
+    <row r="20" spans="1:4" s="39" customFormat="1" ht="17.45">
       <c r="A20" s="37"/>
       <c r="B20" s="86" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:4" s="39" customFormat="1" ht="17.5" x14ac:dyDescent="0.35">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" s="39" customFormat="1" ht="17.45">
       <c r="A21" s="37"/>
       <c r="B21" s="86" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:4" s="39" customFormat="1" ht="17.5" x14ac:dyDescent="0.35">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" s="39" customFormat="1" ht="17.45">
       <c r="A22" s="37"/>
       <c r="B22" s="86" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:4" s="39" customFormat="1" ht="17.5" x14ac:dyDescent="0.35">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" s="39" customFormat="1" ht="17.45">
       <c r="A23" s="37"/>
       <c r="B23" s="86" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:4" s="39" customFormat="1" ht="17.5" x14ac:dyDescent="0.35">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" s="39" customFormat="1" ht="17.45">
       <c r="A24" s="37"/>
       <c r="B24" s="86" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:4" s="39" customFormat="1" ht="17.5" x14ac:dyDescent="0.35">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" s="39" customFormat="1" ht="17.45">
       <c r="A25" s="37"/>
       <c r="B25" s="86" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:4" s="39" customFormat="1" ht="17.5" x14ac:dyDescent="0.35">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" s="39" customFormat="1" ht="17.45">
       <c r="A26" s="37"/>
       <c r="B26" s="86" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:4" s="39" customFormat="1" ht="17.5" x14ac:dyDescent="0.35">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" s="39" customFormat="1" ht="17.45">
       <c r="A27" s="37"/>
       <c r="B27" s="86" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:4" s="39" customFormat="1" ht="17.5" x14ac:dyDescent="0.35">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" s="39" customFormat="1" ht="17.45">
       <c r="A28" s="37"/>
       <c r="B28" s="86" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:4" s="39" customFormat="1" ht="17.5" x14ac:dyDescent="0.35">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" s="39" customFormat="1" ht="17.45">
       <c r="A29" s="37"/>
       <c r="B29" s="86" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:4" s="39" customFormat="1" ht="32.15" customHeight="1" x14ac:dyDescent="0.35">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" s="39" customFormat="1" ht="32.1" customHeight="1">
       <c r="A30" s="37"/>
-      <c r="B30" s="138" t="s">
-[...5 lines deleted...]
-    <row r="31" spans="1:4" s="39" customFormat="1" ht="17.5" x14ac:dyDescent="0.35">
+      <c r="B30" s="139" t="s">
+        <v>20</v>
+      </c>
+      <c r="C30" s="139"/>
+      <c r="D30" s="139"/>
+    </row>
+    <row r="31" spans="1:4" s="39" customFormat="1" ht="17.45">
       <c r="A31" s="37"/>
       <c r="B31" s="86" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:4" s="39" customFormat="1" ht="29.15" customHeight="1" x14ac:dyDescent="0.35">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" s="39" customFormat="1" ht="29.1" customHeight="1">
       <c r="A32" s="37"/>
       <c r="B32" s="39" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:4" s="39" customFormat="1" ht="29.15" customHeight="1" x14ac:dyDescent="0.35">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" s="39" customFormat="1" ht="29.1" customHeight="1">
       <c r="A33" s="37"/>
       <c r="B33" s="39" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:4" s="39" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" s="39" customFormat="1" ht="33.75" customHeight="1">
       <c r="A34" s="37"/>
-      <c r="B34" s="138" t="s">
-[...5 lines deleted...]
-    <row r="35" spans="1:4" s="39" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B34" s="139" t="s">
+        <v>24</v>
+      </c>
+      <c r="C34" s="139"/>
+      <c r="D34" s="139"/>
+    </row>
+    <row r="35" spans="1:4" s="39" customFormat="1" ht="35.25" customHeight="1">
       <c r="A35" s="37"/>
-      <c r="B35" s="138" t="s">
-[...5 lines deleted...]
-    <row r="36" spans="1:4" s="39" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B35" s="139" t="s">
+        <v>25</v>
+      </c>
+      <c r="C35" s="139"/>
+      <c r="D35" s="139"/>
+    </row>
+    <row r="36" spans="1:4" s="39" customFormat="1" ht="20.25" customHeight="1">
       <c r="A36" s="37"/>
       <c r="B36" s="86" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:4" s="39" customFormat="1" ht="17.5" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" s="39" customFormat="1" ht="17.45">
       <c r="A37" s="37"/>
       <c r="B37" s="22"/>
     </row>
-    <row r="38" spans="1:4" s="39" customFormat="1" ht="17.5" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:4" s="39" customFormat="1" ht="17.45">
       <c r="A38" s="37"/>
       <c r="B38" s="38"/>
     </row>
-    <row r="39" spans="1:4" s="39" customFormat="1" ht="17.5" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:4" s="39" customFormat="1" ht="17.45">
       <c r="A39" s="37"/>
       <c r="B39" s="81" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:4" s="39" customFormat="1" ht="17.5" x14ac:dyDescent="0.35">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" s="39" customFormat="1" ht="17.45">
       <c r="A40" s="37"/>
       <c r="B40" s="38"/>
     </row>
-    <row r="41" spans="1:4" ht="17.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:4" ht="17.45" customHeight="1">
       <c r="B41" s="47" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:4" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" ht="21" customHeight="1">
       <c r="B43" s="83" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="C43" s="84" t="s">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="D43" s="83" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:4" x14ac:dyDescent="0.25">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4">
       <c r="B44" s="24" t="s">
-        <v>205</v>
+        <v>31</v>
       </c>
       <c r="C44" s="117">
         <v>1</v>
       </c>
       <c r="D44" s="24" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:4" ht="16" customHeight="1" x14ac:dyDescent="0.25">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4" ht="15.95" customHeight="1">
       <c r="B45" s="24" t="s">
-        <v>203</v>
+        <v>33</v>
       </c>
       <c r="C45" s="117">
         <v>2</v>
       </c>
       <c r="D45" s="24" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:4" ht="16" customHeight="1" x14ac:dyDescent="0.25">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" ht="15.95" customHeight="1">
       <c r="B46" s="24" t="s">
-        <v>204</v>
+        <v>35</v>
       </c>
       <c r="C46" s="117">
         <v>3</v>
       </c>
       <c r="D46" s="24" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:4" x14ac:dyDescent="0.25">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4">
       <c r="B47" s="24" t="s">
-        <v>182</v>
+        <v>37</v>
       </c>
       <c r="C47" s="117">
         <v>5</v>
       </c>
       <c r="D47" s="122" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:4" x14ac:dyDescent="0.25">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4">
       <c r="B48" s="24" t="s">
-        <v>194</v>
+        <v>39</v>
       </c>
       <c r="C48" s="117">
         <v>6</v>
       </c>
       <c r="D48" s="24" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-    <row r="49" spans="2:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" ht="16.5" customHeight="1">
       <c r="B49" s="24" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="C49" s="117">
         <v>8</v>
       </c>
       <c r="D49" s="24" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="50" spans="2:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="50" spans="2:4" ht="16.5" customHeight="1">
       <c r="B50" s="24" t="s">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="C50" s="117">
         <v>10</v>
       </c>
       <c r="D50" s="24" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="51" spans="2:4" ht="27" x14ac:dyDescent="0.25">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="51" spans="2:4" ht="27">
       <c r="B51" s="24" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="C51" s="117">
         <v>11</v>
       </c>
       <c r="D51" s="24" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-    <row r="52" spans="2:4" ht="40.5" x14ac:dyDescent="0.25">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="52" spans="2:4" ht="40.5">
       <c r="B52" s="24" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="C52" s="117">
         <v>13</v>
       </c>
       <c r="D52" s="24" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="53" spans="2:4" x14ac:dyDescent="0.25">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="53" spans="2:4">
       <c r="B53" s="24" t="s">
-        <v>183</v>
+        <v>49</v>
       </c>
       <c r="C53" s="117">
         <v>15</v>
       </c>
       <c r="D53" s="24" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="55" spans="2:4" hidden="1" outlineLevel="1" x14ac:dyDescent="0.25">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="55" spans="2:4" hidden="1" outlineLevel="1">
       <c r="B55" s="26" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="56" spans="2:4" hidden="1" outlineLevel="1" x14ac:dyDescent="0.25">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="56" spans="2:4" hidden="1" outlineLevel="1">
       <c r="B56" s="22" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-    <row r="58" spans="2:4" hidden="1" outlineLevel="1" x14ac:dyDescent="0.25">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="57" spans="2:4" hidden="1" outlineLevel="1"/>
+    <row r="58" spans="2:4" hidden="1" outlineLevel="1">
       <c r="B58" s="22" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="59" spans="2:4" hidden="1" outlineLevel="1" x14ac:dyDescent="0.25">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="59" spans="2:4" hidden="1" outlineLevel="1">
       <c r="B59" s="22" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-    <row r="60" spans="2:4" hidden="1" outlineLevel="1" x14ac:dyDescent="0.25">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="60" spans="2:4" hidden="1" outlineLevel="1">
       <c r="B60" s="22" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-    <row r="61" spans="2:4" hidden="1" outlineLevel="1" x14ac:dyDescent="0.25">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="61" spans="2:4" hidden="1" outlineLevel="1">
       <c r="B61" s="22" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="62" spans="2:4" hidden="1" outlineLevel="1" x14ac:dyDescent="0.25">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="62" spans="2:4" hidden="1" outlineLevel="1">
       <c r="B62" s="22" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="63" spans="2:4" hidden="1" outlineLevel="1" x14ac:dyDescent="0.25">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="63" spans="2:4" hidden="1" outlineLevel="1">
       <c r="B63" s="22" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="64" spans="2:4" hidden="1" outlineLevel="1" x14ac:dyDescent="0.25">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="64" spans="2:4" hidden="1" outlineLevel="1">
       <c r="B64" s="22" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="65" spans="2:4" hidden="1" outlineLevel="1" x14ac:dyDescent="0.25">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="65" spans="2:4" hidden="1" outlineLevel="1">
       <c r="B65" s="22" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="66" spans="2:4" hidden="1" outlineLevel="1" x14ac:dyDescent="0.25">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="66" spans="2:4" hidden="1" outlineLevel="1">
       <c r="B66" s="22" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="67" spans="2:4" hidden="1" outlineLevel="1" x14ac:dyDescent="0.25">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="67" spans="2:4" hidden="1" outlineLevel="1">
       <c r="B67" s="22" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-    <row r="69" spans="2:4" ht="19" customHeight="1" x14ac:dyDescent="0.25">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="68" spans="2:4" collapsed="1"/>
+    <row r="69" spans="2:4" ht="18.95" customHeight="1">
       <c r="B69" s="47" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="71" spans="2:4" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="71" spans="2:4" ht="18" customHeight="1">
       <c r="B71" s="83" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="C71" s="84" t="s">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="D71" s="83" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="72" spans="2:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="72" spans="2:4" ht="30" customHeight="1">
       <c r="B72" s="24" t="s">
-        <v>26</v>
+        <v>64</v>
       </c>
       <c r="C72" s="117">
         <v>1</v>
       </c>
       <c r="D72" s="24" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="73" spans="2:4" ht="17.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="73" spans="2:4" ht="17.45" customHeight="1">
       <c r="B73" s="24" t="s">
-        <v>28</v>
+        <v>66</v>
       </c>
       <c r="C73" s="117">
         <v>2</v>
       </c>
       <c r="D73" s="24" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-    <row r="74" spans="2:4" ht="31" customHeight="1" x14ac:dyDescent="0.25">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="74" spans="2:4" ht="30.95" customHeight="1">
       <c r="B74" s="24" t="s">
-        <v>29</v>
+        <v>68</v>
       </c>
       <c r="C74" s="117">
         <v>3</v>
       </c>
       <c r="D74" s="24" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="75" spans="2:4" ht="37" customHeight="1" x14ac:dyDescent="0.25">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="75" spans="2:4" ht="36.950000000000003" customHeight="1">
       <c r="B75" s="24" t="s">
-        <v>148</v>
+        <v>70</v>
       </c>
       <c r="C75" s="117">
         <v>5</v>
       </c>
       <c r="D75" s="118" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-    <row r="76" spans="2:4" ht="37" customHeight="1" x14ac:dyDescent="0.25">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="76" spans="2:4" ht="36.950000000000003" customHeight="1">
       <c r="B76" s="24" t="s">
-        <v>149</v>
+        <v>72</v>
       </c>
       <c r="C76" s="117">
         <v>6</v>
       </c>
       <c r="D76" s="118" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="77" spans="2:4" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="77" spans="2:4" ht="24.95" customHeight="1">
       <c r="B77" s="24" t="s">
-        <v>140</v>
+        <v>74</v>
       </c>
       <c r="C77" s="117">
         <v>7</v>
       </c>
       <c r="D77" s="24" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-    <row r="78" spans="2:4" ht="36.65" customHeight="1" x14ac:dyDescent="0.25">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="78" spans="2:4" ht="36.6" customHeight="1">
       <c r="B78" s="24" t="s">
-        <v>141</v>
+        <v>76</v>
       </c>
       <c r="C78" s="117">
         <v>8</v>
       </c>
       <c r="D78" s="119" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-    <row r="79" spans="2:4" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="79" spans="2:4" ht="31.5" customHeight="1">
       <c r="B79" s="24" t="s">
-        <v>31</v>
+        <v>78</v>
       </c>
       <c r="C79" s="117">
         <v>10</v>
       </c>
       <c r="D79" s="24" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="80" spans="2:4" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="80" spans="2:4" ht="24" customHeight="1">
       <c r="B80" s="24" t="s">
-        <v>143</v>
+        <v>80</v>
       </c>
       <c r="C80" s="117">
         <v>11</v>
       </c>
       <c r="D80" s="24" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-    <row r="81" spans="2:4" ht="23.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="81" spans="2:4" ht="23.45" customHeight="1">
       <c r="B81" s="24" t="s">
-        <v>142</v>
+        <v>82</v>
       </c>
       <c r="C81" s="117">
         <v>12</v>
       </c>
       <c r="D81" s="24" t="s">
-        <v>170</v>
-[...2 lines deleted...]
-    <row r="82" spans="2:4" ht="21.65" customHeight="1" x14ac:dyDescent="0.25">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="82" spans="2:4" ht="21.6" customHeight="1">
       <c r="B82" s="24" t="s">
-        <v>144</v>
+        <v>84</v>
       </c>
       <c r="C82" s="117">
         <v>13</v>
       </c>
       <c r="D82" s="24" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-    <row r="83" spans="2:4" ht="23.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="83" spans="2:4" ht="23.45" customHeight="1">
       <c r="B83" s="24" t="s">
-        <v>142</v>
+        <v>82</v>
       </c>
       <c r="C83" s="117">
         <v>16</v>
       </c>
       <c r="D83" s="24" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-    <row r="84" spans="2:4" ht="29.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="84" spans="2:4" ht="29.45" customHeight="1">
       <c r="B84" s="24" t="s">
-        <v>146</v>
+        <v>87</v>
       </c>
       <c r="C84" s="117">
         <v>17</v>
       </c>
       <c r="D84" s="24" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-    <row r="85" spans="2:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="85" spans="2:4" ht="30" customHeight="1">
       <c r="B85" s="24" t="s">
-        <v>145</v>
+        <v>89</v>
       </c>
       <c r="C85" s="117">
         <v>18</v>
       </c>
       <c r="D85" s="24" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-    <row r="86" spans="2:4" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="86" spans="2:4" ht="28.5" customHeight="1">
       <c r="B86" s="24" t="s">
-        <v>147</v>
+        <v>91</v>
       </c>
       <c r="C86" s="117">
         <v>21</v>
       </c>
       <c r="D86" s="24" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="87" spans="2:4" ht="32.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="87" spans="2:4" ht="32.450000000000003" customHeight="1">
       <c r="B87" s="24" t="s">
-        <v>34</v>
+        <v>93</v>
       </c>
       <c r="C87" s="117">
         <v>22</v>
       </c>
       <c r="D87" s="24" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="89" spans="2:4" hidden="1" outlineLevel="1" x14ac:dyDescent="0.25">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="89" spans="2:4" hidden="1" outlineLevel="1">
       <c r="B89" s="26" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="90" spans="2:4" hidden="1" outlineLevel="1" x14ac:dyDescent="0.25">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="90" spans="2:4" hidden="1" outlineLevel="1">
       <c r="B90" s="22" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-    <row r="92" spans="2:4" hidden="1" outlineLevel="1" x14ac:dyDescent="0.25">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="91" spans="2:4" hidden="1" outlineLevel="1"/>
+    <row r="92" spans="2:4" hidden="1" outlineLevel="1">
       <c r="B92" s="22" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="93" spans="2:4" hidden="1" outlineLevel="1" x14ac:dyDescent="0.25">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="93" spans="2:4" hidden="1" outlineLevel="1">
       <c r="B93" s="22" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="94" spans="2:4" hidden="1" outlineLevel="1" x14ac:dyDescent="0.25">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="94" spans="2:4" hidden="1" outlineLevel="1">
       <c r="B94" s="22" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="95" spans="2:4" hidden="1" outlineLevel="1" x14ac:dyDescent="0.25">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="95" spans="2:4" hidden="1" outlineLevel="1">
       <c r="B95" s="22" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="96" spans="2:4" hidden="1" outlineLevel="1" x14ac:dyDescent="0.25">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="96" spans="2:4" hidden="1" outlineLevel="1">
       <c r="B96" s="22" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="97" spans="2:2" hidden="1" outlineLevel="1" x14ac:dyDescent="0.25">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="97" spans="2:2" hidden="1" outlineLevel="1">
       <c r="B97" s="22" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="98" spans="2:2" hidden="1" outlineLevel="1" x14ac:dyDescent="0.25">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="98" spans="2:2" hidden="1" outlineLevel="1">
       <c r="B98" s="22" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="99" spans="2:2" hidden="1" outlineLevel="1" x14ac:dyDescent="0.25">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="99" spans="2:2" hidden="1" outlineLevel="1">
       <c r="B99" s="22" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="100" spans="2:2" hidden="1" outlineLevel="1" x14ac:dyDescent="0.25">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="100" spans="2:2" hidden="1" outlineLevel="1">
       <c r="B100" s="22" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="101" spans="2:2" hidden="1" outlineLevel="1" x14ac:dyDescent="0.25">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="101" spans="2:2" hidden="1" outlineLevel="1">
       <c r="B101" s="22" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="102" spans="2:2" hidden="1" outlineLevel="1" x14ac:dyDescent="0.25">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="102" spans="2:2" hidden="1" outlineLevel="1">
       <c r="B102" s="22" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="103" spans="2:2" hidden="1" outlineLevel="1" x14ac:dyDescent="0.25">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="103" spans="2:2" hidden="1" outlineLevel="1">
       <c r="B103" s="22" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="104" spans="2:2" hidden="1" outlineLevel="1" x14ac:dyDescent="0.25">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="104" spans="2:2" hidden="1" outlineLevel="1">
       <c r="B104" s="22" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="105" spans="2:2" hidden="1" outlineLevel="1" x14ac:dyDescent="0.25">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="105" spans="2:2" hidden="1" outlineLevel="1">
       <c r="B105" s="22" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="106" spans="2:2" hidden="1" outlineLevel="1" x14ac:dyDescent="0.25">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="106" spans="2:2" hidden="1" outlineLevel="1">
       <c r="B106" s="22" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="107" spans="2:2" collapsed="1" x14ac:dyDescent="0.25"/>
+        <v>108</v>
+      </c>
+    </row>
+    <row r="107" spans="2:2" collapsed="1"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="GWSV8I+1zw2Z2sWLNiqsgVHwxn0v94HgAzZjJ+d4VpySlfXvSH1M+X7bGoq5AxiNvAm11oEzwVDO2kBZC5PFhQ==" saltValue="xhXbVgiwZNXS/2jen+UJ9A==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="Cpvz018Zge0Gd6gmo0Z7pU/5wbSRgWyf8gfk9XVIdemGW+jfl6C5A9yqfikvFcbfiP94qZ3RuGtyFoc9/26e4g==" saltValue="dWqcq4jtp8ennUw2gyHyYQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="10">
     <mergeCell ref="B35:D35"/>
     <mergeCell ref="B34:D34"/>
     <mergeCell ref="B19:D19"/>
     <mergeCell ref="B30:D30"/>
     <mergeCell ref="B7:D7"/>
     <mergeCell ref="B13:D13"/>
     <mergeCell ref="B12:D12"/>
     <mergeCell ref="B16:D16"/>
     <mergeCell ref="B17:D17"/>
     <mergeCell ref="B18:D18"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D47" r:id="rId1" xr:uid="{47CA14DC-ED94-4C4B-B193-AF0046F92360}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="58" fitToHeight="0" orientation="landscape" r:id="rId2"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri,Regular"&amp;10&amp;K000000 FCA Official&amp;1#&amp;11&amp;K000000
 &amp;F&amp;C&amp;A&amp;R Printed on &amp;D</oddHeader>
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="36" max="3" man="1"/>
     <brk id="68" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CE326AF5-9473-4D0C-A85C-5B9DFBC03C59}">
   <sheetPr codeName="Sheet2">
     <tabColor rgb="FFFF585D"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:O31"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A10" sqref="A10"/>
       <selection activeCell="H22" sqref="H22"/>
-      <selection pane="bottomLeft" activeCell="A10" sqref="A10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="7.1796875" defaultRowHeight="13.5" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="7.140625" defaultRowHeight="13.5"/>
   <cols>
-    <col min="1" max="1" width="3.7265625" style="123" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="10" max="12" width="18.453125" style="15" customWidth="1"/>
+    <col min="1" max="1" width="3.7109375" style="123" customWidth="1"/>
+    <col min="2" max="2" width="4.85546875" style="15" customWidth="1"/>
+    <col min="3" max="3" width="66.42578125" style="15" customWidth="1"/>
+    <col min="4" max="6" width="1.42578125" style="15" customWidth="1"/>
+    <col min="7" max="8" width="18.42578125" style="15" customWidth="1"/>
+    <col min="9" max="9" width="19.5703125" style="15" customWidth="1"/>
+    <col min="10" max="12" width="18.42578125" style="15" customWidth="1"/>
     <col min="13" max="13" width="2" style="123" customWidth="1"/>
-    <col min="14" max="14" width="79.81640625" style="15" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="243" max="249" width="7.54296875" style="15" customWidth="1"/>
+    <col min="14" max="14" width="79.85546875" style="15" customWidth="1"/>
+    <col min="15" max="15" width="3.42578125" style="123" customWidth="1"/>
+    <col min="16" max="241" width="7.140625" style="15"/>
+    <col min="242" max="242" width="3.85546875" style="15" customWidth="1"/>
+    <col min="243" max="249" width="7.5703125" style="15" customWidth="1"/>
     <col min="250" max="250" width="10" style="15" customWidth="1"/>
-    <col min="251" max="497" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="499" max="505" width="7.54296875" style="15" customWidth="1"/>
+    <col min="251" max="497" width="7.140625" style="15"/>
+    <col min="498" max="498" width="3.85546875" style="15" customWidth="1"/>
+    <col min="499" max="505" width="7.5703125" style="15" customWidth="1"/>
     <col min="506" max="506" width="10" style="15" customWidth="1"/>
-    <col min="507" max="753" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="755" max="761" width="7.54296875" style="15" customWidth="1"/>
+    <col min="507" max="753" width="7.140625" style="15"/>
+    <col min="754" max="754" width="3.85546875" style="15" customWidth="1"/>
+    <col min="755" max="761" width="7.5703125" style="15" customWidth="1"/>
     <col min="762" max="762" width="10" style="15" customWidth="1"/>
-    <col min="763" max="1009" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="1011" max="1017" width="7.54296875" style="15" customWidth="1"/>
+    <col min="763" max="1009" width="7.140625" style="15"/>
+    <col min="1010" max="1010" width="3.85546875" style="15" customWidth="1"/>
+    <col min="1011" max="1017" width="7.5703125" style="15" customWidth="1"/>
     <col min="1018" max="1018" width="10" style="15" customWidth="1"/>
-    <col min="1019" max="1265" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="1267" max="1273" width="7.54296875" style="15" customWidth="1"/>
+    <col min="1019" max="1265" width="7.140625" style="15"/>
+    <col min="1266" max="1266" width="3.85546875" style="15" customWidth="1"/>
+    <col min="1267" max="1273" width="7.5703125" style="15" customWidth="1"/>
     <col min="1274" max="1274" width="10" style="15" customWidth="1"/>
-    <col min="1275" max="1521" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="1523" max="1529" width="7.54296875" style="15" customWidth="1"/>
+    <col min="1275" max="1521" width="7.140625" style="15"/>
+    <col min="1522" max="1522" width="3.85546875" style="15" customWidth="1"/>
+    <col min="1523" max="1529" width="7.5703125" style="15" customWidth="1"/>
     <col min="1530" max="1530" width="10" style="15" customWidth="1"/>
-    <col min="1531" max="1777" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="1779" max="1785" width="7.54296875" style="15" customWidth="1"/>
+    <col min="1531" max="1777" width="7.140625" style="15"/>
+    <col min="1778" max="1778" width="3.85546875" style="15" customWidth="1"/>
+    <col min="1779" max="1785" width="7.5703125" style="15" customWidth="1"/>
     <col min="1786" max="1786" width="10" style="15" customWidth="1"/>
-    <col min="1787" max="2033" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="2035" max="2041" width="7.54296875" style="15" customWidth="1"/>
+    <col min="1787" max="2033" width="7.140625" style="15"/>
+    <col min="2034" max="2034" width="3.85546875" style="15" customWidth="1"/>
+    <col min="2035" max="2041" width="7.5703125" style="15" customWidth="1"/>
     <col min="2042" max="2042" width="10" style="15" customWidth="1"/>
-    <col min="2043" max="2289" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="2291" max="2297" width="7.54296875" style="15" customWidth="1"/>
+    <col min="2043" max="2289" width="7.140625" style="15"/>
+    <col min="2290" max="2290" width="3.85546875" style="15" customWidth="1"/>
+    <col min="2291" max="2297" width="7.5703125" style="15" customWidth="1"/>
     <col min="2298" max="2298" width="10" style="15" customWidth="1"/>
-    <col min="2299" max="2545" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="2547" max="2553" width="7.54296875" style="15" customWidth="1"/>
+    <col min="2299" max="2545" width="7.140625" style="15"/>
+    <col min="2546" max="2546" width="3.85546875" style="15" customWidth="1"/>
+    <col min="2547" max="2553" width="7.5703125" style="15" customWidth="1"/>
     <col min="2554" max="2554" width="10" style="15" customWidth="1"/>
-    <col min="2555" max="2801" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="2803" max="2809" width="7.54296875" style="15" customWidth="1"/>
+    <col min="2555" max="2801" width="7.140625" style="15"/>
+    <col min="2802" max="2802" width="3.85546875" style="15" customWidth="1"/>
+    <col min="2803" max="2809" width="7.5703125" style="15" customWidth="1"/>
     <col min="2810" max="2810" width="10" style="15" customWidth="1"/>
-    <col min="2811" max="3057" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="3059" max="3065" width="7.54296875" style="15" customWidth="1"/>
+    <col min="2811" max="3057" width="7.140625" style="15"/>
+    <col min="3058" max="3058" width="3.85546875" style="15" customWidth="1"/>
+    <col min="3059" max="3065" width="7.5703125" style="15" customWidth="1"/>
     <col min="3066" max="3066" width="10" style="15" customWidth="1"/>
-    <col min="3067" max="3313" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="3315" max="3321" width="7.54296875" style="15" customWidth="1"/>
+    <col min="3067" max="3313" width="7.140625" style="15"/>
+    <col min="3314" max="3314" width="3.85546875" style="15" customWidth="1"/>
+    <col min="3315" max="3321" width="7.5703125" style="15" customWidth="1"/>
     <col min="3322" max="3322" width="10" style="15" customWidth="1"/>
-    <col min="3323" max="3569" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="3571" max="3577" width="7.54296875" style="15" customWidth="1"/>
+    <col min="3323" max="3569" width="7.140625" style="15"/>
+    <col min="3570" max="3570" width="3.85546875" style="15" customWidth="1"/>
+    <col min="3571" max="3577" width="7.5703125" style="15" customWidth="1"/>
     <col min="3578" max="3578" width="10" style="15" customWidth="1"/>
-    <col min="3579" max="3825" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="3827" max="3833" width="7.54296875" style="15" customWidth="1"/>
+    <col min="3579" max="3825" width="7.140625" style="15"/>
+    <col min="3826" max="3826" width="3.85546875" style="15" customWidth="1"/>
+    <col min="3827" max="3833" width="7.5703125" style="15" customWidth="1"/>
     <col min="3834" max="3834" width="10" style="15" customWidth="1"/>
-    <col min="3835" max="4081" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="4083" max="4089" width="7.54296875" style="15" customWidth="1"/>
+    <col min="3835" max="4081" width="7.140625" style="15"/>
+    <col min="4082" max="4082" width="3.85546875" style="15" customWidth="1"/>
+    <col min="4083" max="4089" width="7.5703125" style="15" customWidth="1"/>
     <col min="4090" max="4090" width="10" style="15" customWidth="1"/>
-    <col min="4091" max="4337" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="4339" max="4345" width="7.54296875" style="15" customWidth="1"/>
+    <col min="4091" max="4337" width="7.140625" style="15"/>
+    <col min="4338" max="4338" width="3.85546875" style="15" customWidth="1"/>
+    <col min="4339" max="4345" width="7.5703125" style="15" customWidth="1"/>
     <col min="4346" max="4346" width="10" style="15" customWidth="1"/>
-    <col min="4347" max="4593" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="4595" max="4601" width="7.54296875" style="15" customWidth="1"/>
+    <col min="4347" max="4593" width="7.140625" style="15"/>
+    <col min="4594" max="4594" width="3.85546875" style="15" customWidth="1"/>
+    <col min="4595" max="4601" width="7.5703125" style="15" customWidth="1"/>
     <col min="4602" max="4602" width="10" style="15" customWidth="1"/>
-    <col min="4603" max="4849" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="4851" max="4857" width="7.54296875" style="15" customWidth="1"/>
+    <col min="4603" max="4849" width="7.140625" style="15"/>
+    <col min="4850" max="4850" width="3.85546875" style="15" customWidth="1"/>
+    <col min="4851" max="4857" width="7.5703125" style="15" customWidth="1"/>
     <col min="4858" max="4858" width="10" style="15" customWidth="1"/>
-    <col min="4859" max="5105" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="5107" max="5113" width="7.54296875" style="15" customWidth="1"/>
+    <col min="4859" max="5105" width="7.140625" style="15"/>
+    <col min="5106" max="5106" width="3.85546875" style="15" customWidth="1"/>
+    <col min="5107" max="5113" width="7.5703125" style="15" customWidth="1"/>
     <col min="5114" max="5114" width="10" style="15" customWidth="1"/>
-    <col min="5115" max="5361" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="5363" max="5369" width="7.54296875" style="15" customWidth="1"/>
+    <col min="5115" max="5361" width="7.140625" style="15"/>
+    <col min="5362" max="5362" width="3.85546875" style="15" customWidth="1"/>
+    <col min="5363" max="5369" width="7.5703125" style="15" customWidth="1"/>
     <col min="5370" max="5370" width="10" style="15" customWidth="1"/>
-    <col min="5371" max="5617" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="5619" max="5625" width="7.54296875" style="15" customWidth="1"/>
+    <col min="5371" max="5617" width="7.140625" style="15"/>
+    <col min="5618" max="5618" width="3.85546875" style="15" customWidth="1"/>
+    <col min="5619" max="5625" width="7.5703125" style="15" customWidth="1"/>
     <col min="5626" max="5626" width="10" style="15" customWidth="1"/>
-    <col min="5627" max="5873" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="5875" max="5881" width="7.54296875" style="15" customWidth="1"/>
+    <col min="5627" max="5873" width="7.140625" style="15"/>
+    <col min="5874" max="5874" width="3.85546875" style="15" customWidth="1"/>
+    <col min="5875" max="5881" width="7.5703125" style="15" customWidth="1"/>
     <col min="5882" max="5882" width="10" style="15" customWidth="1"/>
-    <col min="5883" max="6129" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="6131" max="6137" width="7.54296875" style="15" customWidth="1"/>
+    <col min="5883" max="6129" width="7.140625" style="15"/>
+    <col min="6130" max="6130" width="3.85546875" style="15" customWidth="1"/>
+    <col min="6131" max="6137" width="7.5703125" style="15" customWidth="1"/>
     <col min="6138" max="6138" width="10" style="15" customWidth="1"/>
-    <col min="6139" max="6385" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="6387" max="6393" width="7.54296875" style="15" customWidth="1"/>
+    <col min="6139" max="6385" width="7.140625" style="15"/>
+    <col min="6386" max="6386" width="3.85546875" style="15" customWidth="1"/>
+    <col min="6387" max="6393" width="7.5703125" style="15" customWidth="1"/>
     <col min="6394" max="6394" width="10" style="15" customWidth="1"/>
-    <col min="6395" max="6641" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="6643" max="6649" width="7.54296875" style="15" customWidth="1"/>
+    <col min="6395" max="6641" width="7.140625" style="15"/>
+    <col min="6642" max="6642" width="3.85546875" style="15" customWidth="1"/>
+    <col min="6643" max="6649" width="7.5703125" style="15" customWidth="1"/>
     <col min="6650" max="6650" width="10" style="15" customWidth="1"/>
-    <col min="6651" max="6897" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="6899" max="6905" width="7.54296875" style="15" customWidth="1"/>
+    <col min="6651" max="6897" width="7.140625" style="15"/>
+    <col min="6898" max="6898" width="3.85546875" style="15" customWidth="1"/>
+    <col min="6899" max="6905" width="7.5703125" style="15" customWidth="1"/>
     <col min="6906" max="6906" width="10" style="15" customWidth="1"/>
-    <col min="6907" max="7153" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="7155" max="7161" width="7.54296875" style="15" customWidth="1"/>
+    <col min="6907" max="7153" width="7.140625" style="15"/>
+    <col min="7154" max="7154" width="3.85546875" style="15" customWidth="1"/>
+    <col min="7155" max="7161" width="7.5703125" style="15" customWidth="1"/>
     <col min="7162" max="7162" width="10" style="15" customWidth="1"/>
-    <col min="7163" max="7409" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="7411" max="7417" width="7.54296875" style="15" customWidth="1"/>
+    <col min="7163" max="7409" width="7.140625" style="15"/>
+    <col min="7410" max="7410" width="3.85546875" style="15" customWidth="1"/>
+    <col min="7411" max="7417" width="7.5703125" style="15" customWidth="1"/>
     <col min="7418" max="7418" width="10" style="15" customWidth="1"/>
-    <col min="7419" max="7665" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="7667" max="7673" width="7.54296875" style="15" customWidth="1"/>
+    <col min="7419" max="7665" width="7.140625" style="15"/>
+    <col min="7666" max="7666" width="3.85546875" style="15" customWidth="1"/>
+    <col min="7667" max="7673" width="7.5703125" style="15" customWidth="1"/>
     <col min="7674" max="7674" width="10" style="15" customWidth="1"/>
-    <col min="7675" max="7921" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="7923" max="7929" width="7.54296875" style="15" customWidth="1"/>
+    <col min="7675" max="7921" width="7.140625" style="15"/>
+    <col min="7922" max="7922" width="3.85546875" style="15" customWidth="1"/>
+    <col min="7923" max="7929" width="7.5703125" style="15" customWidth="1"/>
     <col min="7930" max="7930" width="10" style="15" customWidth="1"/>
-    <col min="7931" max="8177" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="8179" max="8185" width="7.54296875" style="15" customWidth="1"/>
+    <col min="7931" max="8177" width="7.140625" style="15"/>
+    <col min="8178" max="8178" width="3.85546875" style="15" customWidth="1"/>
+    <col min="8179" max="8185" width="7.5703125" style="15" customWidth="1"/>
     <col min="8186" max="8186" width="10" style="15" customWidth="1"/>
-    <col min="8187" max="8433" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="8435" max="8441" width="7.54296875" style="15" customWidth="1"/>
+    <col min="8187" max="8433" width="7.140625" style="15"/>
+    <col min="8434" max="8434" width="3.85546875" style="15" customWidth="1"/>
+    <col min="8435" max="8441" width="7.5703125" style="15" customWidth="1"/>
     <col min="8442" max="8442" width="10" style="15" customWidth="1"/>
-    <col min="8443" max="8689" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="8691" max="8697" width="7.54296875" style="15" customWidth="1"/>
+    <col min="8443" max="8689" width="7.140625" style="15"/>
+    <col min="8690" max="8690" width="3.85546875" style="15" customWidth="1"/>
+    <col min="8691" max="8697" width="7.5703125" style="15" customWidth="1"/>
     <col min="8698" max="8698" width="10" style="15" customWidth="1"/>
-    <col min="8699" max="8945" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="8947" max="8953" width="7.54296875" style="15" customWidth="1"/>
+    <col min="8699" max="8945" width="7.140625" style="15"/>
+    <col min="8946" max="8946" width="3.85546875" style="15" customWidth="1"/>
+    <col min="8947" max="8953" width="7.5703125" style="15" customWidth="1"/>
     <col min="8954" max="8954" width="10" style="15" customWidth="1"/>
-    <col min="8955" max="9201" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="9203" max="9209" width="7.54296875" style="15" customWidth="1"/>
+    <col min="8955" max="9201" width="7.140625" style="15"/>
+    <col min="9202" max="9202" width="3.85546875" style="15" customWidth="1"/>
+    <col min="9203" max="9209" width="7.5703125" style="15" customWidth="1"/>
     <col min="9210" max="9210" width="10" style="15" customWidth="1"/>
-    <col min="9211" max="9457" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="9459" max="9465" width="7.54296875" style="15" customWidth="1"/>
+    <col min="9211" max="9457" width="7.140625" style="15"/>
+    <col min="9458" max="9458" width="3.85546875" style="15" customWidth="1"/>
+    <col min="9459" max="9465" width="7.5703125" style="15" customWidth="1"/>
     <col min="9466" max="9466" width="10" style="15" customWidth="1"/>
-    <col min="9467" max="9713" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="9715" max="9721" width="7.54296875" style="15" customWidth="1"/>
+    <col min="9467" max="9713" width="7.140625" style="15"/>
+    <col min="9714" max="9714" width="3.85546875" style="15" customWidth="1"/>
+    <col min="9715" max="9721" width="7.5703125" style="15" customWidth="1"/>
     <col min="9722" max="9722" width="10" style="15" customWidth="1"/>
-    <col min="9723" max="9969" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="9971" max="9977" width="7.54296875" style="15" customWidth="1"/>
+    <col min="9723" max="9969" width="7.140625" style="15"/>
+    <col min="9970" max="9970" width="3.85546875" style="15" customWidth="1"/>
+    <col min="9971" max="9977" width="7.5703125" style="15" customWidth="1"/>
     <col min="9978" max="9978" width="10" style="15" customWidth="1"/>
-    <col min="9979" max="10225" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="10227" max="10233" width="7.54296875" style="15" customWidth="1"/>
+    <col min="9979" max="10225" width="7.140625" style="15"/>
+    <col min="10226" max="10226" width="3.85546875" style="15" customWidth="1"/>
+    <col min="10227" max="10233" width="7.5703125" style="15" customWidth="1"/>
     <col min="10234" max="10234" width="10" style="15" customWidth="1"/>
-    <col min="10235" max="10481" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="10483" max="10489" width="7.54296875" style="15" customWidth="1"/>
+    <col min="10235" max="10481" width="7.140625" style="15"/>
+    <col min="10482" max="10482" width="3.85546875" style="15" customWidth="1"/>
+    <col min="10483" max="10489" width="7.5703125" style="15" customWidth="1"/>
     <col min="10490" max="10490" width="10" style="15" customWidth="1"/>
-    <col min="10491" max="10737" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="10739" max="10745" width="7.54296875" style="15" customWidth="1"/>
+    <col min="10491" max="10737" width="7.140625" style="15"/>
+    <col min="10738" max="10738" width="3.85546875" style="15" customWidth="1"/>
+    <col min="10739" max="10745" width="7.5703125" style="15" customWidth="1"/>
     <col min="10746" max="10746" width="10" style="15" customWidth="1"/>
-    <col min="10747" max="10993" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="10995" max="11001" width="7.54296875" style="15" customWidth="1"/>
+    <col min="10747" max="10993" width="7.140625" style="15"/>
+    <col min="10994" max="10994" width="3.85546875" style="15" customWidth="1"/>
+    <col min="10995" max="11001" width="7.5703125" style="15" customWidth="1"/>
     <col min="11002" max="11002" width="10" style="15" customWidth="1"/>
-    <col min="11003" max="11249" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="11251" max="11257" width="7.54296875" style="15" customWidth="1"/>
+    <col min="11003" max="11249" width="7.140625" style="15"/>
+    <col min="11250" max="11250" width="3.85546875" style="15" customWidth="1"/>
+    <col min="11251" max="11257" width="7.5703125" style="15" customWidth="1"/>
     <col min="11258" max="11258" width="10" style="15" customWidth="1"/>
-    <col min="11259" max="11505" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="11507" max="11513" width="7.54296875" style="15" customWidth="1"/>
+    <col min="11259" max="11505" width="7.140625" style="15"/>
+    <col min="11506" max="11506" width="3.85546875" style="15" customWidth="1"/>
+    <col min="11507" max="11513" width="7.5703125" style="15" customWidth="1"/>
     <col min="11514" max="11514" width="10" style="15" customWidth="1"/>
-    <col min="11515" max="11761" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="11763" max="11769" width="7.54296875" style="15" customWidth="1"/>
+    <col min="11515" max="11761" width="7.140625" style="15"/>
+    <col min="11762" max="11762" width="3.85546875" style="15" customWidth="1"/>
+    <col min="11763" max="11769" width="7.5703125" style="15" customWidth="1"/>
     <col min="11770" max="11770" width="10" style="15" customWidth="1"/>
-    <col min="11771" max="12017" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="12019" max="12025" width="7.54296875" style="15" customWidth="1"/>
+    <col min="11771" max="12017" width="7.140625" style="15"/>
+    <col min="12018" max="12018" width="3.85546875" style="15" customWidth="1"/>
+    <col min="12019" max="12025" width="7.5703125" style="15" customWidth="1"/>
     <col min="12026" max="12026" width="10" style="15" customWidth="1"/>
-    <col min="12027" max="12273" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="12275" max="12281" width="7.54296875" style="15" customWidth="1"/>
+    <col min="12027" max="12273" width="7.140625" style="15"/>
+    <col min="12274" max="12274" width="3.85546875" style="15" customWidth="1"/>
+    <col min="12275" max="12281" width="7.5703125" style="15" customWidth="1"/>
     <col min="12282" max="12282" width="10" style="15" customWidth="1"/>
-    <col min="12283" max="12529" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="12531" max="12537" width="7.54296875" style="15" customWidth="1"/>
+    <col min="12283" max="12529" width="7.140625" style="15"/>
+    <col min="12530" max="12530" width="3.85546875" style="15" customWidth="1"/>
+    <col min="12531" max="12537" width="7.5703125" style="15" customWidth="1"/>
     <col min="12538" max="12538" width="10" style="15" customWidth="1"/>
-    <col min="12539" max="12785" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="12787" max="12793" width="7.54296875" style="15" customWidth="1"/>
+    <col min="12539" max="12785" width="7.140625" style="15"/>
+    <col min="12786" max="12786" width="3.85546875" style="15" customWidth="1"/>
+    <col min="12787" max="12793" width="7.5703125" style="15" customWidth="1"/>
     <col min="12794" max="12794" width="10" style="15" customWidth="1"/>
-    <col min="12795" max="13041" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="13043" max="13049" width="7.54296875" style="15" customWidth="1"/>
+    <col min="12795" max="13041" width="7.140625" style="15"/>
+    <col min="13042" max="13042" width="3.85546875" style="15" customWidth="1"/>
+    <col min="13043" max="13049" width="7.5703125" style="15" customWidth="1"/>
     <col min="13050" max="13050" width="10" style="15" customWidth="1"/>
-    <col min="13051" max="13297" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="13299" max="13305" width="7.54296875" style="15" customWidth="1"/>
+    <col min="13051" max="13297" width="7.140625" style="15"/>
+    <col min="13298" max="13298" width="3.85546875" style="15" customWidth="1"/>
+    <col min="13299" max="13305" width="7.5703125" style="15" customWidth="1"/>
     <col min="13306" max="13306" width="10" style="15" customWidth="1"/>
-    <col min="13307" max="13553" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="13555" max="13561" width="7.54296875" style="15" customWidth="1"/>
+    <col min="13307" max="13553" width="7.140625" style="15"/>
+    <col min="13554" max="13554" width="3.85546875" style="15" customWidth="1"/>
+    <col min="13555" max="13561" width="7.5703125" style="15" customWidth="1"/>
     <col min="13562" max="13562" width="10" style="15" customWidth="1"/>
-    <col min="13563" max="13809" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="13811" max="13817" width="7.54296875" style="15" customWidth="1"/>
+    <col min="13563" max="13809" width="7.140625" style="15"/>
+    <col min="13810" max="13810" width="3.85546875" style="15" customWidth="1"/>
+    <col min="13811" max="13817" width="7.5703125" style="15" customWidth="1"/>
     <col min="13818" max="13818" width="10" style="15" customWidth="1"/>
-    <col min="13819" max="14065" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="14067" max="14073" width="7.54296875" style="15" customWidth="1"/>
+    <col min="13819" max="14065" width="7.140625" style="15"/>
+    <col min="14066" max="14066" width="3.85546875" style="15" customWidth="1"/>
+    <col min="14067" max="14073" width="7.5703125" style="15" customWidth="1"/>
     <col min="14074" max="14074" width="10" style="15" customWidth="1"/>
-    <col min="14075" max="14321" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="14323" max="14329" width="7.54296875" style="15" customWidth="1"/>
+    <col min="14075" max="14321" width="7.140625" style="15"/>
+    <col min="14322" max="14322" width="3.85546875" style="15" customWidth="1"/>
+    <col min="14323" max="14329" width="7.5703125" style="15" customWidth="1"/>
     <col min="14330" max="14330" width="10" style="15" customWidth="1"/>
-    <col min="14331" max="14577" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="14579" max="14585" width="7.54296875" style="15" customWidth="1"/>
+    <col min="14331" max="14577" width="7.140625" style="15"/>
+    <col min="14578" max="14578" width="3.85546875" style="15" customWidth="1"/>
+    <col min="14579" max="14585" width="7.5703125" style="15" customWidth="1"/>
     <col min="14586" max="14586" width="10" style="15" customWidth="1"/>
-    <col min="14587" max="14833" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="14835" max="14841" width="7.54296875" style="15" customWidth="1"/>
+    <col min="14587" max="14833" width="7.140625" style="15"/>
+    <col min="14834" max="14834" width="3.85546875" style="15" customWidth="1"/>
+    <col min="14835" max="14841" width="7.5703125" style="15" customWidth="1"/>
     <col min="14842" max="14842" width="10" style="15" customWidth="1"/>
-    <col min="14843" max="15089" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="15091" max="15097" width="7.54296875" style="15" customWidth="1"/>
+    <col min="14843" max="15089" width="7.140625" style="15"/>
+    <col min="15090" max="15090" width="3.85546875" style="15" customWidth="1"/>
+    <col min="15091" max="15097" width="7.5703125" style="15" customWidth="1"/>
     <col min="15098" max="15098" width="10" style="15" customWidth="1"/>
-    <col min="15099" max="15345" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="15347" max="15353" width="7.54296875" style="15" customWidth="1"/>
+    <col min="15099" max="15345" width="7.140625" style="15"/>
+    <col min="15346" max="15346" width="3.85546875" style="15" customWidth="1"/>
+    <col min="15347" max="15353" width="7.5703125" style="15" customWidth="1"/>
     <col min="15354" max="15354" width="10" style="15" customWidth="1"/>
-    <col min="15355" max="15601" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="15603" max="15609" width="7.54296875" style="15" customWidth="1"/>
+    <col min="15355" max="15601" width="7.140625" style="15"/>
+    <col min="15602" max="15602" width="3.85546875" style="15" customWidth="1"/>
+    <col min="15603" max="15609" width="7.5703125" style="15" customWidth="1"/>
     <col min="15610" max="15610" width="10" style="15" customWidth="1"/>
-    <col min="15611" max="15857" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="15859" max="15865" width="7.54296875" style="15" customWidth="1"/>
+    <col min="15611" max="15857" width="7.140625" style="15"/>
+    <col min="15858" max="15858" width="3.85546875" style="15" customWidth="1"/>
+    <col min="15859" max="15865" width="7.5703125" style="15" customWidth="1"/>
     <col min="15866" max="15866" width="10" style="15" customWidth="1"/>
-    <col min="15867" max="16113" width="7.1796875" style="15"/>
-[...1 lines deleted...]
-    <col min="16115" max="16121" width="7.54296875" style="15" customWidth="1"/>
+    <col min="15867" max="16113" width="7.140625" style="15"/>
+    <col min="16114" max="16114" width="3.85546875" style="15" customWidth="1"/>
+    <col min="16115" max="16121" width="7.5703125" style="15" customWidth="1"/>
     <col min="16122" max="16122" width="10" style="15" customWidth="1"/>
-    <col min="16123" max="16384" width="7.1796875" style="15"/>
+    <col min="16123" max="16384" width="7.140625" style="15"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" s="123" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:15" s="123" customFormat="1">
       <c r="A1" s="123" t="s">
-        <v>207</v>
+        <v>109</v>
       </c>
       <c r="B1" s="123" t="s">
-        <v>208</v>
+        <v>110</v>
       </c>
       <c r="C1" s="123" t="s">
-        <v>209</v>
+        <v>111</v>
       </c>
       <c r="D1" s="123" t="s">
-        <v>210</v>
+        <v>112</v>
       </c>
       <c r="E1" s="123" t="s">
-        <v>211</v>
+        <v>113</v>
       </c>
       <c r="F1" s="123" t="s">
-        <v>212</v>
+        <v>114</v>
       </c>
       <c r="G1" s="123" t="s">
-        <v>213</v>
+        <v>115</v>
       </c>
       <c r="H1" s="123" t="s">
-        <v>214</v>
+        <v>116</v>
       </c>
       <c r="I1" s="123" t="s">
-        <v>215</v>
+        <v>117</v>
       </c>
       <c r="J1" s="123" t="s">
-        <v>216</v>
+        <v>118</v>
       </c>
       <c r="K1" s="123" t="s">
-        <v>217</v>
+        <v>119</v>
       </c>
       <c r="L1" s="123" t="s">
-        <v>218</v>
+        <v>120</v>
       </c>
       <c r="M1" s="123" t="s">
-        <v>219</v>
+        <v>121</v>
       </c>
       <c r="N1" s="123" t="s">
-        <v>220</v>
+        <v>122</v>
       </c>
       <c r="O1" s="123" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:15" ht="17.5" x14ac:dyDescent="0.35">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="2" spans="1:15" ht="17.45">
       <c r="A2" s="123">
         <f>G5</f>
         <v>0</v>
       </c>
       <c r="B2" s="2" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
       <c r="M2" s="123" t="str">
         <f>'Guidance &amp; Glossary'!B4</f>
-        <v xml:space="preserve"> v1.0</v>
+        <v xml:space="preserve"> v1.1</v>
       </c>
       <c r="O2" s="124" t="str">
         <f>MID(B4,FIND(":",B4)+2,20)</f>
         <v>Single</v>
       </c>
     </row>
-    <row r="3" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:15" ht="13.5" customHeight="1">
       <c r="B3" s="15" t="str">
         <f>"Currency: "&amp;IF($G$5="","GBP",$G$5)</f>
         <v>Currency: GBP</v>
       </c>
       <c r="C3" s="16"/>
       <c r="D3" s="16"/>
       <c r="E3" s="16"/>
       <c r="F3" s="16"/>
       <c r="G3" s="17"/>
       <c r="H3" s="17"/>
     </row>
-    <row r="4" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:15" ht="13.5" customHeight="1">
       <c r="B4" s="30" t="s">
-        <v>139</v>
+        <v>124</v>
       </c>
       <c r="C4" s="16"/>
       <c r="D4" s="16"/>
       <c r="E4" s="16"/>
       <c r="F4" s="16"/>
       <c r="G4" s="17"/>
       <c r="H4" s="17"/>
     </row>
-    <row r="5" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:15" ht="13.5" customHeight="1">
       <c r="B5" s="30" t="s">
-        <v>73</v>
+        <v>125</v>
       </c>
       <c r="C5" s="16"/>
       <c r="D5" s="16"/>
       <c r="E5" s="16"/>
       <c r="G5" s="43"/>
       <c r="H5" s="17"/>
     </row>
-    <row r="6" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:15" ht="13.5" customHeight="1">
       <c r="B6" s="30"/>
       <c r="C6" s="16"/>
       <c r="D6" s="16"/>
       <c r="E6" s="16"/>
       <c r="F6" s="16"/>
       <c r="G6" s="17"/>
       <c r="H6" s="17"/>
     </row>
-    <row r="7" spans="1:15" ht="48.65" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:15" ht="48.6" customHeight="1">
       <c r="D7" s="17"/>
       <c r="E7" s="17"/>
       <c r="F7" s="17"/>
       <c r="G7" s="51" t="s">
-        <v>50</v>
+        <v>126</v>
       </c>
       <c r="H7" s="51" t="s">
-        <v>51</v>
+        <v>127</v>
       </c>
       <c r="I7" s="51" t="s">
-        <v>52</v>
+        <v>128</v>
       </c>
       <c r="J7" s="51" t="s">
-        <v>53</v>
+        <v>129</v>
       </c>
       <c r="K7" s="51" t="s">
-        <v>54</v>
+        <v>130</v>
       </c>
       <c r="L7" s="51" t="s">
-        <v>55</v>
+        <v>131</v>
       </c>
       <c r="M7" s="124"/>
       <c r="N7" s="106" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:15" ht="40.5" x14ac:dyDescent="0.3">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="8" spans="1:15" ht="40.5">
       <c r="B8" s="14"/>
       <c r="C8" s="92" t="str">
         <f>IF(OR(I8="[Please input year end date here (DD/MM/YYYY)]",I8=""),"* ERROR: please enter a valid year end date in the 'Current financial year' field first before completing this template *","")</f>
         <v>* ERROR: please enter a valid year end date in the 'Current financial year' field first before completing this template *</v>
       </c>
       <c r="D8" s="17"/>
       <c r="E8" s="17"/>
       <c r="F8" s="17"/>
       <c r="G8" s="53" t="str">
         <f>IFERROR(DATE(YEAR(H8)-1,MONTH(H8),DAY(H8)),"Fill in current financial year")</f>
         <v>Fill in current financial year</v>
       </c>
       <c r="H8" s="53" t="str">
         <f>IFERROR(DATE(YEAR(I8)-1,MONTH(I8),DAY(I8)),"Fill in current financial year")</f>
         <v>Fill in current financial year</v>
       </c>
       <c r="I8" s="53" t="s">
-        <v>56</v>
+        <v>133</v>
       </c>
       <c r="J8" s="53" t="str">
         <f>IFERROR(DATE(YEAR(I8)+1,MONTH(I8),DAY(I8)),"Fill in current financial year")</f>
         <v>Fill in current financial year</v>
       </c>
       <c r="K8" s="53" t="str">
         <f t="shared" ref="K8:L8" si="0">IFERROR(DATE(YEAR(J8)+1,MONTH(J8),DAY(J8)),"Fill in current financial year")</f>
         <v>Fill in current financial year</v>
       </c>
       <c r="L8" s="53" t="str">
         <f t="shared" si="0"/>
         <v>Fill in current financial year</v>
       </c>
       <c r="N8" s="107" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="9" spans="1:15" ht="12.75" customHeight="1">
       <c r="B9" s="25"/>
       <c r="G9" s="18"/>
       <c r="H9" s="18"/>
       <c r="I9" s="17"/>
       <c r="N9" s="57"/>
     </row>
-    <row r="10" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:15">
       <c r="B10" s="25">
         <v>1</v>
       </c>
       <c r="C10" s="17" t="s">
-        <v>202</v>
+        <v>135</v>
       </c>
       <c r="D10" s="17"/>
       <c r="E10" s="17"/>
       <c r="F10" s="17"/>
       <c r="G10" s="54"/>
       <c r="H10" s="54"/>
       <c r="I10" s="54"/>
       <c r="J10" s="54"/>
       <c r="K10" s="54"/>
       <c r="L10" s="54"/>
       <c r="M10" s="125"/>
       <c r="N10" s="107"/>
     </row>
-    <row r="11" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:15">
       <c r="B11" s="25">
         <v>2</v>
       </c>
       <c r="C11" s="17" t="s">
-        <v>203</v>
+        <v>33</v>
       </c>
       <c r="D11" s="17"/>
       <c r="E11" s="17"/>
       <c r="F11" s="17"/>
       <c r="G11" s="54"/>
       <c r="H11" s="54"/>
       <c r="I11" s="54"/>
       <c r="J11" s="54"/>
       <c r="K11" s="54"/>
       <c r="L11" s="54"/>
       <c r="M11" s="125"/>
       <c r="N11" s="107"/>
     </row>
-    <row r="12" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:15">
       <c r="B12" s="25">
         <v>3</v>
       </c>
       <c r="C12" s="17" t="s">
-        <v>204</v>
+        <v>35</v>
       </c>
       <c r="D12" s="17"/>
       <c r="E12" s="17"/>
       <c r="F12" s="17"/>
       <c r="G12" s="54"/>
       <c r="H12" s="54"/>
       <c r="I12" s="54"/>
       <c r="J12" s="54"/>
       <c r="K12" s="54"/>
       <c r="L12" s="54"/>
       <c r="M12" s="125"/>
       <c r="N12" s="107"/>
     </row>
-    <row r="13" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:15">
       <c r="B13" s="25">
         <v>4</v>
       </c>
       <c r="C13" s="16" t="s">
-        <v>180</v>
+        <v>136</v>
       </c>
       <c r="D13" s="16"/>
       <c r="E13" s="16"/>
       <c r="F13" s="16"/>
       <c r="G13" s="55">
         <f>SUM(G10:G12)</f>
         <v>0</v>
       </c>
       <c r="H13" s="55">
         <f t="shared" ref="H13:L13" si="1">SUM(H10:H12)</f>
         <v>0</v>
       </c>
       <c r="I13" s="55">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="J13" s="55">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="K13" s="55">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L13" s="55">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="M13" s="125"/>
       <c r="N13" s="107"/>
     </row>
-    <row r="14" spans="1:15" ht="6" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:15" ht="6" customHeight="1">
       <c r="B14" s="25"/>
       <c r="G14" s="56"/>
       <c r="H14" s="56"/>
       <c r="I14" s="57"/>
       <c r="J14" s="57"/>
       <c r="K14" s="57"/>
       <c r="L14" s="57"/>
       <c r="N14" s="57"/>
     </row>
-    <row r="15" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:15" ht="12.75" customHeight="1">
       <c r="B15" s="25"/>
       <c r="G15" s="58"/>
       <c r="H15" s="58"/>
       <c r="I15" s="59"/>
       <c r="J15" s="57"/>
       <c r="K15" s="57"/>
       <c r="L15" s="57"/>
       <c r="N15" s="57"/>
     </row>
-    <row r="16" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:15">
       <c r="B16" s="25">
         <v>5</v>
       </c>
       <c r="C16" s="17" t="s">
-        <v>182</v>
+        <v>37</v>
       </c>
       <c r="D16" s="20"/>
       <c r="E16" s="20"/>
       <c r="F16" s="20"/>
       <c r="G16" s="54"/>
       <c r="H16" s="54"/>
       <c r="I16" s="54"/>
       <c r="J16" s="54"/>
       <c r="K16" s="54"/>
       <c r="L16" s="54"/>
       <c r="M16" s="125"/>
       <c r="N16" s="107"/>
     </row>
-    <row r="17" spans="2:14" x14ac:dyDescent="0.3">
+    <row r="17" spans="2:14">
       <c r="B17" s="25">
         <v>6</v>
       </c>
       <c r="C17" s="17" t="s">
-        <v>194</v>
+        <v>39</v>
       </c>
       <c r="D17" s="20"/>
       <c r="E17" s="20"/>
       <c r="F17" s="20"/>
       <c r="G17" s="54"/>
       <c r="H17" s="54"/>
       <c r="I17" s="54"/>
       <c r="J17" s="54"/>
       <c r="K17" s="54"/>
       <c r="L17" s="54"/>
       <c r="M17" s="125"/>
       <c r="N17" s="107"/>
     </row>
-    <row r="18" spans="2:14" x14ac:dyDescent="0.3">
+    <row r="18" spans="2:14">
       <c r="B18" s="25">
         <v>7</v>
       </c>
       <c r="C18" s="16" t="s">
-        <v>181</v>
+        <v>137</v>
       </c>
       <c r="D18" s="41"/>
       <c r="E18" s="41"/>
       <c r="F18" s="41"/>
       <c r="G18" s="80">
         <f t="shared" ref="G18:L18" si="2">SUM(G13,G16:G17)</f>
         <v>0</v>
       </c>
       <c r="H18" s="80">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="I18" s="80">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="J18" s="80">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K18" s="80">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="L18" s="80">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M18" s="126"/>
       <c r="N18" s="113"/>
     </row>
-    <row r="19" spans="2:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="2:14" ht="12.75" customHeight="1">
       <c r="B19" s="25"/>
       <c r="G19" s="56"/>
       <c r="H19" s="56"/>
       <c r="I19" s="57"/>
       <c r="J19" s="57"/>
       <c r="K19" s="57"/>
       <c r="L19" s="57"/>
       <c r="N19" s="57"/>
     </row>
-    <row r="20" spans="2:14" x14ac:dyDescent="0.3">
+    <row r="20" spans="2:14">
       <c r="B20" s="25">
         <v>8</v>
       </c>
       <c r="C20" s="15" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="G20" s="60"/>
       <c r="H20" s="60"/>
       <c r="I20" s="60"/>
       <c r="J20" s="60"/>
       <c r="K20" s="60"/>
       <c r="L20" s="60"/>
       <c r="M20" s="126"/>
       <c r="N20" s="113"/>
     </row>
-    <row r="21" spans="2:14" x14ac:dyDescent="0.3">
+    <row r="21" spans="2:14">
       <c r="B21" s="25">
         <v>9</v>
       </c>
       <c r="C21" s="41" t="s">
-        <v>190</v>
+        <v>138</v>
       </c>
       <c r="D21" s="41"/>
       <c r="E21" s="41"/>
       <c r="F21" s="41"/>
       <c r="G21" s="80">
-        <f t="shared" ref="G21:L21" si="3">G13-G20</f>
+        <f>G18-G20</f>
         <v>0</v>
       </c>
       <c r="H21" s="80">
-        <f t="shared" si="3"/>
+        <f t="shared" ref="H21:L21" si="3">H18-H20</f>
         <v>0</v>
       </c>
       <c r="I21" s="80">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J21" s="80">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="K21" s="80">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="L21" s="80">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="M21" s="126"/>
       <c r="N21" s="113"/>
     </row>
-    <row r="22" spans="2:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="2:14" ht="12.75" customHeight="1">
       <c r="B22" s="25"/>
       <c r="C22" s="41"/>
       <c r="D22" s="41"/>
       <c r="E22" s="41"/>
       <c r="F22" s="41"/>
       <c r="G22" s="61"/>
       <c r="H22" s="61"/>
       <c r="I22" s="61"/>
       <c r="J22" s="61"/>
       <c r="K22" s="61"/>
       <c r="L22" s="61"/>
       <c r="M22" s="126"/>
       <c r="N22" s="65"/>
     </row>
-    <row r="23" spans="2:14" x14ac:dyDescent="0.3">
+    <row r="23" spans="2:14">
       <c r="B23" s="25">
         <v>10</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="G23" s="60"/>
       <c r="H23" s="60"/>
       <c r="I23" s="60"/>
       <c r="J23" s="60"/>
       <c r="K23" s="60"/>
       <c r="L23" s="60"/>
       <c r="M23" s="126"/>
       <c r="N23" s="113"/>
     </row>
-    <row r="24" spans="2:14" x14ac:dyDescent="0.3">
+    <row r="24" spans="2:14">
       <c r="B24" s="25">
         <v>11</v>
       </c>
       <c r="C24" s="19" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="D24" s="19"/>
       <c r="E24" s="19"/>
       <c r="F24" s="19"/>
       <c r="G24" s="54"/>
       <c r="H24" s="54"/>
       <c r="I24" s="54"/>
       <c r="J24" s="54"/>
       <c r="K24" s="54"/>
       <c r="L24" s="54"/>
       <c r="M24" s="125"/>
       <c r="N24" s="107"/>
     </row>
-    <row r="25" spans="2:14" x14ac:dyDescent="0.3">
+    <row r="25" spans="2:14">
       <c r="B25" s="25">
         <v>12</v>
       </c>
       <c r="C25" s="41" t="s">
-        <v>191</v>
+        <v>139</v>
       </c>
       <c r="D25" s="41"/>
       <c r="E25" s="41"/>
       <c r="F25" s="41"/>
       <c r="G25" s="80">
         <f>G21-G23-G24</f>
         <v>0</v>
       </c>
       <c r="H25" s="80">
         <f t="shared" ref="H25:L25" si="4">H21-H23-H24</f>
         <v>0</v>
       </c>
       <c r="I25" s="80">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="J25" s="80">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="K25" s="80">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="L25" s="80">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="M25" s="125"/>
       <c r="N25" s="107"/>
     </row>
-    <row r="26" spans="2:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="2:14" ht="12.75" customHeight="1">
       <c r="B26" s="25"/>
       <c r="C26" s="41"/>
       <c r="D26" s="41"/>
       <c r="E26" s="41"/>
       <c r="F26" s="41"/>
       <c r="G26" s="61"/>
       <c r="H26" s="61"/>
       <c r="I26" s="61"/>
       <c r="J26" s="61"/>
       <c r="K26" s="61"/>
       <c r="L26" s="61"/>
       <c r="M26" s="126"/>
       <c r="N26" s="65"/>
     </row>
-    <row r="27" spans="2:14" x14ac:dyDescent="0.3">
+    <row r="27" spans="2:14">
       <c r="B27" s="25">
         <v>13</v>
       </c>
       <c r="C27" s="17" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="D27" s="17"/>
       <c r="E27" s="17"/>
       <c r="F27" s="17"/>
       <c r="G27" s="54"/>
       <c r="H27" s="54"/>
       <c r="I27" s="54"/>
       <c r="J27" s="54"/>
       <c r="K27" s="54"/>
       <c r="L27" s="54"/>
       <c r="M27" s="125"/>
       <c r="N27" s="107"/>
     </row>
-    <row r="28" spans="2:14" x14ac:dyDescent="0.3">
+    <row r="28" spans="2:14">
       <c r="B28" s="25">
         <v>14</v>
       </c>
       <c r="C28" s="41" t="s">
-        <v>189</v>
+        <v>140</v>
       </c>
       <c r="D28" s="41"/>
       <c r="E28" s="41"/>
       <c r="F28" s="41"/>
       <c r="G28" s="64">
         <f>G25-G27</f>
         <v>0</v>
       </c>
       <c r="H28" s="64">
         <f t="shared" ref="H28:L28" si="5">H25-H27</f>
         <v>0</v>
       </c>
       <c r="I28" s="64">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="J28" s="64">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="K28" s="64">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="L28" s="64">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="M28" s="126"/>
       <c r="N28" s="113"/>
     </row>
-    <row r="29" spans="2:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="2:14" ht="15.75" customHeight="1">
       <c r="B29" s="17"/>
       <c r="C29" s="17"/>
       <c r="D29" s="17"/>
       <c r="E29" s="17"/>
       <c r="F29" s="17"/>
       <c r="G29" s="17"/>
       <c r="H29" s="17"/>
       <c r="I29" s="17"/>
     </row>
-    <row r="30" spans="2:14" x14ac:dyDescent="0.3">
+    <row r="30" spans="2:14">
       <c r="B30" s="25">
         <v>15</v>
       </c>
       <c r="C30" s="17" t="s">
-        <v>183</v>
+        <v>49</v>
       </c>
       <c r="D30" s="17"/>
       <c r="E30" s="17"/>
       <c r="F30" s="17"/>
       <c r="G30" s="54"/>
       <c r="H30" s="54"/>
       <c r="I30" s="54"/>
       <c r="J30" s="54"/>
       <c r="K30" s="54"/>
       <c r="L30" s="54"/>
       <c r="M30" s="125"/>
       <c r="N30" s="107"/>
     </row>
-    <row r="31" spans="2:14" x14ac:dyDescent="0.3">
+    <row r="31" spans="2:14">
       <c r="B31" s="25">
         <v>16</v>
       </c>
       <c r="C31" s="41" t="s">
-        <v>227</v>
+        <v>141</v>
       </c>
       <c r="D31" s="41"/>
       <c r="E31" s="41"/>
       <c r="F31" s="41"/>
       <c r="G31" s="64">
         <f>G28-G30</f>
         <v>0</v>
       </c>
       <c r="H31" s="64">
         <f t="shared" ref="H31:L31" si="6">H28-H30</f>
         <v>0</v>
       </c>
       <c r="I31" s="64">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="J31" s="64">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="K31" s="64">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="L31" s="64">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="M31" s="126"/>
       <c r="N31" s="113"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="r4opT+txA7g9wd/yjcFWGhHL0dgHBMkkwxKFth+m+SOVbaMJIoVeHc5zo4eg4Zc2a7i+el2F9GjByf97fHZJQQ==" saltValue="7s0DsIsZ0+3FV+rGcIpl9w==" spinCount="100000" sheet="1" formatRows="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="vkuRU8h4xSEtSRvkAE36Uc8Uhs2RnSppqDOTMyWlanEbx2uoEXqZ6vWTlRfd1nr+faR2TZaInEB6qu4eQ1eCmw==" saltValue="i5oFhIRk+bBFvhS96p548A==" spinCount="100000" sheet="1" formatRows="0"/>
   <conditionalFormatting sqref="G8:H8 J8:L8">
-    <cfRule type="expression" dxfId="30" priority="6">
+    <cfRule type="expression" dxfId="32" priority="6">
       <formula>LEN(G8)=30</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G10:L12 G16:L17 G23:L24 G27:L27">
-    <cfRule type="expression" dxfId="29" priority="5">
+    <cfRule type="expression" dxfId="31" priority="5">
       <formula>OR(LEN(G$8)=0,LEN(G$8)=30,LEN(G$8)=46)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G20:L20">
-    <cfRule type="expression" dxfId="28" priority="4">
+    <cfRule type="expression" dxfId="30" priority="4">
       <formula>OR(LEN(G$8)=0,LEN(G$8)=30,LEN(G$8)=46)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G30:L30">
-    <cfRule type="expression" dxfId="27" priority="1">
+    <cfRule type="expression" dxfId="29" priority="1">
       <formula>OR(LEN(G$8)=0,LEN(G$8)=30,LEN(G$8)=46)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I8">
-    <cfRule type="cellIs" dxfId="26" priority="7" operator="equal">
+    <cfRule type="cellIs" dxfId="28" priority="7" operator="equal">
       <formula>"[Please input year end date here (DD/MM/YYYY)]"</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="2">
     <dataValidation type="date" operator="notEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Validation Error" error="Please use the DD/MM/YYYY format" sqref="G8:L8" xr:uid="{9E602DB8-6107-451E-B70B-A57D17078604}">
       <formula1>23802</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please select if not reporting in GBP" sqref="G5" xr:uid="{B9C80D38-5797-4AA5-B26B-A8AD977B893D}">
       <formula1>#REF!</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.59055118110236227" right="0.59055118110236227" top="0.59055118110236227" bottom="0.59055118110236227" header="0.39370078740157483" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" scale="50" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;L&amp;"Calibri,Regular"&amp;10&amp;K000000 FCA Official&amp;1#
 &amp;11&amp;F&amp;C&amp;A&amp;R Printed on &amp;D</oddHeader>
     <oddFooter>&amp;CPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="65" max="16383" man="1"/>
     <brk id="147" min="1" max="6" man="1"/>
   </rowBreaks>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7F175082-DBED-43C3-B93F-561A5C2491C0}">
   <sheetPr codeName="Sheet3">
     <tabColor rgb="FFFF585D"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:P53"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A10" sqref="A10"/>
       <selection activeCell="H22" sqref="H22"/>
-      <selection pane="bottomLeft" activeCell="A10" sqref="A10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="13.5" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="13.5"/>
   <cols>
     <col min="1" max="1" width="4" style="124" customWidth="1"/>
-    <col min="2" max="2" width="5.54296875" style="1" customWidth="1"/>
-    <col min="3" max="3" width="17.453125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="5.5703125" style="1" customWidth="1"/>
+    <col min="3" max="3" width="17.42578125" style="1" customWidth="1"/>
     <col min="4" max="4" width="10" style="1" customWidth="1"/>
-    <col min="5" max="5" width="9.7265625" style="1" customWidth="1"/>
+    <col min="5" max="5" width="9.7109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="27" style="1" customWidth="1"/>
-    <col min="7" max="12" width="18.453125" style="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="239" max="239" width="13.7265625" style="1" customWidth="1"/>
+    <col min="7" max="12" width="18.42578125" style="1" customWidth="1"/>
+    <col min="13" max="13" width="1.5703125" style="124" customWidth="1"/>
+    <col min="14" max="14" width="75.85546875" style="1" customWidth="1"/>
+    <col min="15" max="15" width="3.7109375" style="124" customWidth="1"/>
+    <col min="16" max="16" width="9.140625" style="1" customWidth="1"/>
+    <col min="17" max="237" width="9.140625" style="1"/>
+    <col min="238" max="238" width="5.5703125" style="1" customWidth="1"/>
+    <col min="239" max="239" width="13.7109375" style="1" customWidth="1"/>
     <col min="240" max="240" width="10" style="1" customWidth="1"/>
-    <col min="241" max="241" width="8.26953125" style="1" customWidth="1"/>
-    <col min="242" max="242" width="25.7265625" style="1" customWidth="1"/>
+    <col min="241" max="241" width="8.28515625" style="1" customWidth="1"/>
+    <col min="242" max="242" width="25.7109375" style="1" customWidth="1"/>
     <col min="243" max="243" width="10" style="1" customWidth="1"/>
-    <col min="244" max="493" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="495" max="495" width="13.7265625" style="1" customWidth="1"/>
+    <col min="244" max="493" width="9.140625" style="1"/>
+    <col min="494" max="494" width="5.5703125" style="1" customWidth="1"/>
+    <col min="495" max="495" width="13.7109375" style="1" customWidth="1"/>
     <col min="496" max="496" width="10" style="1" customWidth="1"/>
-    <col min="497" max="497" width="8.26953125" style="1" customWidth="1"/>
-    <col min="498" max="498" width="25.7265625" style="1" customWidth="1"/>
+    <col min="497" max="497" width="8.28515625" style="1" customWidth="1"/>
+    <col min="498" max="498" width="25.7109375" style="1" customWidth="1"/>
     <col min="499" max="499" width="10" style="1" customWidth="1"/>
-    <col min="500" max="749" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="751" max="751" width="13.7265625" style="1" customWidth="1"/>
+    <col min="500" max="749" width="9.140625" style="1"/>
+    <col min="750" max="750" width="5.5703125" style="1" customWidth="1"/>
+    <col min="751" max="751" width="13.7109375" style="1" customWidth="1"/>
     <col min="752" max="752" width="10" style="1" customWidth="1"/>
-    <col min="753" max="753" width="8.26953125" style="1" customWidth="1"/>
-    <col min="754" max="754" width="25.7265625" style="1" customWidth="1"/>
+    <col min="753" max="753" width="8.28515625" style="1" customWidth="1"/>
+    <col min="754" max="754" width="25.7109375" style="1" customWidth="1"/>
     <col min="755" max="755" width="10" style="1" customWidth="1"/>
-    <col min="756" max="1005" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="1007" max="1007" width="13.7265625" style="1" customWidth="1"/>
+    <col min="756" max="1005" width="9.140625" style="1"/>
+    <col min="1006" max="1006" width="5.5703125" style="1" customWidth="1"/>
+    <col min="1007" max="1007" width="13.7109375" style="1" customWidth="1"/>
     <col min="1008" max="1008" width="10" style="1" customWidth="1"/>
-    <col min="1009" max="1009" width="8.26953125" style="1" customWidth="1"/>
-    <col min="1010" max="1010" width="25.7265625" style="1" customWidth="1"/>
+    <col min="1009" max="1009" width="8.28515625" style="1" customWidth="1"/>
+    <col min="1010" max="1010" width="25.7109375" style="1" customWidth="1"/>
     <col min="1011" max="1011" width="10" style="1" customWidth="1"/>
-    <col min="1012" max="1261" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="1263" max="1263" width="13.7265625" style="1" customWidth="1"/>
+    <col min="1012" max="1261" width="9.140625" style="1"/>
+    <col min="1262" max="1262" width="5.5703125" style="1" customWidth="1"/>
+    <col min="1263" max="1263" width="13.7109375" style="1" customWidth="1"/>
     <col min="1264" max="1264" width="10" style="1" customWidth="1"/>
-    <col min="1265" max="1265" width="8.26953125" style="1" customWidth="1"/>
-    <col min="1266" max="1266" width="25.7265625" style="1" customWidth="1"/>
+    <col min="1265" max="1265" width="8.28515625" style="1" customWidth="1"/>
+    <col min="1266" max="1266" width="25.7109375" style="1" customWidth="1"/>
     <col min="1267" max="1267" width="10" style="1" customWidth="1"/>
-    <col min="1268" max="1517" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="1519" max="1519" width="13.7265625" style="1" customWidth="1"/>
+    <col min="1268" max="1517" width="9.140625" style="1"/>
+    <col min="1518" max="1518" width="5.5703125" style="1" customWidth="1"/>
+    <col min="1519" max="1519" width="13.7109375" style="1" customWidth="1"/>
     <col min="1520" max="1520" width="10" style="1" customWidth="1"/>
-    <col min="1521" max="1521" width="8.26953125" style="1" customWidth="1"/>
-    <col min="1522" max="1522" width="25.7265625" style="1" customWidth="1"/>
+    <col min="1521" max="1521" width="8.28515625" style="1" customWidth="1"/>
+    <col min="1522" max="1522" width="25.7109375" style="1" customWidth="1"/>
     <col min="1523" max="1523" width="10" style="1" customWidth="1"/>
-    <col min="1524" max="1773" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="1775" max="1775" width="13.7265625" style="1" customWidth="1"/>
+    <col min="1524" max="1773" width="9.140625" style="1"/>
+    <col min="1774" max="1774" width="5.5703125" style="1" customWidth="1"/>
+    <col min="1775" max="1775" width="13.7109375" style="1" customWidth="1"/>
     <col min="1776" max="1776" width="10" style="1" customWidth="1"/>
-    <col min="1777" max="1777" width="8.26953125" style="1" customWidth="1"/>
-    <col min="1778" max="1778" width="25.7265625" style="1" customWidth="1"/>
+    <col min="1777" max="1777" width="8.28515625" style="1" customWidth="1"/>
+    <col min="1778" max="1778" width="25.7109375" style="1" customWidth="1"/>
     <col min="1779" max="1779" width="10" style="1" customWidth="1"/>
-    <col min="1780" max="2029" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="2031" max="2031" width="13.7265625" style="1" customWidth="1"/>
+    <col min="1780" max="2029" width="9.140625" style="1"/>
+    <col min="2030" max="2030" width="5.5703125" style="1" customWidth="1"/>
+    <col min="2031" max="2031" width="13.7109375" style="1" customWidth="1"/>
     <col min="2032" max="2032" width="10" style="1" customWidth="1"/>
-    <col min="2033" max="2033" width="8.26953125" style="1" customWidth="1"/>
-    <col min="2034" max="2034" width="25.7265625" style="1" customWidth="1"/>
+    <col min="2033" max="2033" width="8.28515625" style="1" customWidth="1"/>
+    <col min="2034" max="2034" width="25.7109375" style="1" customWidth="1"/>
     <col min="2035" max="2035" width="10" style="1" customWidth="1"/>
-    <col min="2036" max="2285" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="2287" max="2287" width="13.7265625" style="1" customWidth="1"/>
+    <col min="2036" max="2285" width="9.140625" style="1"/>
+    <col min="2286" max="2286" width="5.5703125" style="1" customWidth="1"/>
+    <col min="2287" max="2287" width="13.7109375" style="1" customWidth="1"/>
     <col min="2288" max="2288" width="10" style="1" customWidth="1"/>
-    <col min="2289" max="2289" width="8.26953125" style="1" customWidth="1"/>
-    <col min="2290" max="2290" width="25.7265625" style="1" customWidth="1"/>
+    <col min="2289" max="2289" width="8.28515625" style="1" customWidth="1"/>
+    <col min="2290" max="2290" width="25.7109375" style="1" customWidth="1"/>
     <col min="2291" max="2291" width="10" style="1" customWidth="1"/>
-    <col min="2292" max="2541" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="2543" max="2543" width="13.7265625" style="1" customWidth="1"/>
+    <col min="2292" max="2541" width="9.140625" style="1"/>
+    <col min="2542" max="2542" width="5.5703125" style="1" customWidth="1"/>
+    <col min="2543" max="2543" width="13.7109375" style="1" customWidth="1"/>
     <col min="2544" max="2544" width="10" style="1" customWidth="1"/>
-    <col min="2545" max="2545" width="8.26953125" style="1" customWidth="1"/>
-    <col min="2546" max="2546" width="25.7265625" style="1" customWidth="1"/>
+    <col min="2545" max="2545" width="8.28515625" style="1" customWidth="1"/>
+    <col min="2546" max="2546" width="25.7109375" style="1" customWidth="1"/>
     <col min="2547" max="2547" width="10" style="1" customWidth="1"/>
-    <col min="2548" max="2797" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="2799" max="2799" width="13.7265625" style="1" customWidth="1"/>
+    <col min="2548" max="2797" width="9.140625" style="1"/>
+    <col min="2798" max="2798" width="5.5703125" style="1" customWidth="1"/>
+    <col min="2799" max="2799" width="13.7109375" style="1" customWidth="1"/>
     <col min="2800" max="2800" width="10" style="1" customWidth="1"/>
-    <col min="2801" max="2801" width="8.26953125" style="1" customWidth="1"/>
-    <col min="2802" max="2802" width="25.7265625" style="1" customWidth="1"/>
+    <col min="2801" max="2801" width="8.28515625" style="1" customWidth="1"/>
+    <col min="2802" max="2802" width="25.7109375" style="1" customWidth="1"/>
     <col min="2803" max="2803" width="10" style="1" customWidth="1"/>
-    <col min="2804" max="3053" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="3055" max="3055" width="13.7265625" style="1" customWidth="1"/>
+    <col min="2804" max="3053" width="9.140625" style="1"/>
+    <col min="3054" max="3054" width="5.5703125" style="1" customWidth="1"/>
+    <col min="3055" max="3055" width="13.7109375" style="1" customWidth="1"/>
     <col min="3056" max="3056" width="10" style="1" customWidth="1"/>
-    <col min="3057" max="3057" width="8.26953125" style="1" customWidth="1"/>
-    <col min="3058" max="3058" width="25.7265625" style="1" customWidth="1"/>
+    <col min="3057" max="3057" width="8.28515625" style="1" customWidth="1"/>
+    <col min="3058" max="3058" width="25.7109375" style="1" customWidth="1"/>
     <col min="3059" max="3059" width="10" style="1" customWidth="1"/>
-    <col min="3060" max="3309" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="3311" max="3311" width="13.7265625" style="1" customWidth="1"/>
+    <col min="3060" max="3309" width="9.140625" style="1"/>
+    <col min="3310" max="3310" width="5.5703125" style="1" customWidth="1"/>
+    <col min="3311" max="3311" width="13.7109375" style="1" customWidth="1"/>
     <col min="3312" max="3312" width="10" style="1" customWidth="1"/>
-    <col min="3313" max="3313" width="8.26953125" style="1" customWidth="1"/>
-    <col min="3314" max="3314" width="25.7265625" style="1" customWidth="1"/>
+    <col min="3313" max="3313" width="8.28515625" style="1" customWidth="1"/>
+    <col min="3314" max="3314" width="25.7109375" style="1" customWidth="1"/>
     <col min="3315" max="3315" width="10" style="1" customWidth="1"/>
-    <col min="3316" max="3565" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="3567" max="3567" width="13.7265625" style="1" customWidth="1"/>
+    <col min="3316" max="3565" width="9.140625" style="1"/>
+    <col min="3566" max="3566" width="5.5703125" style="1" customWidth="1"/>
+    <col min="3567" max="3567" width="13.7109375" style="1" customWidth="1"/>
     <col min="3568" max="3568" width="10" style="1" customWidth="1"/>
-    <col min="3569" max="3569" width="8.26953125" style="1" customWidth="1"/>
-    <col min="3570" max="3570" width="25.7265625" style="1" customWidth="1"/>
+    <col min="3569" max="3569" width="8.28515625" style="1" customWidth="1"/>
+    <col min="3570" max="3570" width="25.7109375" style="1" customWidth="1"/>
     <col min="3571" max="3571" width="10" style="1" customWidth="1"/>
-    <col min="3572" max="3821" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="3823" max="3823" width="13.7265625" style="1" customWidth="1"/>
+    <col min="3572" max="3821" width="9.140625" style="1"/>
+    <col min="3822" max="3822" width="5.5703125" style="1" customWidth="1"/>
+    <col min="3823" max="3823" width="13.7109375" style="1" customWidth="1"/>
     <col min="3824" max="3824" width="10" style="1" customWidth="1"/>
-    <col min="3825" max="3825" width="8.26953125" style="1" customWidth="1"/>
-    <col min="3826" max="3826" width="25.7265625" style="1" customWidth="1"/>
+    <col min="3825" max="3825" width="8.28515625" style="1" customWidth="1"/>
+    <col min="3826" max="3826" width="25.7109375" style="1" customWidth="1"/>
     <col min="3827" max="3827" width="10" style="1" customWidth="1"/>
-    <col min="3828" max="4077" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="4079" max="4079" width="13.7265625" style="1" customWidth="1"/>
+    <col min="3828" max="4077" width="9.140625" style="1"/>
+    <col min="4078" max="4078" width="5.5703125" style="1" customWidth="1"/>
+    <col min="4079" max="4079" width="13.7109375" style="1" customWidth="1"/>
     <col min="4080" max="4080" width="10" style="1" customWidth="1"/>
-    <col min="4081" max="4081" width="8.26953125" style="1" customWidth="1"/>
-    <col min="4082" max="4082" width="25.7265625" style="1" customWidth="1"/>
+    <col min="4081" max="4081" width="8.28515625" style="1" customWidth="1"/>
+    <col min="4082" max="4082" width="25.7109375" style="1" customWidth="1"/>
     <col min="4083" max="4083" width="10" style="1" customWidth="1"/>
-    <col min="4084" max="4333" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="4335" max="4335" width="13.7265625" style="1" customWidth="1"/>
+    <col min="4084" max="4333" width="9.140625" style="1"/>
+    <col min="4334" max="4334" width="5.5703125" style="1" customWidth="1"/>
+    <col min="4335" max="4335" width="13.7109375" style="1" customWidth="1"/>
     <col min="4336" max="4336" width="10" style="1" customWidth="1"/>
-    <col min="4337" max="4337" width="8.26953125" style="1" customWidth="1"/>
-    <col min="4338" max="4338" width="25.7265625" style="1" customWidth="1"/>
+    <col min="4337" max="4337" width="8.28515625" style="1" customWidth="1"/>
+    <col min="4338" max="4338" width="25.7109375" style="1" customWidth="1"/>
     <col min="4339" max="4339" width="10" style="1" customWidth="1"/>
-    <col min="4340" max="4589" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="4591" max="4591" width="13.7265625" style="1" customWidth="1"/>
+    <col min="4340" max="4589" width="9.140625" style="1"/>
+    <col min="4590" max="4590" width="5.5703125" style="1" customWidth="1"/>
+    <col min="4591" max="4591" width="13.7109375" style="1" customWidth="1"/>
     <col min="4592" max="4592" width="10" style="1" customWidth="1"/>
-    <col min="4593" max="4593" width="8.26953125" style="1" customWidth="1"/>
-    <col min="4594" max="4594" width="25.7265625" style="1" customWidth="1"/>
+    <col min="4593" max="4593" width="8.28515625" style="1" customWidth="1"/>
+    <col min="4594" max="4594" width="25.7109375" style="1" customWidth="1"/>
     <col min="4595" max="4595" width="10" style="1" customWidth="1"/>
-    <col min="4596" max="4845" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="4847" max="4847" width="13.7265625" style="1" customWidth="1"/>
+    <col min="4596" max="4845" width="9.140625" style="1"/>
+    <col min="4846" max="4846" width="5.5703125" style="1" customWidth="1"/>
+    <col min="4847" max="4847" width="13.7109375" style="1" customWidth="1"/>
     <col min="4848" max="4848" width="10" style="1" customWidth="1"/>
-    <col min="4849" max="4849" width="8.26953125" style="1" customWidth="1"/>
-    <col min="4850" max="4850" width="25.7265625" style="1" customWidth="1"/>
+    <col min="4849" max="4849" width="8.28515625" style="1" customWidth="1"/>
+    <col min="4850" max="4850" width="25.7109375" style="1" customWidth="1"/>
     <col min="4851" max="4851" width="10" style="1" customWidth="1"/>
-    <col min="4852" max="5101" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="5103" max="5103" width="13.7265625" style="1" customWidth="1"/>
+    <col min="4852" max="5101" width="9.140625" style="1"/>
+    <col min="5102" max="5102" width="5.5703125" style="1" customWidth="1"/>
+    <col min="5103" max="5103" width="13.7109375" style="1" customWidth="1"/>
     <col min="5104" max="5104" width="10" style="1" customWidth="1"/>
-    <col min="5105" max="5105" width="8.26953125" style="1" customWidth="1"/>
-    <col min="5106" max="5106" width="25.7265625" style="1" customWidth="1"/>
+    <col min="5105" max="5105" width="8.28515625" style="1" customWidth="1"/>
+    <col min="5106" max="5106" width="25.7109375" style="1" customWidth="1"/>
     <col min="5107" max="5107" width="10" style="1" customWidth="1"/>
-    <col min="5108" max="5357" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="5359" max="5359" width="13.7265625" style="1" customWidth="1"/>
+    <col min="5108" max="5357" width="9.140625" style="1"/>
+    <col min="5358" max="5358" width="5.5703125" style="1" customWidth="1"/>
+    <col min="5359" max="5359" width="13.7109375" style="1" customWidth="1"/>
     <col min="5360" max="5360" width="10" style="1" customWidth="1"/>
-    <col min="5361" max="5361" width="8.26953125" style="1" customWidth="1"/>
-    <col min="5362" max="5362" width="25.7265625" style="1" customWidth="1"/>
+    <col min="5361" max="5361" width="8.28515625" style="1" customWidth="1"/>
+    <col min="5362" max="5362" width="25.7109375" style="1" customWidth="1"/>
     <col min="5363" max="5363" width="10" style="1" customWidth="1"/>
-    <col min="5364" max="5613" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="5615" max="5615" width="13.7265625" style="1" customWidth="1"/>
+    <col min="5364" max="5613" width="9.140625" style="1"/>
+    <col min="5614" max="5614" width="5.5703125" style="1" customWidth="1"/>
+    <col min="5615" max="5615" width="13.7109375" style="1" customWidth="1"/>
     <col min="5616" max="5616" width="10" style="1" customWidth="1"/>
-    <col min="5617" max="5617" width="8.26953125" style="1" customWidth="1"/>
-    <col min="5618" max="5618" width="25.7265625" style="1" customWidth="1"/>
+    <col min="5617" max="5617" width="8.28515625" style="1" customWidth="1"/>
+    <col min="5618" max="5618" width="25.7109375" style="1" customWidth="1"/>
     <col min="5619" max="5619" width="10" style="1" customWidth="1"/>
-    <col min="5620" max="5869" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="5871" max="5871" width="13.7265625" style="1" customWidth="1"/>
+    <col min="5620" max="5869" width="9.140625" style="1"/>
+    <col min="5870" max="5870" width="5.5703125" style="1" customWidth="1"/>
+    <col min="5871" max="5871" width="13.7109375" style="1" customWidth="1"/>
     <col min="5872" max="5872" width="10" style="1" customWidth="1"/>
-    <col min="5873" max="5873" width="8.26953125" style="1" customWidth="1"/>
-    <col min="5874" max="5874" width="25.7265625" style="1" customWidth="1"/>
+    <col min="5873" max="5873" width="8.28515625" style="1" customWidth="1"/>
+    <col min="5874" max="5874" width="25.7109375" style="1" customWidth="1"/>
     <col min="5875" max="5875" width="10" style="1" customWidth="1"/>
-    <col min="5876" max="6125" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="6127" max="6127" width="13.7265625" style="1" customWidth="1"/>
+    <col min="5876" max="6125" width="9.140625" style="1"/>
+    <col min="6126" max="6126" width="5.5703125" style="1" customWidth="1"/>
+    <col min="6127" max="6127" width="13.7109375" style="1" customWidth="1"/>
     <col min="6128" max="6128" width="10" style="1" customWidth="1"/>
-    <col min="6129" max="6129" width="8.26953125" style="1" customWidth="1"/>
-    <col min="6130" max="6130" width="25.7265625" style="1" customWidth="1"/>
+    <col min="6129" max="6129" width="8.28515625" style="1" customWidth="1"/>
+    <col min="6130" max="6130" width="25.7109375" style="1" customWidth="1"/>
     <col min="6131" max="6131" width="10" style="1" customWidth="1"/>
-    <col min="6132" max="6381" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="6383" max="6383" width="13.7265625" style="1" customWidth="1"/>
+    <col min="6132" max="6381" width="9.140625" style="1"/>
+    <col min="6382" max="6382" width="5.5703125" style="1" customWidth="1"/>
+    <col min="6383" max="6383" width="13.7109375" style="1" customWidth="1"/>
     <col min="6384" max="6384" width="10" style="1" customWidth="1"/>
-    <col min="6385" max="6385" width="8.26953125" style="1" customWidth="1"/>
-    <col min="6386" max="6386" width="25.7265625" style="1" customWidth="1"/>
+    <col min="6385" max="6385" width="8.28515625" style="1" customWidth="1"/>
+    <col min="6386" max="6386" width="25.7109375" style="1" customWidth="1"/>
     <col min="6387" max="6387" width="10" style="1" customWidth="1"/>
-    <col min="6388" max="6637" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="6639" max="6639" width="13.7265625" style="1" customWidth="1"/>
+    <col min="6388" max="6637" width="9.140625" style="1"/>
+    <col min="6638" max="6638" width="5.5703125" style="1" customWidth="1"/>
+    <col min="6639" max="6639" width="13.7109375" style="1" customWidth="1"/>
     <col min="6640" max="6640" width="10" style="1" customWidth="1"/>
-    <col min="6641" max="6641" width="8.26953125" style="1" customWidth="1"/>
-    <col min="6642" max="6642" width="25.7265625" style="1" customWidth="1"/>
+    <col min="6641" max="6641" width="8.28515625" style="1" customWidth="1"/>
+    <col min="6642" max="6642" width="25.7109375" style="1" customWidth="1"/>
     <col min="6643" max="6643" width="10" style="1" customWidth="1"/>
-    <col min="6644" max="6893" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="6895" max="6895" width="13.7265625" style="1" customWidth="1"/>
+    <col min="6644" max="6893" width="9.140625" style="1"/>
+    <col min="6894" max="6894" width="5.5703125" style="1" customWidth="1"/>
+    <col min="6895" max="6895" width="13.7109375" style="1" customWidth="1"/>
     <col min="6896" max="6896" width="10" style="1" customWidth="1"/>
-    <col min="6897" max="6897" width="8.26953125" style="1" customWidth="1"/>
-    <col min="6898" max="6898" width="25.7265625" style="1" customWidth="1"/>
+    <col min="6897" max="6897" width="8.28515625" style="1" customWidth="1"/>
+    <col min="6898" max="6898" width="25.7109375" style="1" customWidth="1"/>
     <col min="6899" max="6899" width="10" style="1" customWidth="1"/>
-    <col min="6900" max="7149" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="7151" max="7151" width="13.7265625" style="1" customWidth="1"/>
+    <col min="6900" max="7149" width="9.140625" style="1"/>
+    <col min="7150" max="7150" width="5.5703125" style="1" customWidth="1"/>
+    <col min="7151" max="7151" width="13.7109375" style="1" customWidth="1"/>
     <col min="7152" max="7152" width="10" style="1" customWidth="1"/>
-    <col min="7153" max="7153" width="8.26953125" style="1" customWidth="1"/>
-    <col min="7154" max="7154" width="25.7265625" style="1" customWidth="1"/>
+    <col min="7153" max="7153" width="8.28515625" style="1" customWidth="1"/>
+    <col min="7154" max="7154" width="25.7109375" style="1" customWidth="1"/>
     <col min="7155" max="7155" width="10" style="1" customWidth="1"/>
-    <col min="7156" max="7405" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="7407" max="7407" width="13.7265625" style="1" customWidth="1"/>
+    <col min="7156" max="7405" width="9.140625" style="1"/>
+    <col min="7406" max="7406" width="5.5703125" style="1" customWidth="1"/>
+    <col min="7407" max="7407" width="13.7109375" style="1" customWidth="1"/>
     <col min="7408" max="7408" width="10" style="1" customWidth="1"/>
-    <col min="7409" max="7409" width="8.26953125" style="1" customWidth="1"/>
-    <col min="7410" max="7410" width="25.7265625" style="1" customWidth="1"/>
+    <col min="7409" max="7409" width="8.28515625" style="1" customWidth="1"/>
+    <col min="7410" max="7410" width="25.7109375" style="1" customWidth="1"/>
     <col min="7411" max="7411" width="10" style="1" customWidth="1"/>
-    <col min="7412" max="7661" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="7663" max="7663" width="13.7265625" style="1" customWidth="1"/>
+    <col min="7412" max="7661" width="9.140625" style="1"/>
+    <col min="7662" max="7662" width="5.5703125" style="1" customWidth="1"/>
+    <col min="7663" max="7663" width="13.7109375" style="1" customWidth="1"/>
     <col min="7664" max="7664" width="10" style="1" customWidth="1"/>
-    <col min="7665" max="7665" width="8.26953125" style="1" customWidth="1"/>
-    <col min="7666" max="7666" width="25.7265625" style="1" customWidth="1"/>
+    <col min="7665" max="7665" width="8.28515625" style="1" customWidth="1"/>
+    <col min="7666" max="7666" width="25.7109375" style="1" customWidth="1"/>
     <col min="7667" max="7667" width="10" style="1" customWidth="1"/>
-    <col min="7668" max="7917" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="7919" max="7919" width="13.7265625" style="1" customWidth="1"/>
+    <col min="7668" max="7917" width="9.140625" style="1"/>
+    <col min="7918" max="7918" width="5.5703125" style="1" customWidth="1"/>
+    <col min="7919" max="7919" width="13.7109375" style="1" customWidth="1"/>
     <col min="7920" max="7920" width="10" style="1" customWidth="1"/>
-    <col min="7921" max="7921" width="8.26953125" style="1" customWidth="1"/>
-    <col min="7922" max="7922" width="25.7265625" style="1" customWidth="1"/>
+    <col min="7921" max="7921" width="8.28515625" style="1" customWidth="1"/>
+    <col min="7922" max="7922" width="25.7109375" style="1" customWidth="1"/>
     <col min="7923" max="7923" width="10" style="1" customWidth="1"/>
-    <col min="7924" max="8173" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="8175" max="8175" width="13.7265625" style="1" customWidth="1"/>
+    <col min="7924" max="8173" width="9.140625" style="1"/>
+    <col min="8174" max="8174" width="5.5703125" style="1" customWidth="1"/>
+    <col min="8175" max="8175" width="13.7109375" style="1" customWidth="1"/>
     <col min="8176" max="8176" width="10" style="1" customWidth="1"/>
-    <col min="8177" max="8177" width="8.26953125" style="1" customWidth="1"/>
-    <col min="8178" max="8178" width="25.7265625" style="1" customWidth="1"/>
+    <col min="8177" max="8177" width="8.28515625" style="1" customWidth="1"/>
+    <col min="8178" max="8178" width="25.7109375" style="1" customWidth="1"/>
     <col min="8179" max="8179" width="10" style="1" customWidth="1"/>
-    <col min="8180" max="8429" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="8431" max="8431" width="13.7265625" style="1" customWidth="1"/>
+    <col min="8180" max="8429" width="9.140625" style="1"/>
+    <col min="8430" max="8430" width="5.5703125" style="1" customWidth="1"/>
+    <col min="8431" max="8431" width="13.7109375" style="1" customWidth="1"/>
     <col min="8432" max="8432" width="10" style="1" customWidth="1"/>
-    <col min="8433" max="8433" width="8.26953125" style="1" customWidth="1"/>
-    <col min="8434" max="8434" width="25.7265625" style="1" customWidth="1"/>
+    <col min="8433" max="8433" width="8.28515625" style="1" customWidth="1"/>
+    <col min="8434" max="8434" width="25.7109375" style="1" customWidth="1"/>
     <col min="8435" max="8435" width="10" style="1" customWidth="1"/>
-    <col min="8436" max="8685" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="8687" max="8687" width="13.7265625" style="1" customWidth="1"/>
+    <col min="8436" max="8685" width="9.140625" style="1"/>
+    <col min="8686" max="8686" width="5.5703125" style="1" customWidth="1"/>
+    <col min="8687" max="8687" width="13.7109375" style="1" customWidth="1"/>
     <col min="8688" max="8688" width="10" style="1" customWidth="1"/>
-    <col min="8689" max="8689" width="8.26953125" style="1" customWidth="1"/>
-    <col min="8690" max="8690" width="25.7265625" style="1" customWidth="1"/>
+    <col min="8689" max="8689" width="8.28515625" style="1" customWidth="1"/>
+    <col min="8690" max="8690" width="25.7109375" style="1" customWidth="1"/>
     <col min="8691" max="8691" width="10" style="1" customWidth="1"/>
-    <col min="8692" max="8941" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="8943" max="8943" width="13.7265625" style="1" customWidth="1"/>
+    <col min="8692" max="8941" width="9.140625" style="1"/>
+    <col min="8942" max="8942" width="5.5703125" style="1" customWidth="1"/>
+    <col min="8943" max="8943" width="13.7109375" style="1" customWidth="1"/>
     <col min="8944" max="8944" width="10" style="1" customWidth="1"/>
-    <col min="8945" max="8945" width="8.26953125" style="1" customWidth="1"/>
-    <col min="8946" max="8946" width="25.7265625" style="1" customWidth="1"/>
+    <col min="8945" max="8945" width="8.28515625" style="1" customWidth="1"/>
+    <col min="8946" max="8946" width="25.7109375" style="1" customWidth="1"/>
     <col min="8947" max="8947" width="10" style="1" customWidth="1"/>
-    <col min="8948" max="9197" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="9199" max="9199" width="13.7265625" style="1" customWidth="1"/>
+    <col min="8948" max="9197" width="9.140625" style="1"/>
+    <col min="9198" max="9198" width="5.5703125" style="1" customWidth="1"/>
+    <col min="9199" max="9199" width="13.7109375" style="1" customWidth="1"/>
     <col min="9200" max="9200" width="10" style="1" customWidth="1"/>
-    <col min="9201" max="9201" width="8.26953125" style="1" customWidth="1"/>
-    <col min="9202" max="9202" width="25.7265625" style="1" customWidth="1"/>
+    <col min="9201" max="9201" width="8.28515625" style="1" customWidth="1"/>
+    <col min="9202" max="9202" width="25.7109375" style="1" customWidth="1"/>
     <col min="9203" max="9203" width="10" style="1" customWidth="1"/>
-    <col min="9204" max="9453" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="9455" max="9455" width="13.7265625" style="1" customWidth="1"/>
+    <col min="9204" max="9453" width="9.140625" style="1"/>
+    <col min="9454" max="9454" width="5.5703125" style="1" customWidth="1"/>
+    <col min="9455" max="9455" width="13.7109375" style="1" customWidth="1"/>
     <col min="9456" max="9456" width="10" style="1" customWidth="1"/>
-    <col min="9457" max="9457" width="8.26953125" style="1" customWidth="1"/>
-    <col min="9458" max="9458" width="25.7265625" style="1" customWidth="1"/>
+    <col min="9457" max="9457" width="8.28515625" style="1" customWidth="1"/>
+    <col min="9458" max="9458" width="25.7109375" style="1" customWidth="1"/>
     <col min="9459" max="9459" width="10" style="1" customWidth="1"/>
-    <col min="9460" max="9709" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="9711" max="9711" width="13.7265625" style="1" customWidth="1"/>
+    <col min="9460" max="9709" width="9.140625" style="1"/>
+    <col min="9710" max="9710" width="5.5703125" style="1" customWidth="1"/>
+    <col min="9711" max="9711" width="13.7109375" style="1" customWidth="1"/>
     <col min="9712" max="9712" width="10" style="1" customWidth="1"/>
-    <col min="9713" max="9713" width="8.26953125" style="1" customWidth="1"/>
-    <col min="9714" max="9714" width="25.7265625" style="1" customWidth="1"/>
+    <col min="9713" max="9713" width="8.28515625" style="1" customWidth="1"/>
+    <col min="9714" max="9714" width="25.7109375" style="1" customWidth="1"/>
     <col min="9715" max="9715" width="10" style="1" customWidth="1"/>
-    <col min="9716" max="9965" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="9967" max="9967" width="13.7265625" style="1" customWidth="1"/>
+    <col min="9716" max="9965" width="9.140625" style="1"/>
+    <col min="9966" max="9966" width="5.5703125" style="1" customWidth="1"/>
+    <col min="9967" max="9967" width="13.7109375" style="1" customWidth="1"/>
     <col min="9968" max="9968" width="10" style="1" customWidth="1"/>
-    <col min="9969" max="9969" width="8.26953125" style="1" customWidth="1"/>
-    <col min="9970" max="9970" width="25.7265625" style="1" customWidth="1"/>
+    <col min="9969" max="9969" width="8.28515625" style="1" customWidth="1"/>
+    <col min="9970" max="9970" width="25.7109375" style="1" customWidth="1"/>
     <col min="9971" max="9971" width="10" style="1" customWidth="1"/>
-    <col min="9972" max="10221" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="10223" max="10223" width="13.7265625" style="1" customWidth="1"/>
+    <col min="9972" max="10221" width="9.140625" style="1"/>
+    <col min="10222" max="10222" width="5.5703125" style="1" customWidth="1"/>
+    <col min="10223" max="10223" width="13.7109375" style="1" customWidth="1"/>
     <col min="10224" max="10224" width="10" style="1" customWidth="1"/>
-    <col min="10225" max="10225" width="8.26953125" style="1" customWidth="1"/>
-    <col min="10226" max="10226" width="25.7265625" style="1" customWidth="1"/>
+    <col min="10225" max="10225" width="8.28515625" style="1" customWidth="1"/>
+    <col min="10226" max="10226" width="25.7109375" style="1" customWidth="1"/>
     <col min="10227" max="10227" width="10" style="1" customWidth="1"/>
-    <col min="10228" max="10477" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="10479" max="10479" width="13.7265625" style="1" customWidth="1"/>
+    <col min="10228" max="10477" width="9.140625" style="1"/>
+    <col min="10478" max="10478" width="5.5703125" style="1" customWidth="1"/>
+    <col min="10479" max="10479" width="13.7109375" style="1" customWidth="1"/>
     <col min="10480" max="10480" width="10" style="1" customWidth="1"/>
-    <col min="10481" max="10481" width="8.26953125" style="1" customWidth="1"/>
-    <col min="10482" max="10482" width="25.7265625" style="1" customWidth="1"/>
+    <col min="10481" max="10481" width="8.28515625" style="1" customWidth="1"/>
+    <col min="10482" max="10482" width="25.7109375" style="1" customWidth="1"/>
     <col min="10483" max="10483" width="10" style="1" customWidth="1"/>
-    <col min="10484" max="10733" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="10735" max="10735" width="13.7265625" style="1" customWidth="1"/>
+    <col min="10484" max="10733" width="9.140625" style="1"/>
+    <col min="10734" max="10734" width="5.5703125" style="1" customWidth="1"/>
+    <col min="10735" max="10735" width="13.7109375" style="1" customWidth="1"/>
     <col min="10736" max="10736" width="10" style="1" customWidth="1"/>
-    <col min="10737" max="10737" width="8.26953125" style="1" customWidth="1"/>
-    <col min="10738" max="10738" width="25.7265625" style="1" customWidth="1"/>
+    <col min="10737" max="10737" width="8.28515625" style="1" customWidth="1"/>
+    <col min="10738" max="10738" width="25.7109375" style="1" customWidth="1"/>
     <col min="10739" max="10739" width="10" style="1" customWidth="1"/>
-    <col min="10740" max="10989" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="10991" max="10991" width="13.7265625" style="1" customWidth="1"/>
+    <col min="10740" max="10989" width="9.140625" style="1"/>
+    <col min="10990" max="10990" width="5.5703125" style="1" customWidth="1"/>
+    <col min="10991" max="10991" width="13.7109375" style="1" customWidth="1"/>
     <col min="10992" max="10992" width="10" style="1" customWidth="1"/>
-    <col min="10993" max="10993" width="8.26953125" style="1" customWidth="1"/>
-    <col min="10994" max="10994" width="25.7265625" style="1" customWidth="1"/>
+    <col min="10993" max="10993" width="8.28515625" style="1" customWidth="1"/>
+    <col min="10994" max="10994" width="25.7109375" style="1" customWidth="1"/>
     <col min="10995" max="10995" width="10" style="1" customWidth="1"/>
-    <col min="10996" max="11245" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="11247" max="11247" width="13.7265625" style="1" customWidth="1"/>
+    <col min="10996" max="11245" width="9.140625" style="1"/>
+    <col min="11246" max="11246" width="5.5703125" style="1" customWidth="1"/>
+    <col min="11247" max="11247" width="13.7109375" style="1" customWidth="1"/>
     <col min="11248" max="11248" width="10" style="1" customWidth="1"/>
-    <col min="11249" max="11249" width="8.26953125" style="1" customWidth="1"/>
-    <col min="11250" max="11250" width="25.7265625" style="1" customWidth="1"/>
+    <col min="11249" max="11249" width="8.28515625" style="1" customWidth="1"/>
+    <col min="11250" max="11250" width="25.7109375" style="1" customWidth="1"/>
     <col min="11251" max="11251" width="10" style="1" customWidth="1"/>
-    <col min="11252" max="11501" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="11503" max="11503" width="13.7265625" style="1" customWidth="1"/>
+    <col min="11252" max="11501" width="9.140625" style="1"/>
+    <col min="11502" max="11502" width="5.5703125" style="1" customWidth="1"/>
+    <col min="11503" max="11503" width="13.7109375" style="1" customWidth="1"/>
     <col min="11504" max="11504" width="10" style="1" customWidth="1"/>
-    <col min="11505" max="11505" width="8.26953125" style="1" customWidth="1"/>
-    <col min="11506" max="11506" width="25.7265625" style="1" customWidth="1"/>
+    <col min="11505" max="11505" width="8.28515625" style="1" customWidth="1"/>
+    <col min="11506" max="11506" width="25.7109375" style="1" customWidth="1"/>
     <col min="11507" max="11507" width="10" style="1" customWidth="1"/>
-    <col min="11508" max="11757" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="11759" max="11759" width="13.7265625" style="1" customWidth="1"/>
+    <col min="11508" max="11757" width="9.140625" style="1"/>
+    <col min="11758" max="11758" width="5.5703125" style="1" customWidth="1"/>
+    <col min="11759" max="11759" width="13.7109375" style="1" customWidth="1"/>
     <col min="11760" max="11760" width="10" style="1" customWidth="1"/>
-    <col min="11761" max="11761" width="8.26953125" style="1" customWidth="1"/>
-    <col min="11762" max="11762" width="25.7265625" style="1" customWidth="1"/>
+    <col min="11761" max="11761" width="8.28515625" style="1" customWidth="1"/>
+    <col min="11762" max="11762" width="25.7109375" style="1" customWidth="1"/>
     <col min="11763" max="11763" width="10" style="1" customWidth="1"/>
-    <col min="11764" max="12013" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="12015" max="12015" width="13.7265625" style="1" customWidth="1"/>
+    <col min="11764" max="12013" width="9.140625" style="1"/>
+    <col min="12014" max="12014" width="5.5703125" style="1" customWidth="1"/>
+    <col min="12015" max="12015" width="13.7109375" style="1" customWidth="1"/>
     <col min="12016" max="12016" width="10" style="1" customWidth="1"/>
-    <col min="12017" max="12017" width="8.26953125" style="1" customWidth="1"/>
-    <col min="12018" max="12018" width="25.7265625" style="1" customWidth="1"/>
+    <col min="12017" max="12017" width="8.28515625" style="1" customWidth="1"/>
+    <col min="12018" max="12018" width="25.7109375" style="1" customWidth="1"/>
     <col min="12019" max="12019" width="10" style="1" customWidth="1"/>
-    <col min="12020" max="12269" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="12271" max="12271" width="13.7265625" style="1" customWidth="1"/>
+    <col min="12020" max="12269" width="9.140625" style="1"/>
+    <col min="12270" max="12270" width="5.5703125" style="1" customWidth="1"/>
+    <col min="12271" max="12271" width="13.7109375" style="1" customWidth="1"/>
     <col min="12272" max="12272" width="10" style="1" customWidth="1"/>
-    <col min="12273" max="12273" width="8.26953125" style="1" customWidth="1"/>
-    <col min="12274" max="12274" width="25.7265625" style="1" customWidth="1"/>
+    <col min="12273" max="12273" width="8.28515625" style="1" customWidth="1"/>
+    <col min="12274" max="12274" width="25.7109375" style="1" customWidth="1"/>
     <col min="12275" max="12275" width="10" style="1" customWidth="1"/>
-    <col min="12276" max="12525" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="12527" max="12527" width="13.7265625" style="1" customWidth="1"/>
+    <col min="12276" max="12525" width="9.140625" style="1"/>
+    <col min="12526" max="12526" width="5.5703125" style="1" customWidth="1"/>
+    <col min="12527" max="12527" width="13.7109375" style="1" customWidth="1"/>
     <col min="12528" max="12528" width="10" style="1" customWidth="1"/>
-    <col min="12529" max="12529" width="8.26953125" style="1" customWidth="1"/>
-    <col min="12530" max="12530" width="25.7265625" style="1" customWidth="1"/>
+    <col min="12529" max="12529" width="8.28515625" style="1" customWidth="1"/>
+    <col min="12530" max="12530" width="25.7109375" style="1" customWidth="1"/>
     <col min="12531" max="12531" width="10" style="1" customWidth="1"/>
-    <col min="12532" max="12781" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="12783" max="12783" width="13.7265625" style="1" customWidth="1"/>
+    <col min="12532" max="12781" width="9.140625" style="1"/>
+    <col min="12782" max="12782" width="5.5703125" style="1" customWidth="1"/>
+    <col min="12783" max="12783" width="13.7109375" style="1" customWidth="1"/>
     <col min="12784" max="12784" width="10" style="1" customWidth="1"/>
-    <col min="12785" max="12785" width="8.26953125" style="1" customWidth="1"/>
-    <col min="12786" max="12786" width="25.7265625" style="1" customWidth="1"/>
+    <col min="12785" max="12785" width="8.28515625" style="1" customWidth="1"/>
+    <col min="12786" max="12786" width="25.7109375" style="1" customWidth="1"/>
     <col min="12787" max="12787" width="10" style="1" customWidth="1"/>
-    <col min="12788" max="13037" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="13039" max="13039" width="13.7265625" style="1" customWidth="1"/>
+    <col min="12788" max="13037" width="9.140625" style="1"/>
+    <col min="13038" max="13038" width="5.5703125" style="1" customWidth="1"/>
+    <col min="13039" max="13039" width="13.7109375" style="1" customWidth="1"/>
     <col min="13040" max="13040" width="10" style="1" customWidth="1"/>
-    <col min="13041" max="13041" width="8.26953125" style="1" customWidth="1"/>
-    <col min="13042" max="13042" width="25.7265625" style="1" customWidth="1"/>
+    <col min="13041" max="13041" width="8.28515625" style="1" customWidth="1"/>
+    <col min="13042" max="13042" width="25.7109375" style="1" customWidth="1"/>
     <col min="13043" max="13043" width="10" style="1" customWidth="1"/>
-    <col min="13044" max="13293" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="13295" max="13295" width="13.7265625" style="1" customWidth="1"/>
+    <col min="13044" max="13293" width="9.140625" style="1"/>
+    <col min="13294" max="13294" width="5.5703125" style="1" customWidth="1"/>
+    <col min="13295" max="13295" width="13.7109375" style="1" customWidth="1"/>
     <col min="13296" max="13296" width="10" style="1" customWidth="1"/>
-    <col min="13297" max="13297" width="8.26953125" style="1" customWidth="1"/>
-    <col min="13298" max="13298" width="25.7265625" style="1" customWidth="1"/>
+    <col min="13297" max="13297" width="8.28515625" style="1" customWidth="1"/>
+    <col min="13298" max="13298" width="25.7109375" style="1" customWidth="1"/>
     <col min="13299" max="13299" width="10" style="1" customWidth="1"/>
-    <col min="13300" max="13549" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="13551" max="13551" width="13.7265625" style="1" customWidth="1"/>
+    <col min="13300" max="13549" width="9.140625" style="1"/>
+    <col min="13550" max="13550" width="5.5703125" style="1" customWidth="1"/>
+    <col min="13551" max="13551" width="13.7109375" style="1" customWidth="1"/>
     <col min="13552" max="13552" width="10" style="1" customWidth="1"/>
-    <col min="13553" max="13553" width="8.26953125" style="1" customWidth="1"/>
-    <col min="13554" max="13554" width="25.7265625" style="1" customWidth="1"/>
+    <col min="13553" max="13553" width="8.28515625" style="1" customWidth="1"/>
+    <col min="13554" max="13554" width="25.7109375" style="1" customWidth="1"/>
     <col min="13555" max="13555" width="10" style="1" customWidth="1"/>
-    <col min="13556" max="13805" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="13807" max="13807" width="13.7265625" style="1" customWidth="1"/>
+    <col min="13556" max="13805" width="9.140625" style="1"/>
+    <col min="13806" max="13806" width="5.5703125" style="1" customWidth="1"/>
+    <col min="13807" max="13807" width="13.7109375" style="1" customWidth="1"/>
     <col min="13808" max="13808" width="10" style="1" customWidth="1"/>
-    <col min="13809" max="13809" width="8.26953125" style="1" customWidth="1"/>
-    <col min="13810" max="13810" width="25.7265625" style="1" customWidth="1"/>
+    <col min="13809" max="13809" width="8.28515625" style="1" customWidth="1"/>
+    <col min="13810" max="13810" width="25.7109375" style="1" customWidth="1"/>
     <col min="13811" max="13811" width="10" style="1" customWidth="1"/>
-    <col min="13812" max="14061" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="14063" max="14063" width="13.7265625" style="1" customWidth="1"/>
+    <col min="13812" max="14061" width="9.140625" style="1"/>
+    <col min="14062" max="14062" width="5.5703125" style="1" customWidth="1"/>
+    <col min="14063" max="14063" width="13.7109375" style="1" customWidth="1"/>
     <col min="14064" max="14064" width="10" style="1" customWidth="1"/>
-    <col min="14065" max="14065" width="8.26953125" style="1" customWidth="1"/>
-    <col min="14066" max="14066" width="25.7265625" style="1" customWidth="1"/>
+    <col min="14065" max="14065" width="8.28515625" style="1" customWidth="1"/>
+    <col min="14066" max="14066" width="25.7109375" style="1" customWidth="1"/>
     <col min="14067" max="14067" width="10" style="1" customWidth="1"/>
-    <col min="14068" max="14317" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="14319" max="14319" width="13.7265625" style="1" customWidth="1"/>
+    <col min="14068" max="14317" width="9.140625" style="1"/>
+    <col min="14318" max="14318" width="5.5703125" style="1" customWidth="1"/>
+    <col min="14319" max="14319" width="13.7109375" style="1" customWidth="1"/>
     <col min="14320" max="14320" width="10" style="1" customWidth="1"/>
-    <col min="14321" max="14321" width="8.26953125" style="1" customWidth="1"/>
-    <col min="14322" max="14322" width="25.7265625" style="1" customWidth="1"/>
+    <col min="14321" max="14321" width="8.28515625" style="1" customWidth="1"/>
+    <col min="14322" max="14322" width="25.7109375" style="1" customWidth="1"/>
     <col min="14323" max="14323" width="10" style="1" customWidth="1"/>
-    <col min="14324" max="14573" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="14575" max="14575" width="13.7265625" style="1" customWidth="1"/>
+    <col min="14324" max="14573" width="9.140625" style="1"/>
+    <col min="14574" max="14574" width="5.5703125" style="1" customWidth="1"/>
+    <col min="14575" max="14575" width="13.7109375" style="1" customWidth="1"/>
     <col min="14576" max="14576" width="10" style="1" customWidth="1"/>
-    <col min="14577" max="14577" width="8.26953125" style="1" customWidth="1"/>
-    <col min="14578" max="14578" width="25.7265625" style="1" customWidth="1"/>
+    <col min="14577" max="14577" width="8.28515625" style="1" customWidth="1"/>
+    <col min="14578" max="14578" width="25.7109375" style="1" customWidth="1"/>
     <col min="14579" max="14579" width="10" style="1" customWidth="1"/>
-    <col min="14580" max="14829" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="14831" max="14831" width="13.7265625" style="1" customWidth="1"/>
+    <col min="14580" max="14829" width="9.140625" style="1"/>
+    <col min="14830" max="14830" width="5.5703125" style="1" customWidth="1"/>
+    <col min="14831" max="14831" width="13.7109375" style="1" customWidth="1"/>
     <col min="14832" max="14832" width="10" style="1" customWidth="1"/>
-    <col min="14833" max="14833" width="8.26953125" style="1" customWidth="1"/>
-    <col min="14834" max="14834" width="25.7265625" style="1" customWidth="1"/>
+    <col min="14833" max="14833" width="8.28515625" style="1" customWidth="1"/>
+    <col min="14834" max="14834" width="25.7109375" style="1" customWidth="1"/>
     <col min="14835" max="14835" width="10" style="1" customWidth="1"/>
-    <col min="14836" max="15085" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="15087" max="15087" width="13.7265625" style="1" customWidth="1"/>
+    <col min="14836" max="15085" width="9.140625" style="1"/>
+    <col min="15086" max="15086" width="5.5703125" style="1" customWidth="1"/>
+    <col min="15087" max="15087" width="13.7109375" style="1" customWidth="1"/>
     <col min="15088" max="15088" width="10" style="1" customWidth="1"/>
-    <col min="15089" max="15089" width="8.26953125" style="1" customWidth="1"/>
-    <col min="15090" max="15090" width="25.7265625" style="1" customWidth="1"/>
+    <col min="15089" max="15089" width="8.28515625" style="1" customWidth="1"/>
+    <col min="15090" max="15090" width="25.7109375" style="1" customWidth="1"/>
     <col min="15091" max="15091" width="10" style="1" customWidth="1"/>
-    <col min="15092" max="15341" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="15343" max="15343" width="13.7265625" style="1" customWidth="1"/>
+    <col min="15092" max="15341" width="9.140625" style="1"/>
+    <col min="15342" max="15342" width="5.5703125" style="1" customWidth="1"/>
+    <col min="15343" max="15343" width="13.7109375" style="1" customWidth="1"/>
     <col min="15344" max="15344" width="10" style="1" customWidth="1"/>
-    <col min="15345" max="15345" width="8.26953125" style="1" customWidth="1"/>
-    <col min="15346" max="15346" width="25.7265625" style="1" customWidth="1"/>
+    <col min="15345" max="15345" width="8.28515625" style="1" customWidth="1"/>
+    <col min="15346" max="15346" width="25.7109375" style="1" customWidth="1"/>
     <col min="15347" max="15347" width="10" style="1" customWidth="1"/>
-    <col min="15348" max="15597" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="15599" max="15599" width="13.7265625" style="1" customWidth="1"/>
+    <col min="15348" max="15597" width="9.140625" style="1"/>
+    <col min="15598" max="15598" width="5.5703125" style="1" customWidth="1"/>
+    <col min="15599" max="15599" width="13.7109375" style="1" customWidth="1"/>
     <col min="15600" max="15600" width="10" style="1" customWidth="1"/>
-    <col min="15601" max="15601" width="8.26953125" style="1" customWidth="1"/>
-    <col min="15602" max="15602" width="25.7265625" style="1" customWidth="1"/>
+    <col min="15601" max="15601" width="8.28515625" style="1" customWidth="1"/>
+    <col min="15602" max="15602" width="25.7109375" style="1" customWidth="1"/>
     <col min="15603" max="15603" width="10" style="1" customWidth="1"/>
-    <col min="15604" max="15853" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="15855" max="15855" width="13.7265625" style="1" customWidth="1"/>
+    <col min="15604" max="15853" width="9.140625" style="1"/>
+    <col min="15854" max="15854" width="5.5703125" style="1" customWidth="1"/>
+    <col min="15855" max="15855" width="13.7109375" style="1" customWidth="1"/>
     <col min="15856" max="15856" width="10" style="1" customWidth="1"/>
-    <col min="15857" max="15857" width="8.26953125" style="1" customWidth="1"/>
-    <col min="15858" max="15858" width="25.7265625" style="1" customWidth="1"/>
+    <col min="15857" max="15857" width="8.28515625" style="1" customWidth="1"/>
+    <col min="15858" max="15858" width="25.7109375" style="1" customWidth="1"/>
     <col min="15859" max="15859" width="10" style="1" customWidth="1"/>
-    <col min="15860" max="16109" width="9.1796875" style="1"/>
-[...1 lines deleted...]
-    <col min="16111" max="16111" width="13.7265625" style="1" customWidth="1"/>
+    <col min="15860" max="16109" width="9.140625" style="1"/>
+    <col min="16110" max="16110" width="5.5703125" style="1" customWidth="1"/>
+    <col min="16111" max="16111" width="13.7109375" style="1" customWidth="1"/>
     <col min="16112" max="16112" width="10" style="1" customWidth="1"/>
-    <col min="16113" max="16113" width="8.26953125" style="1" customWidth="1"/>
-    <col min="16114" max="16114" width="25.7265625" style="1" customWidth="1"/>
+    <col min="16113" max="16113" width="8.28515625" style="1" customWidth="1"/>
+    <col min="16114" max="16114" width="25.7109375" style="1" customWidth="1"/>
     <col min="16115" max="16115" width="10" style="1" customWidth="1"/>
-    <col min="16116" max="16384" width="9.1796875" style="1"/>
+    <col min="16116" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" s="124" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:16" s="124" customFormat="1">
       <c r="A1" s="123" t="s">
-        <v>207</v>
+        <v>109</v>
       </c>
       <c r="B1" s="123" t="s">
-        <v>208</v>
+        <v>110</v>
       </c>
       <c r="C1" s="123" t="s">
-        <v>209</v>
+        <v>111</v>
       </c>
       <c r="D1" s="123" t="s">
-        <v>210</v>
+        <v>112</v>
       </c>
       <c r="E1" s="123" t="s">
-        <v>211</v>
+        <v>113</v>
       </c>
       <c r="F1" s="123" t="s">
-        <v>212</v>
+        <v>114</v>
       </c>
       <c r="G1" s="123" t="s">
-        <v>213</v>
+        <v>115</v>
       </c>
       <c r="H1" s="123" t="s">
-        <v>214</v>
+        <v>116</v>
       </c>
       <c r="I1" s="123" t="s">
-        <v>215</v>
+        <v>117</v>
       </c>
       <c r="J1" s="123" t="s">
-        <v>216</v>
+        <v>118</v>
       </c>
       <c r="K1" s="123" t="s">
-        <v>217</v>
+        <v>119</v>
       </c>
       <c r="L1" s="123" t="s">
-        <v>218</v>
+        <v>120</v>
       </c>
       <c r="M1" s="123" t="s">
-        <v>219</v>
+        <v>121</v>
       </c>
       <c r="N1" s="123" t="s">
-        <v>220</v>
+        <v>122</v>
       </c>
       <c r="O1" s="124" t="s">
-        <v>221</v>
+        <v>123</v>
       </c>
       <c r="P1" s="136"/>
     </row>
-    <row r="2" spans="1:16" ht="17.5" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:16" ht="17.45">
       <c r="A2" s="124">
         <f>'Income Statement'!G5</f>
         <v>0</v>
       </c>
       <c r="B2" s="2" t="s">
-        <v>7</v>
+        <v>63</v>
       </c>
       <c r="C2" s="3"/>
       <c r="M2" s="123" t="str">
         <f>'Guidance &amp; Glossary'!B4</f>
-        <v xml:space="preserve"> v1.0</v>
+        <v xml:space="preserve"> v1.1</v>
       </c>
       <c r="O2" s="124" t="str">
         <f>'Income Statement'!O2</f>
         <v>Single</v>
       </c>
       <c r="P2" s="29"/>
     </row>
-    <row r="3" spans="1:16" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:16">
       <c r="B3" s="15" t="str">
         <f>"Currency: "&amp;IF($G$5="","GBP",$G$5)</f>
         <v>Currency: GBP</v>
       </c>
       <c r="C3" s="3"/>
       <c r="P3" s="29"/>
     </row>
-    <row r="4" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:16" ht="12.75" customHeight="1">
       <c r="B4" s="30" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16" ht="12.75" customHeight="1">
       <c r="B5" s="30" t="s">
-        <v>113</v>
+        <v>142</v>
       </c>
       <c r="G5" s="90" t="str">
         <f>IF('Income Statement'!G5="","",'Income Statement'!G5)</f>
         <v/>
       </c>
     </row>
-    <row r="6" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:16" ht="12.75" customHeight="1">
       <c r="B6" s="30"/>
     </row>
-    <row r="7" spans="1:16" ht="49.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:16" ht="49.5" customHeight="1">
       <c r="G7" s="51" t="s">
-        <v>50</v>
+        <v>126</v>
       </c>
       <c r="H7" s="51" t="s">
-        <v>51</v>
+        <v>127</v>
       </c>
       <c r="I7" s="52" t="s">
-        <v>52</v>
+        <v>128</v>
       </c>
       <c r="J7" s="51" t="s">
-        <v>53</v>
+        <v>129</v>
       </c>
       <c r="K7" s="51" t="s">
-        <v>54</v>
+        <v>130</v>
       </c>
       <c r="L7" s="51" t="s">
-        <v>55</v>
+        <v>131</v>
       </c>
       <c r="N7" s="108" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:16" ht="54" x14ac:dyDescent="0.3">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16" ht="54">
       <c r="B8" s="116" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="D8" s="143" t="str">
+        <v>143</v>
+      </c>
+      <c r="D8" s="144" t="str">
         <f>IF(OR(I8="[Please input year end date in Income Statement]",I8=""),"* ERROR: please enter a valid year end date in the Income Statement *","")</f>
         <v>* ERROR: please enter a valid year end date in the Income Statement *</v>
       </c>
-      <c r="E8" s="143"/>
-      <c r="F8" s="144"/>
+      <c r="E8" s="144"/>
+      <c r="F8" s="145"/>
       <c r="G8" s="91" t="str">
         <f>'Income Statement'!G8</f>
         <v>Fill in current financial year</v>
       </c>
       <c r="H8" s="91" t="str">
         <f>'Income Statement'!H8</f>
         <v>Fill in current financial year</v>
       </c>
       <c r="I8" s="91" t="str">
         <f>IF(OR('Income Statement'!I8="[Please input year end date here (DD/MM/YYYY)]",'Income Statement'!I8=""),"[Please input year end date in Income Statement]",'Income Statement'!I8)</f>
         <v>[Please input year end date in Income Statement]</v>
       </c>
       <c r="J8" s="91" t="str">
         <f>'Income Statement'!J8</f>
         <v>Fill in current financial year</v>
       </c>
       <c r="K8" s="91" t="str">
         <f>'Income Statement'!K8</f>
         <v>Fill in current financial year</v>
       </c>
       <c r="L8" s="91" t="str">
         <f>'Income Statement'!L8</f>
         <v>Fill in current financial year</v>
       </c>
       <c r="M8" s="127"/>
       <c r="N8" s="112" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:16" ht="12.65" customHeight="1" x14ac:dyDescent="0.3">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16" ht="12.6" customHeight="1">
       <c r="B9" s="3"/>
       <c r="G9" s="67"/>
       <c r="H9" s="67"/>
       <c r="I9" s="66"/>
       <c r="J9" s="66"/>
       <c r="K9" s="66"/>
       <c r="L9" s="66"/>
       <c r="M9" s="127"/>
       <c r="N9" s="66"/>
     </row>
-    <row r="10" spans="1:16" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:16">
       <c r="B10" s="4">
         <v>1</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>26</v>
+        <v>64</v>
       </c>
       <c r="G10" s="54"/>
       <c r="H10" s="54"/>
       <c r="I10" s="54"/>
       <c r="J10" s="54"/>
       <c r="K10" s="54"/>
       <c r="L10" s="54"/>
       <c r="M10" s="128"/>
       <c r="N10" s="109"/>
     </row>
-    <row r="11" spans="1:16" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:16">
       <c r="B11" s="4">
         <v>2</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>28</v>
+        <v>66</v>
       </c>
       <c r="G11" s="54"/>
       <c r="H11" s="54"/>
       <c r="I11" s="54"/>
       <c r="J11" s="54"/>
       <c r="K11" s="54"/>
       <c r="L11" s="54"/>
       <c r="M11" s="128"/>
       <c r="N11" s="110"/>
     </row>
-    <row r="12" spans="1:16" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:16">
       <c r="B12" s="4">
         <v>3</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>29</v>
+        <v>68</v>
       </c>
       <c r="G12" s="54"/>
       <c r="H12" s="54"/>
       <c r="I12" s="54"/>
       <c r="J12" s="54"/>
       <c r="K12" s="54"/>
       <c r="L12" s="54"/>
       <c r="M12" s="128"/>
       <c r="N12" s="110"/>
     </row>
-    <row r="13" spans="1:16" ht="14" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:16" ht="14.1" thickBot="1">
       <c r="B13" s="4">
         <v>4</v>
       </c>
       <c r="C13" s="3" t="s">
-        <v>60</v>
+        <v>144</v>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="3"/>
       <c r="F13" s="13"/>
       <c r="G13" s="69">
         <f>SUM(G10:G12)</f>
         <v>0</v>
       </c>
       <c r="H13" s="69">
         <f>SUM(H10:H12)</f>
         <v>0</v>
       </c>
       <c r="I13" s="69">
         <f t="shared" ref="I13:K13" si="0">SUM(I10:I12)</f>
         <v>0</v>
       </c>
       <c r="J13" s="69">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="K13" s="69">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L13" s="69">
         <f>SUM(L10:L12)</f>
         <v>0</v>
       </c>
       <c r="M13" s="129"/>
       <c r="N13" s="111"/>
     </row>
-    <row r="14" spans="1:16" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:16" ht="12.75" customHeight="1" thickTop="1">
       <c r="B14" s="4"/>
       <c r="G14" s="70"/>
       <c r="H14" s="70"/>
       <c r="I14" s="70"/>
       <c r="J14" s="70"/>
       <c r="K14" s="70"/>
       <c r="L14" s="70"/>
       <c r="M14" s="130"/>
       <c r="N14" s="66"/>
     </row>
-    <row r="15" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:16" ht="12.75" customHeight="1">
       <c r="B15" s="116" t="s">
-        <v>61</v>
+        <v>145</v>
       </c>
       <c r="G15" s="71"/>
       <c r="H15" s="71"/>
       <c r="I15" s="71"/>
       <c r="J15" s="71"/>
       <c r="K15" s="71"/>
       <c r="L15" s="71"/>
       <c r="M15" s="131"/>
       <c r="N15" s="66"/>
     </row>
-    <row r="16" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:16" ht="12.75" customHeight="1">
       <c r="B16" s="4"/>
       <c r="G16" s="71"/>
       <c r="H16" s="71"/>
       <c r="I16" s="71"/>
       <c r="J16" s="71"/>
       <c r="K16" s="71"/>
       <c r="L16" s="71"/>
       <c r="M16" s="131"/>
       <c r="N16" s="66"/>
     </row>
-    <row r="17" spans="1:15" s="29" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:15" s="29" customFormat="1">
       <c r="A17" s="136"/>
       <c r="B17" s="21">
         <v>5</v>
       </c>
       <c r="C17" s="29" t="s">
-        <v>148</v>
+        <v>70</v>
       </c>
       <c r="G17" s="60"/>
       <c r="H17" s="60"/>
       <c r="I17" s="60"/>
       <c r="J17" s="60"/>
       <c r="K17" s="60"/>
       <c r="L17" s="60"/>
       <c r="M17" s="132"/>
       <c r="N17" s="114"/>
       <c r="O17" s="136"/>
     </row>
-    <row r="18" spans="1:15" s="29" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:15" s="29" customFormat="1">
       <c r="A18" s="136"/>
       <c r="B18" s="21">
         <v>6</v>
       </c>
       <c r="C18" s="29" t="s">
-        <v>149</v>
+        <v>72</v>
       </c>
       <c r="G18" s="60"/>
       <c r="H18" s="60"/>
       <c r="I18" s="60"/>
       <c r="J18" s="60"/>
       <c r="K18" s="60"/>
       <c r="L18" s="60"/>
       <c r="M18" s="132"/>
       <c r="N18" s="114"/>
       <c r="O18" s="136"/>
     </row>
-    <row r="19" spans="1:15" s="29" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:15" s="29" customFormat="1">
       <c r="A19" s="136"/>
       <c r="B19" s="21">
         <v>7</v>
       </c>
       <c r="C19" s="29" t="s">
-        <v>140</v>
+        <v>74</v>
       </c>
       <c r="G19" s="60"/>
       <c r="H19" s="60"/>
       <c r="I19" s="60"/>
       <c r="J19" s="60"/>
       <c r="K19" s="60"/>
       <c r="L19" s="60"/>
       <c r="M19" s="132"/>
       <c r="N19" s="114"/>
       <c r="O19" s="136"/>
     </row>
-    <row r="20" spans="1:15" s="29" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:15" s="29" customFormat="1">
       <c r="A20" s="136"/>
       <c r="B20" s="21">
         <v>8</v>
       </c>
       <c r="C20" s="29" t="s">
-        <v>141</v>
+        <v>76</v>
       </c>
       <c r="G20" s="60"/>
       <c r="H20" s="60"/>
       <c r="I20" s="60"/>
       <c r="J20" s="60"/>
       <c r="K20" s="60"/>
       <c r="L20" s="60"/>
       <c r="M20" s="132"/>
       <c r="N20" s="114"/>
       <c r="O20" s="136"/>
     </row>
-    <row r="21" spans="1:15" s="29" customFormat="1" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:15" s="29" customFormat="1" ht="14.45" thickBot="1">
       <c r="A21" s="136"/>
       <c r="B21" s="21">
         <v>9</v>
       </c>
       <c r="C21" s="42" t="s">
-        <v>62</v>
+        <v>146</v>
       </c>
       <c r="D21" s="42"/>
       <c r="E21" s="42"/>
       <c r="F21" s="42"/>
       <c r="G21" s="73">
         <f t="shared" ref="G21:L21" si="1">SUM(G17:G20)</f>
         <v>0</v>
       </c>
       <c r="H21" s="73">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I21" s="73">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="J21" s="73">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="K21" s="73">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L21" s="73">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="M21" s="133"/>
       <c r="N21" s="115"/>
       <c r="O21" s="136"/>
     </row>
-    <row r="22" spans="1:15" s="29" customFormat="1" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:15" s="29" customFormat="1" ht="12.75" customHeight="1" thickTop="1">
       <c r="A22" s="136"/>
       <c r="B22" s="21"/>
       <c r="G22" s="74"/>
       <c r="H22" s="74"/>
       <c r="I22" s="74"/>
       <c r="J22" s="74"/>
       <c r="K22" s="74"/>
       <c r="L22" s="74"/>
       <c r="M22" s="133"/>
       <c r="N22" s="72"/>
       <c r="O22" s="136"/>
     </row>
-    <row r="23" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:15" ht="12.75" customHeight="1">
       <c r="B23" s="116" t="s">
-        <v>63</v>
+        <v>147</v>
       </c>
       <c r="G23" s="71"/>
       <c r="H23" s="71"/>
       <c r="I23" s="71"/>
       <c r="J23" s="71"/>
       <c r="K23" s="71"/>
       <c r="L23" s="71"/>
       <c r="M23" s="131"/>
       <c r="N23" s="66"/>
     </row>
-    <row r="24" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:15" ht="12.75" customHeight="1">
       <c r="B24" s="3"/>
       <c r="G24" s="71"/>
       <c r="H24" s="71"/>
       <c r="I24" s="71"/>
       <c r="J24" s="71"/>
       <c r="K24" s="71"/>
       <c r="L24" s="71"/>
       <c r="M24" s="131"/>
       <c r="N24" s="66"/>
     </row>
-    <row r="25" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:15">
       <c r="B25" s="4">
         <v>10</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>31</v>
+        <v>78</v>
       </c>
       <c r="G25" s="54"/>
       <c r="H25" s="54"/>
       <c r="I25" s="54"/>
       <c r="J25" s="54"/>
       <c r="K25" s="54"/>
       <c r="L25" s="54"/>
       <c r="M25" s="127"/>
       <c r="N25" s="110"/>
     </row>
-    <row r="26" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:15">
       <c r="B26" s="4">
         <v>11</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>143</v>
+        <v>80</v>
       </c>
       <c r="G26" s="54"/>
       <c r="H26" s="54"/>
       <c r="I26" s="54"/>
       <c r="J26" s="54"/>
       <c r="K26" s="54"/>
       <c r="L26" s="54"/>
       <c r="M26" s="127"/>
       <c r="N26" s="110"/>
     </row>
-    <row r="27" spans="1:15" s="29" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:15" s="29" customFormat="1">
       <c r="A27" s="136"/>
       <c r="B27" s="21">
         <v>12</v>
       </c>
       <c r="C27" s="29" t="s">
-        <v>142</v>
+        <v>82</v>
       </c>
       <c r="G27" s="60"/>
       <c r="H27" s="60"/>
       <c r="I27" s="60"/>
       <c r="J27" s="60"/>
       <c r="K27" s="60"/>
       <c r="L27" s="60"/>
       <c r="M27" s="134"/>
       <c r="N27" s="114"/>
       <c r="O27" s="136"/>
     </row>
-    <row r="28" spans="1:15" s="29" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:15" s="29" customFormat="1">
       <c r="A28" s="136"/>
       <c r="B28" s="21">
         <v>13</v>
       </c>
       <c r="C28" s="29" t="s">
-        <v>144</v>
+        <v>84</v>
       </c>
       <c r="G28" s="60"/>
       <c r="H28" s="60"/>
       <c r="I28" s="60"/>
       <c r="J28" s="60"/>
       <c r="K28" s="60"/>
       <c r="L28" s="60"/>
       <c r="M28" s="134"/>
       <c r="N28" s="114"/>
       <c r="O28" s="136"/>
     </row>
-    <row r="29" spans="1:15" s="29" customFormat="1" ht="14" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:15" s="29" customFormat="1" ht="14.1" thickBot="1">
       <c r="A29" s="136"/>
       <c r="B29" s="21">
         <v>14</v>
       </c>
       <c r="C29" s="42" t="s">
-        <v>64</v>
+        <v>148</v>
       </c>
       <c r="G29" s="73">
         <f t="shared" ref="G29:L29" si="2">SUM(G25:G28)</f>
         <v>0</v>
       </c>
       <c r="H29" s="73">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="I29" s="73">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="J29" s="73">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K29" s="73">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="L29" s="73">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M29" s="133"/>
       <c r="N29" s="115"/>
       <c r="O29" s="136"/>
     </row>
-    <row r="30" spans="1:15" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:15" ht="12.75" customHeight="1" thickTop="1">
       <c r="B30" s="4"/>
       <c r="G30" s="66"/>
       <c r="H30" s="66"/>
       <c r="I30" s="66"/>
       <c r="J30" s="66"/>
       <c r="K30" s="66"/>
       <c r="L30" s="66"/>
       <c r="M30" s="127"/>
       <c r="N30" s="66"/>
     </row>
-    <row r="31" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:15">
       <c r="B31" s="21">
         <v>15</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>65</v>
+        <v>149</v>
       </c>
       <c r="G31" s="55">
         <f>G21-G29</f>
         <v>0</v>
       </c>
       <c r="H31" s="55">
         <f t="shared" ref="H31:L31" si="3">H21-H29</f>
         <v>0</v>
       </c>
       <c r="I31" s="55">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J31" s="55">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="K31" s="55">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="L31" s="55">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="M31" s="127"/>
       <c r="N31" s="110"/>
     </row>
-    <row r="32" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:15" ht="12.75" customHeight="1">
       <c r="B32" s="4"/>
       <c r="G32" s="70"/>
       <c r="H32" s="70"/>
       <c r="I32" s="70"/>
       <c r="J32" s="70"/>
       <c r="K32" s="70"/>
       <c r="L32" s="70"/>
       <c r="M32" s="130"/>
       <c r="N32" s="66"/>
     </row>
-    <row r="33" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:15" ht="12.75" customHeight="1">
       <c r="B33" s="116" t="s">
-        <v>66</v>
+        <v>150</v>
       </c>
       <c r="G33" s="71"/>
       <c r="H33" s="71"/>
       <c r="I33" s="71"/>
       <c r="J33" s="71"/>
       <c r="K33" s="71"/>
       <c r="L33" s="71"/>
       <c r="M33" s="131"/>
       <c r="N33" s="66"/>
     </row>
-    <row r="34" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:15" ht="12.75" customHeight="1">
       <c r="B34" s="3"/>
       <c r="G34" s="71"/>
       <c r="H34" s="71"/>
       <c r="I34" s="71"/>
       <c r="J34" s="71"/>
       <c r="K34" s="71"/>
       <c r="L34" s="71"/>
       <c r="M34" s="131"/>
       <c r="N34" s="66"/>
     </row>
-    <row r="35" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:15">
       <c r="B35" s="4">
         <v>16</v>
       </c>
       <c r="C35" s="29" t="s">
-        <v>142</v>
+        <v>82</v>
       </c>
       <c r="G35" s="54"/>
       <c r="H35" s="54"/>
       <c r="I35" s="54"/>
       <c r="J35" s="54"/>
       <c r="K35" s="54"/>
       <c r="L35" s="54"/>
       <c r="M35" s="127"/>
       <c r="N35" s="110"/>
     </row>
-    <row r="36" spans="1:15" s="29" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:15" s="29" customFormat="1">
       <c r="A36" s="136"/>
       <c r="B36" s="21">
         <v>17</v>
       </c>
       <c r="C36" s="29" t="s">
-        <v>146</v>
+        <v>87</v>
       </c>
       <c r="G36" s="60"/>
       <c r="H36" s="60"/>
       <c r="I36" s="60"/>
       <c r="J36" s="60"/>
       <c r="K36" s="60"/>
       <c r="L36" s="60"/>
       <c r="M36" s="134"/>
       <c r="N36" s="114"/>
       <c r="O36" s="136"/>
     </row>
-    <row r="37" spans="1:15" s="29" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:15" s="29" customFormat="1">
       <c r="A37" s="136"/>
       <c r="B37" s="21">
         <v>18</v>
       </c>
       <c r="C37" s="29" t="s">
-        <v>145</v>
+        <v>89</v>
       </c>
       <c r="G37" s="60"/>
       <c r="H37" s="60"/>
       <c r="I37" s="60"/>
       <c r="J37" s="60"/>
       <c r="K37" s="60"/>
       <c r="L37" s="60"/>
       <c r="M37" s="134"/>
       <c r="N37" s="114"/>
       <c r="O37" s="136"/>
     </row>
-    <row r="38" spans="1:15" s="29" customFormat="1" ht="14" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:15" s="29" customFormat="1" ht="14.1" thickBot="1">
       <c r="A38" s="136"/>
       <c r="B38" s="21">
         <v>19</v>
       </c>
       <c r="C38" s="42" t="s">
-        <v>67</v>
+        <v>151</v>
       </c>
       <c r="G38" s="73">
         <f t="shared" ref="G38:L38" si="4">SUM(G35:G37)</f>
         <v>0</v>
       </c>
       <c r="H38" s="73">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="I38" s="73">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="J38" s="73">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="K38" s="73">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="L38" s="73">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="M38" s="133"/>
       <c r="N38" s="115"/>
       <c r="O38" s="136"/>
     </row>
-    <row r="39" spans="1:15" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:15" ht="12.75" customHeight="1" thickTop="1">
       <c r="B39" s="4"/>
       <c r="G39" s="66"/>
       <c r="H39" s="66"/>
       <c r="I39" s="66"/>
       <c r="J39" s="66"/>
       <c r="K39" s="66"/>
       <c r="L39" s="66"/>
       <c r="M39" s="127"/>
       <c r="N39" s="66"/>
     </row>
-    <row r="40" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:15">
       <c r="B40" s="21">
         <v>20</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>68</v>
+        <v>152</v>
       </c>
       <c r="G40" s="55">
         <f t="shared" ref="G40:L40" si="5">G13+G21-G29-G38</f>
         <v>0</v>
       </c>
       <c r="H40" s="55">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="I40" s="55">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="J40" s="55">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="K40" s="55">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="L40" s="55">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="M40" s="127"/>
       <c r="N40" s="110"/>
     </row>
-    <row r="41" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:15" ht="12.75" customHeight="1">
       <c r="B41" s="4"/>
       <c r="C41" s="5"/>
       <c r="G41" s="70"/>
       <c r="H41" s="70"/>
       <c r="I41" s="70"/>
       <c r="J41" s="70"/>
       <c r="K41" s="70"/>
       <c r="L41" s="70"/>
       <c r="M41" s="130"/>
       <c r="N41" s="66"/>
     </row>
-    <row r="42" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="42" spans="1:15" ht="12.75" customHeight="1">
       <c r="B42" s="7" t="s">
-        <v>69</v>
+        <v>153</v>
       </c>
       <c r="C42" s="8"/>
       <c r="D42" s="8"/>
       <c r="E42" s="8"/>
       <c r="F42" s="8"/>
       <c r="G42" s="62"/>
       <c r="H42" s="62"/>
       <c r="I42" s="62"/>
       <c r="J42" s="62"/>
       <c r="K42" s="62"/>
       <c r="L42" s="62"/>
       <c r="M42" s="62"/>
       <c r="N42" s="63"/>
     </row>
-    <row r="43" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:15" ht="12.75" customHeight="1">
       <c r="B43" s="9"/>
       <c r="C43" s="10"/>
       <c r="D43" s="11"/>
       <c r="E43" s="10"/>
       <c r="F43" s="10"/>
       <c r="G43" s="75"/>
       <c r="H43" s="75"/>
       <c r="I43" s="75"/>
       <c r="J43" s="75"/>
       <c r="K43" s="75"/>
       <c r="L43" s="75"/>
       <c r="M43" s="75"/>
       <c r="N43" s="63"/>
     </row>
-    <row r="44" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:15" ht="12.75" customHeight="1">
       <c r="B44" s="4"/>
       <c r="C44" s="5"/>
       <c r="G44" s="70"/>
       <c r="H44" s="70"/>
       <c r="I44" s="70"/>
       <c r="J44" s="70"/>
       <c r="K44" s="70"/>
       <c r="L44" s="70"/>
       <c r="M44" s="130"/>
       <c r="N44" s="66"/>
     </row>
-    <row r="45" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="45" spans="1:15">
       <c r="B45" s="4">
         <v>21</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>147</v>
+        <v>91</v>
       </c>
       <c r="G45" s="54"/>
       <c r="H45" s="54"/>
       <c r="I45" s="54"/>
       <c r="J45" s="54"/>
       <c r="K45" s="54"/>
       <c r="L45" s="54"/>
       <c r="M45" s="127"/>
       <c r="N45" s="110"/>
     </row>
-    <row r="46" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:15">
       <c r="B46" s="4">
         <v>22</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>34</v>
+        <v>93</v>
       </c>
       <c r="G46" s="54"/>
       <c r="H46" s="54"/>
       <c r="I46" s="54"/>
       <c r="J46" s="54"/>
       <c r="K46" s="54"/>
       <c r="L46" s="54"/>
       <c r="M46" s="127"/>
       <c r="N46" s="110"/>
     </row>
-    <row r="47" spans="1:15" s="29" customFormat="1" ht="14" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:15" s="29" customFormat="1" ht="14.1" thickBot="1">
       <c r="A47" s="136"/>
       <c r="B47" s="21">
         <v>23</v>
       </c>
       <c r="C47" s="42" t="s">
-        <v>70</v>
+        <v>154</v>
       </c>
       <c r="G47" s="73">
         <f t="shared" ref="G47:L47" si="6">IF(G45=0,0,SUM(G45:G45,G46:G46))</f>
         <v>0</v>
       </c>
       <c r="H47" s="73">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="I47" s="73">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="J47" s="73">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="K47" s="73">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="L47" s="73">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="M47" s="133"/>
       <c r="N47" s="115"/>
       <c r="O47" s="136"/>
     </row>
-    <row r="48" spans="1:15" ht="12.75" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:15" ht="12.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="B48" s="4"/>
       <c r="E48" s="6"/>
       <c r="G48" s="68"/>
       <c r="H48" s="68"/>
       <c r="I48" s="68"/>
       <c r="J48" s="68"/>
       <c r="K48" s="68"/>
       <c r="L48" s="68"/>
       <c r="M48" s="128"/>
       <c r="N48" s="66"/>
     </row>
-    <row r="49" spans="2:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="49" spans="2:14" ht="12.75" customHeight="1">
       <c r="B49" s="4"/>
       <c r="C49" s="31" t="s">
-        <v>71</v>
+        <v>155</v>
       </c>
       <c r="D49" s="32"/>
       <c r="E49" s="33"/>
       <c r="F49" s="32"/>
       <c r="G49" s="76"/>
       <c r="H49" s="76"/>
       <c r="I49" s="76"/>
       <c r="J49" s="76"/>
       <c r="K49" s="76"/>
       <c r="L49" s="77"/>
       <c r="M49" s="128"/>
       <c r="N49" s="66"/>
     </row>
-    <row r="50" spans="2:14" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="50" spans="2:14" ht="12.75" customHeight="1" thickBot="1">
       <c r="B50" s="4"/>
       <c r="C50" s="34"/>
       <c r="D50" s="35"/>
       <c r="E50" s="36"/>
       <c r="F50" s="35"/>
       <c r="G50" s="78" t="str">
-        <f t="shared" ref="G50:L50" si="7">IF(G40=G47,"Balanced","Not Balanced")</f>
+        <f>IF(AND(G40-G47&lt;=1,G40-G47&gt;=-1),"Balanced","Not Balanced")</f>
         <v>Balanced</v>
       </c>
       <c r="H50" s="78" t="str">
-        <f t="shared" si="7"/>
+        <f t="shared" ref="H50:L50" si="7">IF(AND(H40-H47&lt;=1,H40-H47&gt;=-1),"Balanced","Not Balanced")</f>
         <v>Balanced</v>
       </c>
       <c r="I50" s="78" t="str">
         <f t="shared" si="7"/>
         <v>Balanced</v>
       </c>
       <c r="J50" s="78" t="str">
         <f t="shared" si="7"/>
         <v>Balanced</v>
       </c>
       <c r="K50" s="78" t="str">
         <f t="shared" si="7"/>
         <v>Balanced</v>
       </c>
       <c r="L50" s="79" t="str">
         <f t="shared" si="7"/>
         <v>Balanced</v>
       </c>
       <c r="M50" s="128"/>
       <c r="N50" s="66"/>
     </row>
-    <row r="51" spans="2:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="51" spans="2:14" ht="12.75" customHeight="1">
       <c r="B51" s="4"/>
       <c r="G51" s="70"/>
       <c r="H51" s="70"/>
       <c r="I51" s="70"/>
       <c r="J51" s="70"/>
       <c r="K51" s="70"/>
       <c r="L51" s="70"/>
       <c r="M51" s="130"/>
       <c r="N51" s="66"/>
     </row>
-    <row r="52" spans="2:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="52" spans="2:14" ht="12.75" customHeight="1">
       <c r="B52" s="4"/>
       <c r="G52" s="70"/>
       <c r="H52" s="70"/>
       <c r="I52" s="70"/>
       <c r="J52" s="70"/>
       <c r="K52" s="70"/>
       <c r="L52" s="70"/>
       <c r="M52" s="130"/>
       <c r="N52" s="66"/>
     </row>
-    <row r="53" spans="2:14" x14ac:dyDescent="0.3">
+    <row r="53" spans="2:14">
       <c r="G53" s="12"/>
       <c r="H53" s="12"/>
       <c r="I53" s="12"/>
       <c r="J53" s="12"/>
       <c r="K53" s="12"/>
       <c r="L53" s="12"/>
       <c r="M53" s="135"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="qjRKfvLadF1gREMQl8ipjwrqIqJdtajEGsWVpdSK011GPoKE2fQkE4R/sFnw+YFOJ9Uo0Hh3kijdaL0CKFwPbw==" saltValue="E0QoKRYTllYIRuOBPnwQYg==" spinCount="100000" sheet="1" formatRows="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="dZ7zbZlLSeUDWPiTHoaGCtWZCY2N5SQTEpXkaRAgIlxoiMIvNzYayNWeV5mbbLeKm+LXT0tdSKpNOBf8e+0aCQ==" saltValue="/MQhJg1V2xwW+LG8RHDsyQ==" spinCount="100000" sheet="1" formatRows="0"/>
   <mergeCells count="1">
     <mergeCell ref="D8:F8"/>
   </mergeCells>
   <conditionalFormatting sqref="C49:L49">
-    <cfRule type="expression" dxfId="25" priority="23">
+    <cfRule type="expression" dxfId="27" priority="23">
       <formula>COUNTIFS($G$50:$L$50,"Not Balanced")&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C49:L50">
-    <cfRule type="expression" dxfId="24" priority="21">
+    <cfRule type="expression" dxfId="26" priority="21">
       <formula>COUNTIFS($G$50:$L$50,"Not Balanced")&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G8:H8 J8:L8">
-    <cfRule type="expression" dxfId="23" priority="3">
+    <cfRule type="expression" dxfId="25" priority="3">
       <formula>LEN(G8)=30</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G10:L12 G17:L20 G25:L28 G35:L37 G45:L46">
-    <cfRule type="expression" dxfId="22" priority="1">
+    <cfRule type="expression" dxfId="24" priority="1">
       <formula>OR(LEN(G$8)=0,LEN(G$8)=30,LEN(G$8)=48)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G50:L50">
-    <cfRule type="beginsWith" dxfId="21" priority="22" operator="beginsWith" text="Not">
+    <cfRule type="beginsWith" dxfId="23" priority="22" operator="beginsWith" text="Not">
       <formula>LEFT(G50,LEN("Not"))="Not"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I8">
-    <cfRule type="cellIs" dxfId="20" priority="4" operator="equal">
+    <cfRule type="cellIs" dxfId="22" priority="4" operator="equal">
       <formula>"[Please input year end date in Income Statement]"</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
     <dataValidation type="date" operator="notEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G8:L8" xr:uid="{8DE8559D-32B2-4C30-9FE2-620CB3454582}">
       <formula1>23802</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="54" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;L&amp;"Calibri"&amp;10&amp;K000000 FCA Official&amp;1#_x000D_&amp;"Calibri"&amp;11&amp;K000000&amp;"Calibri"&amp;11&amp;K000000&amp;"Calibri"&amp;11&amp;K000000&amp;F&amp;C&amp;A&amp;RPrinted on &amp;D</oddHeader>
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="41" max="16" man="1"/>
   </rowBreaks>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B5C59336-EA99-4868-ADEA-DE1F6A2A883B}">
   <sheetPr codeName="Sheet9">
     <tabColor rgb="FFFF585D"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:K61"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <pane ySplit="7" topLeftCell="A9" activePane="bottomLeft" state="frozen"/>
+      <pane ySplit="7" topLeftCell="A8" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="E5" sqref="E5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.45"/>
   <cols>
-    <col min="1" max="1" width="4.54296875" style="137" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="116.26953125" customWidth="1"/>
+    <col min="1" max="1" width="4.5703125" style="137" customWidth="1"/>
+    <col min="2" max="2" width="6.7109375" customWidth="1"/>
+    <col min="3" max="3" width="116.28515625" customWidth="1"/>
     <col min="4" max="4" width="5" customWidth="1"/>
-    <col min="5" max="5" width="21.81640625" customWidth="1"/>
-    <col min="6" max="6" width="4.54296875" customWidth="1"/>
+    <col min="5" max="5" width="21.85546875" customWidth="1"/>
+    <col min="6" max="6" width="4.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:7">
       <c r="A1" s="123" t="s">
-        <v>225</v>
+        <v>156</v>
       </c>
       <c r="B1" s="123" t="s">
-        <v>208</v>
+        <v>110</v>
       </c>
       <c r="C1" s="123" t="s">
-        <v>209</v>
+        <v>111</v>
       </c>
       <c r="D1" s="123" t="s">
-        <v>210</v>
+        <v>112</v>
       </c>
       <c r="E1" s="123" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:7" ht="17.5" x14ac:dyDescent="0.35">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="2" spans="1:7" ht="17.45">
       <c r="B2" s="94" t="str">
         <f>"Qualitative Questions"</f>
         <v>Qualitative Questions</v>
       </c>
     </row>
-    <row r="3" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:7">
       <c r="B3" s="15" t="str">
         <f>"Currency: "&amp;IF($E$5="","GBP",$E$5)</f>
         <v>Currency: GBP</v>
       </c>
       <c r="C3" s="29"/>
       <c r="D3" s="29"/>
       <c r="E3" s="29"/>
       <c r="F3" s="29"/>
     </row>
-    <row r="4" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:7">
       <c r="B4" s="95" t="str">
         <f>"Currency Units: "&amp;$E$6</f>
         <v>Currency Units: Please Select</v>
       </c>
       <c r="C4" s="29"/>
       <c r="D4" s="29"/>
       <c r="E4" s="29"/>
       <c r="F4" s="29"/>
     </row>
-    <row r="5" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:7" ht="15.6" customHeight="1">
       <c r="A5" s="137">
         <v>0</v>
       </c>
       <c r="B5" s="95" t="s">
-        <v>73</v>
+        <v>125</v>
       </c>
       <c r="C5" s="29"/>
       <c r="D5" s="29"/>
       <c r="E5" s="97"/>
     </row>
-    <row r="6" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:7" ht="17.45" customHeight="1">
       <c r="A6" s="137">
         <v>0.1</v>
       </c>
       <c r="B6" s="120" t="s">
-        <v>118</v>
+        <v>158</v>
       </c>
       <c r="C6" s="120"/>
       <c r="D6" s="120"/>
       <c r="E6" s="97" t="s">
-        <v>126</v>
+        <v>159</v>
       </c>
       <c r="G6" s="104" t="str">
         <f>IF(AND(E9="Yes",OR(E6="Please Select",E6="")),"* ERROR: please select the currency unit *","")</f>
         <v/>
       </c>
     </row>
-    <row r="8" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:7">
       <c r="C8" s="99"/>
     </row>
-    <row r="9" spans="1:7" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:7" ht="18" customHeight="1">
       <c r="A9" s="137">
         <v>1</v>
       </c>
       <c r="B9" s="100">
         <v>1</v>
       </c>
       <c r="C9" s="100" t="s">
-        <v>114</v>
+        <v>160</v>
       </c>
       <c r="D9" s="22"/>
       <c r="E9" s="98" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:7" x14ac:dyDescent="0.35">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7">
       <c r="B10" s="22"/>
       <c r="C10" s="22"/>
       <c r="D10" s="22"/>
       <c r="E10" s="22"/>
     </row>
-    <row r="11" spans="1:7" ht="35.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:7" ht="35.1" customHeight="1">
       <c r="B11" s="99" t="s">
-        <v>119</v>
+        <v>162</v>
       </c>
       <c r="C11" s="101" t="s">
-        <v>115</v>
+        <v>163</v>
       </c>
       <c r="D11" s="102"/>
       <c r="E11" s="102"/>
       <c r="F11" s="93"/>
       <c r="G11" s="93"/>
     </row>
-    <row r="12" spans="1:7" ht="10" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:7" ht="9.9499999999999993" customHeight="1">
       <c r="B12" s="22"/>
       <c r="C12" s="102"/>
       <c r="D12" s="102"/>
       <c r="E12" s="102"/>
       <c r="F12" s="93"/>
       <c r="G12" s="93"/>
     </row>
-    <row r="13" spans="1:7" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:7" ht="18" customHeight="1">
       <c r="A13" s="137">
         <v>1.1000000000000001</v>
       </c>
       <c r="B13" s="22"/>
       <c r="C13" s="99" t="s">
-        <v>128</v>
+        <v>164</v>
       </c>
       <c r="D13" s="102"/>
       <c r="E13" s="98" t="s">
-        <v>126</v>
+        <v>159</v>
       </c>
       <c r="F13" s="96"/>
     </row>
-    <row r="14" spans="1:7" ht="10" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:7" ht="9.9499999999999993" customHeight="1">
       <c r="B14" s="22"/>
       <c r="C14" s="99"/>
       <c r="D14" s="102"/>
       <c r="E14" s="102"/>
       <c r="F14" s="96"/>
     </row>
-    <row r="15" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:7" ht="15" customHeight="1">
       <c r="B15" s="22"/>
       <c r="C15" s="99" t="s">
-        <v>136</v>
+        <v>165</v>
       </c>
       <c r="D15" s="102"/>
       <c r="E15" s="102"/>
       <c r="F15" s="96"/>
     </row>
-    <row r="16" spans="1:7" ht="70" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:7" ht="69.95" customHeight="1">
       <c r="A16" s="137">
         <v>1.2</v>
       </c>
       <c r="B16" s="22"/>
-      <c r="C16" s="145"/>
-[...1 lines deleted...]
-      <c r="E16" s="147"/>
+      <c r="C16" s="146"/>
+      <c r="D16" s="147"/>
+      <c r="E16" s="148"/>
       <c r="F16" s="96"/>
     </row>
-    <row r="17" spans="1:11" ht="10" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:11" ht="9.9499999999999993" customHeight="1">
       <c r="B17" s="22"/>
       <c r="C17" s="99"/>
       <c r="D17" s="102"/>
       <c r="E17" s="102"/>
       <c r="F17" s="96"/>
     </row>
-    <row r="18" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:11" ht="18" customHeight="1">
       <c r="A18" s="137">
         <v>1.3</v>
       </c>
       <c r="B18" s="22"/>
       <c r="C18" s="99" t="str">
         <f>"Capital requirement (provide the figure at the point of authorisation) [in "&amp;IF($E$5="","GBP",$E$5)&amp;" "&amp;IF($E$6="Please Select","",$E$6)&amp;"]:"</f>
         <v>Capital requirement (provide the figure at the point of authorisation) [in GBP ]:</v>
       </c>
       <c r="D18" s="102"/>
       <c r="E18" s="121" t="s">
-        <v>116</v>
+        <v>166</v>
       </c>
       <c r="F18" s="96"/>
     </row>
-    <row r="19" spans="1:11" ht="10" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:11" ht="9.9499999999999993" customHeight="1">
       <c r="B19" s="22"/>
       <c r="C19" s="99"/>
       <c r="D19" s="102"/>
       <c r="E19" s="102"/>
       <c r="F19" s="96"/>
     </row>
-    <row r="20" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:11" ht="18" customHeight="1">
       <c r="A20" s="137">
         <v>1.4</v>
       </c>
       <c r="B20" s="22"/>
       <c r="C20" s="99" t="str">
         <f>"Capital resources (provide the figure at the point of authorisation) [in "&amp;IF($E$5="","GBP",$E$5)&amp;" "&amp;IF($E$6="Please Select","",$E$6)&amp;"]:"</f>
         <v>Capital resources (provide the figure at the point of authorisation) [in GBP ]:</v>
       </c>
       <c r="D20" s="102"/>
       <c r="E20" s="121" t="s">
-        <v>116</v>
+        <v>166</v>
       </c>
       <c r="F20" s="96"/>
     </row>
-    <row r="21" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:11" ht="15" customHeight="1">
       <c r="B21" s="22"/>
       <c r="C21" s="102"/>
       <c r="D21" s="102"/>
       <c r="E21" s="102"/>
       <c r="F21" s="93"/>
       <c r="G21" s="93"/>
     </row>
-    <row r="22" spans="1:11" ht="67.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:11" ht="67.5" customHeight="1">
       <c r="A22" s="137">
         <v>1.5</v>
       </c>
       <c r="B22" s="99" t="s">
-        <v>120</v>
+        <v>167</v>
       </c>
       <c r="C22" s="101" t="s">
-        <v>133</v>
+        <v>168</v>
       </c>
       <c r="D22" s="22"/>
       <c r="E22" s="98" t="s">
-        <v>127</v>
-[...1 lines deleted...]
-      <c r="G22" s="148" t="str">
+        <v>161</v>
+      </c>
+      <c r="G22" s="149" t="str">
         <f>IF(E22="No","Please note that the FCA cannot authorise your application without confirmation that you are meeting your capital requirements.","")</f>
         <v/>
       </c>
-      <c r="H22" s="148"/>
-[...4 lines deleted...]
-    <row r="23" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="H22" s="149"/>
+      <c r="I22" s="149"/>
+      <c r="J22" s="149"/>
+      <c r="K22" s="149"/>
+    </row>
+    <row r="23" spans="1:11" ht="18" customHeight="1">
       <c r="B23" s="103"/>
       <c r="C23" s="103"/>
       <c r="D23" s="103"/>
       <c r="E23" s="103"/>
     </row>
-    <row r="24" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:11" ht="18" customHeight="1">
       <c r="B24" s="22"/>
       <c r="C24" s="22"/>
       <c r="D24" s="22"/>
       <c r="E24" s="22"/>
     </row>
-    <row r="25" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:11" ht="18" customHeight="1">
       <c r="A25" s="137">
         <v>2</v>
       </c>
       <c r="B25" s="100">
         <v>2</v>
       </c>
       <c r="C25" s="100" t="s">
-        <v>184</v>
+        <v>169</v>
       </c>
       <c r="D25" s="22"/>
       <c r="E25" s="98" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:11" x14ac:dyDescent="0.35">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11">
       <c r="B26" s="22"/>
       <c r="C26" s="22"/>
       <c r="D26" s="22"/>
       <c r="E26" s="22"/>
       <c r="F26" s="96"/>
     </row>
-    <row r="27" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:11">
       <c r="B27" s="99" t="s">
-        <v>121</v>
+        <v>170</v>
       </c>
       <c r="C27" s="101" t="s">
-        <v>185</v>
+        <v>171</v>
       </c>
       <c r="D27" s="22"/>
       <c r="E27" s="22"/>
     </row>
-    <row r="28" spans="1:11" ht="10" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:11" ht="9.9499999999999993" customHeight="1">
       <c r="B28" s="22"/>
       <c r="C28" s="22"/>
       <c r="D28" s="22"/>
       <c r="E28" s="22"/>
     </row>
-    <row r="29" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:11" ht="18" customHeight="1">
       <c r="A29" s="137">
         <v>2.1</v>
       </c>
       <c r="B29" s="22"/>
       <c r="C29" s="99" t="str">
         <f>"Liquidity requirement (provide the figure at the point of authorisation) [in "&amp;IF($E$5="","GBP",$E$5)&amp;" "&amp;IF($E$6="Please Select","",$E$6)&amp;"]:"</f>
         <v>Liquidity requirement (provide the figure at the point of authorisation) [in GBP ]:</v>
       </c>
       <c r="D29" s="22"/>
       <c r="E29" s="121" t="s">
-        <v>116</v>
+        <v>166</v>
       </c>
       <c r="F29" s="96"/>
     </row>
-    <row r="30" spans="1:11" ht="10" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:11" ht="9.9499999999999993" customHeight="1">
       <c r="B30" s="22"/>
       <c r="C30" s="99"/>
       <c r="D30" s="22"/>
       <c r="E30" s="22"/>
     </row>
-    <row r="31" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:11" ht="18" customHeight="1">
       <c r="A31" s="137">
         <v>2.2000000000000002</v>
       </c>
       <c r="B31" s="22"/>
       <c r="C31" s="99" t="str">
         <f>"Liquidity resources (provide the figure at the point of authorisation) [in "&amp;IF($E$5="","GBP",$E$5)&amp;" "&amp;IF($E$6="Please Select","",$E$6)&amp;"]:"</f>
         <v>Liquidity resources (provide the figure at the point of authorisation) [in GBP ]:</v>
       </c>
       <c r="D31" s="22"/>
       <c r="E31" s="121"/>
       <c r="F31" s="96"/>
     </row>
-    <row r="32" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:11">
       <c r="B32" s="22"/>
       <c r="C32" s="22"/>
       <c r="D32" s="22"/>
       <c r="E32" s="22"/>
     </row>
-    <row r="33" spans="1:11" ht="58.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:11" ht="58.5" customHeight="1">
       <c r="A33" s="137">
         <v>2.2999999999999998</v>
       </c>
       <c r="B33" s="99" t="s">
-        <v>186</v>
+        <v>172</v>
       </c>
       <c r="C33" s="101" t="s">
-        <v>187</v>
+        <v>173</v>
       </c>
       <c r="D33" s="22"/>
       <c r="E33" s="98" t="s">
-        <v>127</v>
-[...1 lines deleted...]
-      <c r="G33" s="148" t="str">
+        <v>161</v>
+      </c>
+      <c r="G33" s="149" t="str">
         <f>IF(E33="No","Please note that the FCA cannot authorise your application without confirmation that you are meeting your liquidity requirements.","")</f>
         <v/>
       </c>
-      <c r="H33" s="148"/>
-[...4 lines deleted...]
-    <row r="34" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="H33" s="149"/>
+      <c r="I33" s="149"/>
+      <c r="J33" s="149"/>
+      <c r="K33" s="149"/>
+    </row>
+    <row r="34" spans="1:11">
       <c r="B34" s="22"/>
       <c r="C34" s="22"/>
       <c r="D34" s="22"/>
       <c r="E34" s="22"/>
       <c r="F34" s="96"/>
     </row>
-    <row r="35" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:11">
       <c r="B35" s="103"/>
       <c r="C35" s="103"/>
       <c r="D35" s="103"/>
       <c r="E35" s="103"/>
       <c r="F35" s="96"/>
     </row>
-    <row r="36" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:11">
       <c r="B36" s="22"/>
       <c r="C36" s="22"/>
       <c r="D36" s="22"/>
       <c r="E36" s="22"/>
     </row>
-    <row r="37" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:11" ht="18" customHeight="1">
       <c r="A37" s="137">
         <v>3</v>
       </c>
       <c r="B37" s="100">
         <v>3</v>
       </c>
       <c r="C37" s="100" t="s">
-        <v>137</v>
+        <v>174</v>
       </c>
       <c r="D37" s="22"/>
       <c r="E37" s="98" t="s">
-        <v>127</v>
+        <v>161</v>
       </c>
       <c r="F37" s="96"/>
     </row>
-    <row r="38" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:11">
       <c r="B38" s="22"/>
       <c r="C38" s="22"/>
       <c r="D38" s="22"/>
       <c r="E38" s="22"/>
     </row>
-    <row r="39" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:11" ht="18" customHeight="1">
       <c r="B39" s="22" t="s">
-        <v>122</v>
+        <v>175</v>
       </c>
       <c r="C39" s="22" t="s">
-        <v>124</v>
+        <v>176</v>
       </c>
       <c r="D39" s="22"/>
       <c r="E39" s="22"/>
     </row>
-    <row r="40" spans="1:11" ht="70" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:11" ht="69.95" customHeight="1">
       <c r="A40" s="137">
         <v>3.1</v>
       </c>
       <c r="B40" s="22"/>
-      <c r="C40" s="145"/>
-[...3 lines deleted...]
-    <row r="41" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="C40" s="146"/>
+      <c r="D40" s="147"/>
+      <c r="E40" s="148"/>
+    </row>
+    <row r="41" spans="1:11">
       <c r="B41" s="22"/>
       <c r="C41" s="22"/>
       <c r="D41" s="22"/>
       <c r="E41" s="22"/>
     </row>
-    <row r="42" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:11">
       <c r="B42" s="103"/>
       <c r="C42" s="103"/>
       <c r="D42" s="103"/>
       <c r="E42" s="103"/>
     </row>
-    <row r="43" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:11">
       <c r="B43" s="22"/>
       <c r="C43" s="22"/>
       <c r="D43" s="22"/>
       <c r="E43" s="22"/>
     </row>
-    <row r="44" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:11" ht="18" customHeight="1">
       <c r="A44" s="137">
         <v>4</v>
       </c>
       <c r="B44" s="100">
         <v>4</v>
       </c>
       <c r="C44" s="100" t="s">
-        <v>117</v>
+        <v>177</v>
       </c>
       <c r="D44" s="22"/>
       <c r="E44" s="98" t="s">
-        <v>127</v>
+        <v>161</v>
       </c>
       <c r="F44" s="96"/>
     </row>
-    <row r="45" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:11">
       <c r="B45" s="22"/>
       <c r="C45" s="22"/>
       <c r="D45" s="22"/>
       <c r="E45" s="22"/>
     </row>
-    <row r="46" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:11" ht="18" customHeight="1">
       <c r="B46" s="22" t="s">
-        <v>188</v>
+        <v>178</v>
       </c>
       <c r="C46" s="22" t="s">
-        <v>123</v>
+        <v>179</v>
       </c>
       <c r="D46" s="22"/>
       <c r="E46" s="22"/>
     </row>
-    <row r="47" spans="1:11" ht="70" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:11" ht="69.95" customHeight="1">
       <c r="A47" s="137">
         <v>4.0999999999999996</v>
       </c>
       <c r="B47" s="22"/>
-      <c r="C47" s="145"/>
-[...1 lines deleted...]
-      <c r="E47" s="147"/>
+      <c r="C47" s="146"/>
+      <c r="D47" s="147"/>
+      <c r="E47" s="148"/>
       <c r="F47" s="96"/>
     </row>
-    <row r="48" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:11">
       <c r="B48" s="22"/>
       <c r="C48" s="22"/>
       <c r="D48" s="22"/>
       <c r="E48" s="22"/>
     </row>
-    <row r="49" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:5">
       <c r="B49" s="103"/>
       <c r="C49" s="103"/>
       <c r="D49" s="103"/>
       <c r="E49" s="103"/>
     </row>
-    <row r="50" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:5" ht="15" customHeight="1">
       <c r="B50" s="22"/>
       <c r="C50" s="22"/>
       <c r="D50" s="22"/>
       <c r="E50" s="22"/>
     </row>
-    <row r="51" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:5" ht="18" customHeight="1">
       <c r="A51" s="137">
         <v>5</v>
       </c>
       <c r="B51" s="100">
         <v>5</v>
       </c>
       <c r="C51" s="100" t="s">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="D51" s="22"/>
       <c r="E51" s="98" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:5" x14ac:dyDescent="0.35">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5">
       <c r="B52" s="22"/>
       <c r="C52" s="22"/>
       <c r="D52" s="22"/>
       <c r="E52" s="22"/>
     </row>
-    <row r="54" spans="1:5" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.35"/>
-[...4 lines deleted...]
-    <row r="61" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="54" spans="1:5" ht="16.899999999999999" customHeight="1"/>
+    <row r="55" spans="1:5" ht="15" customHeight="1"/>
+    <row r="57" spans="1:5" ht="31.15" customHeight="1"/>
+    <row r="58" spans="1:5" ht="15" customHeight="1"/>
+    <row r="60" spans="1:5" ht="19.899999999999999" customHeight="1"/>
+    <row r="61" spans="1:5" ht="15" customHeight="1"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="wS7E0TZd5ZCqKRNBPmshvtYyU/kchp54BtUlANy8XtdKj+2huOGvpM1cdqTeaZS/RoQOZVwVoat1eDslZVbtAg==" saltValue="GvyTHHVqs3H+xJcLPQ1aMA==" spinCount="100000" sheet="1" formatRows="0" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="YjV26jSF+lX+IBKQNWwIDFUmwDGIwDJMxgcrhS/e5337943wuo0V3go/awBQVqPYJiWAfsX1IawEDkYBGVv34g==" saltValue="lS3TD6+mwJ1lf4ZfCiqW4w==" spinCount="100000" sheet="1" formatRows="0" selectLockedCells="1"/>
   <mergeCells count="5">
     <mergeCell ref="C16:E16"/>
     <mergeCell ref="G22:K22"/>
     <mergeCell ref="G33:K33"/>
     <mergeCell ref="C40:E40"/>
     <mergeCell ref="C47:E47"/>
   </mergeCells>
   <conditionalFormatting sqref="B11:E22">
-    <cfRule type="expression" dxfId="19" priority="19">
+    <cfRule type="expression" dxfId="21" priority="19">
       <formula>$E$9="No"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B27:E33">
-    <cfRule type="expression" dxfId="18" priority="4">
+    <cfRule type="expression" dxfId="20" priority="4">
       <formula>$E$25="No"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B39:E40">
-    <cfRule type="expression" dxfId="17" priority="17">
+    <cfRule type="expression" dxfId="19" priority="17">
       <formula>$E$37="No"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B46:E47">
-    <cfRule type="expression" dxfId="16" priority="15">
+    <cfRule type="expression" dxfId="18" priority="15">
       <formula>$E$44="No"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C16:E16">
-    <cfRule type="expression" dxfId="15" priority="1">
+    <cfRule type="expression" dxfId="17" priority="1">
       <formula>AND($E$13&lt;&gt;"Other",$E$13&lt;&gt;"Please Select")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C40:E40">
-    <cfRule type="expression" dxfId="14" priority="16">
+    <cfRule type="expression" dxfId="16" priority="16">
       <formula>$E$37="No"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C47:E47">
-    <cfRule type="expression" dxfId="13" priority="14">
+    <cfRule type="expression" dxfId="15" priority="14">
       <formula>$E$44="No"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E6">
-    <cfRule type="expression" dxfId="12" priority="2">
+    <cfRule type="expression" dxfId="14" priority="2">
       <formula>$G$6="! Please select the currency unit !"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="11" priority="12" operator="equal">
+    <cfRule type="cellIs" dxfId="13" priority="12" operator="equal">
       <formula>"Please Select"</formula>
     </cfRule>
-    <cfRule type="containsBlanks" dxfId="10" priority="20">
+    <cfRule type="containsBlanks" dxfId="12" priority="20">
       <formula>LEN(TRIM(E6))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E9">
-    <cfRule type="cellIs" dxfId="9" priority="13" operator="equal">
+    <cfRule type="cellIs" dxfId="11" priority="13" operator="equal">
       <formula>"Yes/No"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E13 C16:E16 E18 E20 E22">
-    <cfRule type="expression" dxfId="8" priority="18">
+    <cfRule type="expression" dxfId="10" priority="18">
       <formula>$E$9="No"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E13">
-    <cfRule type="cellIs" dxfId="7" priority="7" operator="equal">
+    <cfRule type="cellIs" dxfId="9" priority="7" operator="equal">
       <formula>"Please Select"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E22">
-    <cfRule type="cellIs" dxfId="6" priority="6" operator="equal">
+    <cfRule type="cellIs" dxfId="8" priority="6" operator="equal">
       <formula>"Yes/No"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E25">
-    <cfRule type="cellIs" dxfId="5" priority="11" operator="equal">
+    <cfRule type="cellIs" dxfId="7" priority="11" operator="equal">
       <formula>"Yes/No"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E29 E31 E33">
-    <cfRule type="expression" dxfId="4" priority="3">
+    <cfRule type="expression" dxfId="6" priority="3">
       <formula>$E$25="No"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E33">
-    <cfRule type="cellIs" dxfId="3" priority="5" operator="equal">
+    <cfRule type="cellIs" dxfId="5" priority="5" operator="equal">
       <formula>"Yes/No"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E37">
-    <cfRule type="cellIs" dxfId="2" priority="10" operator="equal">
+    <cfRule type="cellIs" dxfId="4" priority="10" operator="equal">
       <formula>"Yes/No"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E44">
-    <cfRule type="cellIs" dxfId="1" priority="9" operator="equal">
+    <cfRule type="cellIs" dxfId="3" priority="9" operator="equal">
       <formula>"Yes/No"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E51">
-    <cfRule type="cellIs" dxfId="0" priority="8" operator="equal">
+    <cfRule type="cellIs" dxfId="2" priority="8" operator="equal">
       <formula>"Yes/No"</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="2">
     <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please enter in numbers only" sqref="E31 E18 E20 E29" xr:uid="{DBABDFFA-B0AB-44EA-84B5-337B64621C94}">
       <formula1>0</formula1>
       <formula2>9.99999999999999E+25</formula2>
     </dataValidation>
     <dataValidation type="list" showInputMessage="1" showErrorMessage="1" sqref="E9 E22 E25 E33 E37 E44 E51" xr:uid="{233F7489-21B3-4A42-84CE-B07E27377220}">
       <formula1>"Yes,No"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="66" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri,Regular"&amp;10&amp;K000000 FCA Official#
 &amp;11&amp;K000000&amp;F&amp;C&amp;A&amp;RPrinted on &amp;D</oddHeader>
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="3">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please select the overarching prudential regime" xr:uid="{911A5FA5-3096-4EDD-87B7-13D33896F88C}">
           <x14:formula1>
             <xm:f>Options!$B$3:$B$16</xm:f>
           </x14:formula1>
           <xm:sqref>E13</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please select the currency units" xr:uid="{FF7B68AF-50A4-4540-BEAE-7DD6C4240048}">
           <x14:formula1>
-            <xm:f>Options!$B$33:$B$35</xm:f>
+            <xm:f>Options!$B$32:$B$34</xm:f>
           </x14:formula1>
           <xm:sqref>E6</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please select if not reporting in GBP" xr:uid="{A1114DF0-8FA2-47A8-A453-D7D55E478A9E}">
           <x14:formula1>
-            <xm:f>Options!$B$23:$B$28</xm:f>
+            <xm:f>Options!$B$22:$B$27</xm:f>
           </x14:formula1>
           <xm:sqref>E5</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{86504AE8-3779-4A5F-BEB1-8FA2668CCE0D}">
   <sheetPr codeName="Sheet5"/>
   <dimension ref="B2:D20"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0"/>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <selection activeCell="D8" sqref="D8"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="13.5" outlineLevelRow="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="13.5" outlineLevelRow="1"/>
   <cols>
-    <col min="1" max="1" width="3.81640625" style="39" customWidth="1"/>
-    <col min="2" max="2" width="11.26953125" style="39" customWidth="1"/>
+    <col min="1" max="1" width="3.85546875" style="39" customWidth="1"/>
+    <col min="2" max="2" width="11.28515625" style="39" customWidth="1"/>
     <col min="3" max="3" width="22" style="39" customWidth="1"/>
-    <col min="4" max="4" width="144.54296875" style="39" customWidth="1"/>
-    <col min="5" max="16384" width="8.7265625" style="39"/>
+    <col min="4" max="4" width="144.5703125" style="39" customWidth="1"/>
+    <col min="5" max="16384" width="8.7109375" style="39"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:4" ht="17.5" x14ac:dyDescent="0.35">
+    <row r="2" spans="2:4" ht="17.45">
       <c r="B2" s="48" t="s">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="5" spans="2:4" ht="38.15" customHeight="1" x14ac:dyDescent="0.35">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="5" spans="2:4" ht="38.1" customHeight="1">
       <c r="B5" s="49" t="s">
-        <v>1</v>
+        <v>182</v>
       </c>
       <c r="C5" s="49" t="s">
-        <v>2</v>
+        <v>183</v>
       </c>
       <c r="D5" s="50" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="6" spans="2:4" ht="28.5" customHeight="1" x14ac:dyDescent="0.35">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="6" spans="2:4" ht="28.5" customHeight="1">
       <c r="B6" s="45">
         <v>0.1</v>
       </c>
       <c r="C6" s="46">
         <v>45861</v>
       </c>
       <c r="D6" s="40" t="s">
-        <v>222</v>
-[...2 lines deleted...]
-    <row r="7" spans="2:4" ht="58.5" customHeight="1" x14ac:dyDescent="0.35">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="7" spans="2:4" ht="58.5" customHeight="1">
       <c r="B7" s="45">
         <v>1</v>
       </c>
       <c r="C7" s="46">
         <v>45896</v>
       </c>
       <c r="D7" s="40" t="s">
-        <v>223</v>
-[...7 lines deleted...]
-    <row r="9" spans="2:4" ht="60.65" customHeight="1" x14ac:dyDescent="0.35">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="8" spans="2:4" ht="59.45" customHeight="1">
+      <c r="B8" s="45">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="C8" s="46">
+        <v>45964</v>
+      </c>
+      <c r="D8" s="40" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="9" spans="2:4" ht="60.6" customHeight="1">
       <c r="B9" s="44"/>
       <c r="C9" s="46"/>
       <c r="D9" s="40"/>
     </row>
-    <row r="10" spans="2:4" ht="193.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="2:4" ht="193.5" customHeight="1">
       <c r="B10" s="44"/>
       <c r="C10" s="46"/>
       <c r="D10" s="89"/>
     </row>
-    <row r="14" spans="2:4" hidden="1" outlineLevel="1" x14ac:dyDescent="0.35">
+    <row r="14" spans="2:4" hidden="1" outlineLevel="1">
       <c r="B14" s="47" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-    <row r="16" spans="2:4" hidden="1" outlineLevel="1" x14ac:dyDescent="0.35">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="15" spans="2:4" hidden="1" outlineLevel="1"/>
+    <row r="16" spans="2:4" hidden="1" outlineLevel="1">
       <c r="B16" s="44">
         <v>1</v>
       </c>
       <c r="C16" s="39" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-    <row r="17" spans="2:3" hidden="1" outlineLevel="1" x14ac:dyDescent="0.35">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="17" spans="2:3" hidden="1" outlineLevel="1">
       <c r="B17" s="44"/>
       <c r="C17" s="39" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="18" spans="2:3" hidden="1" outlineLevel="1" x14ac:dyDescent="0.35">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="18" spans="2:3" hidden="1" outlineLevel="1">
       <c r="B18" s="44"/>
     </row>
-    <row r="19" spans="2:3" hidden="1" outlineLevel="1" x14ac:dyDescent="0.35"/>
-    <row r="20" spans="2:3" collapsed="1" x14ac:dyDescent="0.35"/>
+    <row r="19" spans="2:3" hidden="1" outlineLevel="1"/>
+    <row r="20" spans="2:3" collapsed="1"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="/QOJ62484gDhR8009bt0v0iWREpJm9c/HMxe/JnLejGLEyjMAS3yosRZJ2N9Q12Lv5Isen6trKNgVyEhGeO0rA==" saltValue="/Asloz+kuIFY8gjlgbtN/w==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="Fn34umXeYzU0afF7AAya4/8ZFDC7Ax0q0Pu11gLzkTPY1fJ4u4g5/OP+hA7DKUgF6B9uuYf2zI4gThYTjwHcCg==" saltValue="CQIWD2RsO7ia3K1DrNp9sg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri"&amp;10&amp;K000000 FCA Official&amp;1#_x000D_</oddHeader>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{43DD19CA-9306-48A5-A5E8-7399FDD97FE2}">
   <sheetPr codeName="Sheet10"/>
-  <dimension ref="B2:D35"/>
+  <dimension ref="B2:D34"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="D16" sqref="D16"/>
+      <selection activeCell="D39" sqref="D39"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.45"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="1"/>
-    <col min="2" max="2" width="50.453125" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="68.1796875" customWidth="1"/>
+    <col min="2" max="2" width="50.42578125" customWidth="1"/>
+    <col min="3" max="3" width="26.5703125" customWidth="1"/>
+    <col min="4" max="4" width="68.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:4" x14ac:dyDescent="0.35">
+    <row r="2" spans="2:4">
       <c r="B2" s="23" t="s">
-        <v>110</v>
+        <v>191</v>
       </c>
       <c r="C2" s="87" t="s">
-        <v>96</v>
+        <v>192</v>
       </c>
       <c r="D2" s="87" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-    <row r="3" spans="2:4" x14ac:dyDescent="0.35">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="3" spans="2:4">
       <c r="B3" s="85" t="s">
-        <v>75</v>
+        <v>194</v>
       </c>
       <c r="C3" s="88" t="s">
-        <v>97</v>
+        <v>195</v>
       </c>
       <c r="D3" s="88" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-    <row r="4" spans="2:4" x14ac:dyDescent="0.35">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="4" spans="2:4">
       <c r="B4" s="85" t="s">
-        <v>77</v>
+        <v>197</v>
       </c>
       <c r="C4" s="88" t="s">
-        <v>98</v>
+        <v>198</v>
       </c>
       <c r="D4" s="88" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-    <row r="5" spans="2:4" x14ac:dyDescent="0.35">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="5" spans="2:4">
       <c r="B5" s="85" t="s">
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="C5" s="88" t="s">
-        <v>97</v>
+        <v>195</v>
       </c>
       <c r="D5" s="88" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="6" spans="2:4" x14ac:dyDescent="0.35">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="6" spans="2:4">
       <c r="B6" s="85" t="s">
-        <v>82</v>
+        <v>202</v>
       </c>
       <c r="C6" s="88" t="s">
-        <v>99</v>
+        <v>203</v>
       </c>
       <c r="D6" s="88" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="7" spans="2:4" x14ac:dyDescent="0.35">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="7" spans="2:4">
       <c r="B7" s="85" t="s">
-        <v>84</v>
+        <v>205</v>
       </c>
       <c r="C7" s="88" t="s">
-        <v>99</v>
+        <v>203</v>
       </c>
       <c r="D7" s="88" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="8" spans="2:4" x14ac:dyDescent="0.35">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="8" spans="2:4">
       <c r="B8" s="85" t="s">
-        <v>85</v>
+        <v>206</v>
       </c>
       <c r="C8" s="88" t="s">
-        <v>99</v>
+        <v>203</v>
       </c>
       <c r="D8" s="88" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="9" spans="2:4" x14ac:dyDescent="0.35">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="9" spans="2:4">
       <c r="B9" s="85" t="s">
-        <v>86</v>
+        <v>207</v>
       </c>
       <c r="C9" s="88" t="s">
-        <v>99</v>
+        <v>203</v>
       </c>
       <c r="D9" s="88" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="10" spans="2:4" x14ac:dyDescent="0.35">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="10" spans="2:4">
       <c r="B10" s="85" t="s">
-        <v>87</v>
+        <v>208</v>
       </c>
       <c r="C10" s="88" t="s">
-        <v>99</v>
+        <v>203</v>
       </c>
       <c r="D10" s="88" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="11" spans="2:4" x14ac:dyDescent="0.35">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="11" spans="2:4">
       <c r="B11" s="85" t="s">
-        <v>88</v>
+        <v>209</v>
       </c>
       <c r="C11" s="88" t="s">
-        <v>99</v>
+        <v>203</v>
       </c>
       <c r="D11" s="88" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-    <row r="12" spans="2:4" x14ac:dyDescent="0.35">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="12" spans="2:4">
       <c r="B12" s="85" t="s">
-        <v>90</v>
+        <v>211</v>
       </c>
       <c r="C12" s="88" t="s">
-        <v>99</v>
+        <v>203</v>
       </c>
       <c r="D12" s="88" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="13" spans="2:4" x14ac:dyDescent="0.35">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="13" spans="2:4">
       <c r="B13" s="85" t="s">
-        <v>79</v>
+        <v>213</v>
       </c>
       <c r="C13" s="88"/>
       <c r="D13" s="88"/>
     </row>
-    <row r="14" spans="2:4" x14ac:dyDescent="0.35">
+    <row r="14" spans="2:4">
       <c r="B14" s="85" t="s">
-        <v>92</v>
+        <v>214</v>
       </c>
       <c r="C14" s="88"/>
       <c r="D14" s="88"/>
     </row>
-    <row r="15" spans="2:4" x14ac:dyDescent="0.35">
+    <row r="15" spans="2:4">
       <c r="B15" s="85" t="s">
-        <v>177</v>
+        <v>215</v>
       </c>
       <c r="C15" s="88"/>
       <c r="D15" s="88"/>
     </row>
-    <row r="16" spans="2:4" x14ac:dyDescent="0.35">
+    <row r="16" spans="2:4">
       <c r="B16" s="85" t="s">
-        <v>93</v>
+        <v>216</v>
       </c>
       <c r="C16" s="88" t="s">
-        <v>95</v>
+        <v>217</v>
       </c>
       <c r="D16" s="88" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="17" spans="2:4" x14ac:dyDescent="0.35">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4">
       <c r="B17" s="22"/>
       <c r="D17" s="22"/>
     </row>
-    <row r="18" spans="2:4" x14ac:dyDescent="0.35">
-[...8 lines deleted...]
-    <row r="22" spans="2:4" x14ac:dyDescent="0.35">
+    <row r="20" spans="2:4">
+      <c r="B20" s="23" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4">
+      <c r="B21" s="85" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4">
       <c r="B22" s="85" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="23" spans="2:4" x14ac:dyDescent="0.35">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4">
       <c r="B23" s="85" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="24" spans="2:4" x14ac:dyDescent="0.35">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4">
       <c r="B24" s="85" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="25" spans="2:4" x14ac:dyDescent="0.35">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4">
       <c r="B25" s="85" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="26" spans="2:4" x14ac:dyDescent="0.35">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4">
       <c r="B26" s="85" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-    <row r="27" spans="2:4" x14ac:dyDescent="0.35">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4">
       <c r="B27" s="85" t="s">
-        <v>106</v>
-[...12 lines deleted...]
-    <row r="33" spans="2:2" x14ac:dyDescent="0.35">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4">
+      <c r="B31" s="23" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4">
+      <c r="B32" s="85" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="33" spans="2:2">
       <c r="B33" s="85" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="34" spans="2:2" x14ac:dyDescent="0.35">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="34" spans="2:2">
       <c r="B34" s="85" t="s">
-        <v>109</v>
-[...4 lines deleted...]
-        <v>95</v>
+        <v>217</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="O05ZkxRFK1RAk2eitK3Wb34sedTPpaxEaxo1FSdBeC3aOzkkJ8SK7BtGtwJQMRXLRMgqpEMZVZWDvts7k7o+fg==" saltValue="obXH8mpzb9+7OzKsnl5lTw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="/mKvaKm6o3pr0HkF6ibnwGPhZzC0QJKV1CjAfu77QCSMbXZgWkV+4xdgZWNli4zhARXxs1uS8QVTGXIcJtnntA==" saltValue="AO7Ts+BvdcxOSwnxNKFUbA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...45 lines deleted...]
-</spe:Receivers>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <fca_mig_date xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <fca_livelink_local_metadata xmlns="964f0a7c-bcf0-4337-b577-3747e0a5c4bc" xsi:nil="true"/>
+    <fca_livelink_obj_id xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <fca_livelink_accessed_date xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <fca_mig_stage xmlns="964f0a7c-bcf0-4337-b577-3747e0a5c4bc">0</fca_mig_stage>
+    <fca_mig_source xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <fca_livelink_description xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <fca_mig_full_path xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <fca_livelink_recstatus xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <fca_retention_trg_date xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <fca_livelink_recstatus_date xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <fca_mig_partial_path xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <i7382953a7c14d49b483126af46f0dd6 xmlns="964f0a7c-bcf0-4337-b577-3747e0a5c4bc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">External Engagement</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">9b00bd8a-6b07-402d-8d49-d99261372b0d</TermId>
+        </TermInfo>
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Case work</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">281a76e5-7b81-4766-bb79-c812421e7a09</TermId>
+        </TermInfo>
+      </Terms>
+    </i7382953a7c14d49b483126af46f0dd6>
+    <j863df97efa040da9c8165feb4e31e75 xmlns="964f0a7c-bcf0-4337-b577-3747e0a5c4bc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">FCA Official</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">d07129ec-4894-4cda-af0c-a925cb68d6e3</TermId>
+        </TermInfo>
+      </Terms>
+    </j863df97efa040da9c8165feb4e31e75>
+    <TaxCatchAll xmlns="89a121d7-0f83-4fe4-9209-73446f4f3649">
+      <Value>4</Value>
+      <Value>3</Value>
+      <Value>1</Value>
+    </TaxCatchAll>
+    <_dlc_DocId xmlns="89a121d7-0f83-4fe4-9209-73446f4f3649">VNYSQYFFTVYR-1451908436-20</_dlc_DocId>
+    <_dlc_DocIdPersistId xmlns="89a121d7-0f83-4fe4-9209-73446f4f3649">true</_dlc_DocIdPersistId>
+    <_dlc_DocIdUrl xmlns="89a121d7-0f83-4fe4-9209-73446f4f3649">
+      <Url>https://thefca.sharepoint.com/sites/PROJ_Auths_FinDataCollect/_layouts/15/DocIdRedir.aspx?ID=VNYSQYFFTVYR-1451908436-20</Url>
+      <Description>VNYSQYFFTVYR-1451908436-20</Description>
+    </_dlc_DocIdUrl>
+    <Is_FirstChKInDone xmlns="http://schemas.microsoft.com/sharepoint/v3">Yes</Is_FirstChKInDone>
+    <fca_mig_stage_2 xmlns="964f0a7c-bcf0-4337-b577-3747e0a5c4bc" xsi:nil="true"/>
+    <fca_prop_ret_label xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="FCA Document" ma:contentTypeID="0x0101005A9549D9A06FAF49B2796176C16A6E110060B6CCC7727C8B46A7D62B552D0A5D30" ma:contentTypeVersion="30" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="35e9c7d086dc0e7753d9bd689513ae29">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="964f0a7c-bcf0-4337-b577-3747e0a5c4bc" xmlns:ns3="89a121d7-0f83-4fe4-9209-73446f4f3649" xmlns:ns4="cd635929-ea41-46c2-87bb-7a02822f0613" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0fab103dc81b3d2a4c5503a23a58f610" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="FCA Document" ma:contentTypeID="0x0101005A9549D9A06FAF49B2796176C16A6E110060B6CCC7727C8B46A7D62B552D0A5D30" ma:contentTypeVersion="30" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="8cf8910bb827231cac66de4d4aa422c2">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="964f0a7c-bcf0-4337-b577-3747e0a5c4bc" xmlns:ns3="89a121d7-0f83-4fe4-9209-73446f4f3649" xmlns:ns4="cd635929-ea41-46c2-87bb-7a02822f0613" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4b342d2c470b9ab2ddb21f9865acb684" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="964f0a7c-bcf0-4337-b577-3747e0a5c4bc"/>
     <xsd:import namespace="89a121d7-0f83-4fe4-9209-73446f4f3649"/>
     <xsd:import namespace="cd635929-ea41-46c2-87bb-7a02822f0613"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:j863df97efa040da9c8165feb4e31e75" minOccurs="0"/>
                 <xsd:element ref="ns2:i7382953a7c14d49b483126af46f0dd6" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns1:fca_mig_source" minOccurs="0"/>
                 <xsd:element ref="ns1:fca_mig_full_path" minOccurs="0"/>
                 <xsd:element ref="ns1:fca_mig_partial_path" minOccurs="0"/>
                 <xsd:element ref="ns1:fca_livelink_obj_id" minOccurs="0"/>
                 <xsd:element ref="ns1:fca_mig_date" minOccurs="0"/>
                 <xsd:element ref="ns1:fca_retention_trg_date" minOccurs="0"/>
                 <xsd:element ref="ns1:fca_livelink_description" minOccurs="0"/>
                 <xsd:element ref="ns1:fca_livelink_recstatus" minOccurs="0"/>
                 <xsd:element ref="ns1:fca_livelink_recstatus_date" minOccurs="0"/>
                 <xsd:element ref="ns1:Is_FirstChKInDone" minOccurs="0"/>
@@ -7635,220 +7649,135 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
-<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
-[...56 lines deleted...]
-</p:properties>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96337D05-175D-4A6C-823F-EE3C0EA7632D}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A87B2399-B5B2-4151-9076-C0833A483B7C}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C157BB1-1865-4D65-9FE4-593D747F0865}">
-[...16 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8B8FCB26-91E9-455E-826E-FD4366B0A27C}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8B8FCB26-91E9-455E-826E-FD4366B0A27C}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0BD820C7-FFF3-4871-8397-D0F20CDEF3E1}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A87B2399-B5B2-4151-9076-C0833A483B7C}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96337D05-175D-4A6C-823F-EE3C0EA7632D}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
-[...28 lines deleted...]
-  </TitlesOfParts>
+  <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company/>
-  <LinksUpToDate>false</LinksUpToDate>
-  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
-  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>FCA@fca.org.uk</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastModifiedBy/>
   <cp:revision/>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101005A9549D9A06FAF49B2796176C16A6E110060B6CCC7727C8B46A7D62B552D0A5D30</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>3b46d59f-dd59-4e7c-b917-f9a07629d225</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="fca_information_classification">
     <vt:lpwstr>1;#FCA Official|d07129ec-4894-4cda-af0c-a925cb68d6e3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="fca_document_purpose">
     <vt:lpwstr>3;#External Engagement|9b00bd8a-6b07-402d-8d49-d99261372b0d;#4;#Case work|281a76e5-7b81-4766-bb79-c812421e7a09</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Is_FirstChKInDone">
     <vt:lpwstr>Yes</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_dec5709d-e239-496d-88c9-7dae94c5106e_Enabled">